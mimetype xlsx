--- v0 (2025-10-11)
+++ v1 (2026-02-01)
@@ -74,51 +74,51 @@
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUÇÃO DE QUEBRA-MOLAS_x000D_
 </t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Claudemir Antônio de Abreu</t>
   </si>
   <si>
     <t xml:space="preserve">- CONSTRUÇÃO DE UM PEQUENO POSTO DE SAÚDE NA VILA OPERÁRIA;_x000D_
 - REFORMA DA PONTE DA ÁGUA FRIA;_x000D_
 - CONSTRUÇÃO DE UM QUEBRA-MOLAS NA RUA IRATI, PRÓXIMO À ESCOLA CAMPOS SALES;_x000D_
 - CONSTRUÇÃO DE UM QUEBRA-MOLAS NA AVENIDA PORTO ALEGRE NA ESQUINA COM A RUA ANTÔNIO HERMÍNIO DE AGUIAR._x000D_
 </t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>Jucelino da Conceição Alcântara</t>
+    <t>Jucelino</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA PASSARELA NA ESCOLA MUNICIPAL CAMPOS SALES, LIGANDO OS PAVILHÕES ATÉ A SAÍDA NA RUA PONTA GROSSA, COM UMA COBERTURA, PARA QUE ASSIM OS ALUNOS POSSAM EMBARCAR E DESEMBARCAR DO ÔNIBUS COM SEGURANÇA, PROTEGIDO DO SOL E DA CHUVA.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Alcides Masquietto</t>
   </si>
   <si>
     <t>SOLICITA PARA QUE POSSA RENOVAR O CANTEIRO EM FRENTE A LOTÉRICA COM UM NOVO MODELO DE ESTACIONAMENTO PARA CARROS E FAZER NO MESMO ESTACIONAMENTO UM EXCLUSIVO PARA MOTOS.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA NOVA CAPELA MORTUÁRIA EM UM OUTRO LOCAL MAIS ADEQUADO COM UMA ESTRUTURA METÁLICA  PARA AMPARAR AS PESSOAS QUE ESTÃO VELANDO SEUS ENTES QUERIDOS, PRINCIPALMENTE EM DIAS DE CHUVA E FRIO E QUE TENHA BANCOS PARA AS PESSOAS SE ACOMODAREM.</t>
   </si>
@@ -131,51 +131,51 @@
   <si>
     <t>CALÇAMENTO NO CANTEIRO DA AVENIDA RIO GRANDE DO SUL EM FRENTE A PADARIA DO ALEX, COM UM CONTORNO NO MEIO DO CANTEIRO. E SE POSSÍVEL DESCER ATÉ A VILA OPERÁRIA, POIS SERÁ UMA ÓTIMA MELHORIA.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t xml:space="preserve">PAVIMENTAÇÃO ASFÁLTICA NA RUA ATÉ O CEMITÉRIO. E INSTALAÇÃO DE ENERGIA ELÉTRICA DENTRO DO CEMITÉRIO. </t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>REFORMA NA PRAÇA DA IGREJA CATÓLICA EM PARCERIA COM A IGREJA, COM RETIRADA DE TODAS AS ÁRVORES VELHAS E PLANTIO DE NOVAS ÁRVORES FIXANDO UMA IMAGEM DOS PADROEIROS: NOSSA SENHORA DO ROCIO E SÃO SEBASTIÃO. TAMBÉM REBAIXAR TODO O BARRANCO DA PARTE DE BAIXO DA IGREJA E FAZER ESTACIONAMENTO PARA CARROS. DEMOLIÇÃO DO PALANQUE OFICIAL COM DIREITO A CONSTRUÇÃO DE UM NOVO, MAIS BONITO E MODERNO. E CONSTRUIR BANHEIROS NA PRAÇA PÚBLICA.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>Walter Donizete Egéa</t>
+    <t>Walter</t>
   </si>
   <si>
     <t>SOLICITANDO AS PROVIDÊNCIAS CABÍVEIS NO SENTIDO DE QUE O POSTO DE TELEFONE DO DISTRITO DE OURO VERDE (QUE NÃO ESTÁ MAIS ATIVO) SEJA REFORMADO E AMPLIADO, PARA ASSIM PASSAR A FUNCIONAR COMO UMA CAPELA MORTUÁRIA.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>QUE SEJA FEITO UMA RAMPA DE CONCRETO AO LADO DA PONTE DO RIO IVAÍ, PARA ACESSO DOS BARCOS DOS PESCADORES AO RIO.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITANDO ACESSIBILIDADE EM TODOS OS PRÉDIOS PÚBLICOS MUNICIPAIS, EM ESPECIAL AO PRÉDIO SEDE DA PREFEITURA, ADEQUANDO DE ACORDO COM O ESTATUTO DA PESSOA COM DEFICIÊNCIA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
@@ -569,51 +569,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="29.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="26.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="32.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>