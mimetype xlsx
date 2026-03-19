--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -51,51 +51,51 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Adalberto</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/</t>
+    <t>http://sapl.tapira.pr.leg.br/media/</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUÇÃO DE QUEBRA-MOLAS_x000D_
 </t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Claudemir Antônio de Abreu</t>
   </si>
   <si>
     <t xml:space="preserve">- CONSTRUÇÃO DE UM PEQUENO POSTO DE SAÚDE NA VILA OPERÁRIA;_x000D_
 - REFORMA DA PONTE DA ÁGUA FRIA;_x000D_
 - CONSTRUÇÃO DE UM QUEBRA-MOLAS NA RUA IRATI, PRÓXIMO À ESCOLA CAMPOS SALES;_x000D_
 - CONSTRUÇÃO DE UM QUEBRA-MOLAS NA AVENIDA PORTO ALEGRE NA ESQUINA COM A RUA ANTÔNIO HERMÍNIO DE AGUIAR._x000D_
 </t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Jucelino</t>
   </si>
   <si>
@@ -553,68 +553,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="26.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="32.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="31.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>