--- v0 (2025-10-11)
+++ v1 (2026-02-01)
@@ -51,67 +51,67 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>Jucelino da Conceição Alcântara</t>
+    <t>Jucelino</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Construção de ponto de ônibus com cobertura na Vila Rural Fany_x000D_
 melhorar iluminação nas ruas</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>Walter Donizete Egéa</t>
+    <t>Walter</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/30/indicacao_n002-2019-walter-cobertura-recape_ruas.docx</t>
   </si>
   <si>
     <t>Solicita construção de um ponto de ônibus com cobertura na entrada do Distrito de Ouro Verde, para servir de abrigo em dias de chuva;_x000D_
 Solicita também readequação das ruas do Distrito, pois a maioria delas se encontram intransitáveis.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/31/indicacao_n003-2019-claudemir-sinalizacao.docx</t>
   </si>
   <si>
     <t>Solicita pintura de quebra-molas e de faixas de travessia de pedestres que estão apagadas em diversos pontos da cidade.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>PLO</t>
@@ -612,51 +612,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/30/indicacao_n002-2019-walter-cobertura-recape_ruas.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/31/indicacao_n003-2019-claudemir-sinalizacao.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/24/1-projeto_de_lei_legislativo_n001-2019-recomposic_xaEsNFA.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/32/2-projeto_de_lei_legislativo_n002-2019-secretariado.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/27/projeto_de_lei_906-_2019__diversos_superavit.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/26/projeto_de_lei_907-_2019__diversos_tendencia_excesso.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/28/projeto_de_lei_908-_2019__assistencia_social_excesso.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/29/projeto_de_lei_909-_2019__assistencia_social_superavit.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/18/projeto_de_lei_910-_2019__desmembramento.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/20/projeto_de_lei_911-2019-operacao_de_credito.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/21/projeto_de_lei_912-2019-piso_salarial.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/22/projeto_de_lei_913-2019-aumento_real.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/19/projeto_de_lei_914-2019-desmembramento.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/25/projeto_de_lei_917-2019-consorcio.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/33/projeto_de_lei_920-2019-apae.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/34/projeto_de_lei_924-2019-desmembramento.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="29.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="125.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="182.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>