--- v1 (2026-02-01)
+++ v2 (2026-03-27)
@@ -51,245 +51,245 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>Jucelino</t>
-[...2 lines deleted...]
-    <t>https://sapl.tapira.pr.leg.br/media/</t>
+    <t>Jucelino da Conceição Alcântara</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Construção de ponto de ônibus com cobertura na Vila Rural Fany_x000D_
 melhorar iluminação nas ruas</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Walter</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/30/indicacao_n002-2019-walter-cobertura-recape_ruas.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/30/indicacao_n002-2019-walter-cobertura-recape_ruas.docx</t>
   </si>
   <si>
     <t>Solicita construção de um ponto de ônibus com cobertura na entrada do Distrito de Ouro Verde, para servir de abrigo em dias de chuva;_x000D_
 Solicita também readequação das ruas do Distrito, pois a maioria delas se encontram intransitáveis.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/31/indicacao_n003-2019-claudemir-sinalizacao.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/31/indicacao_n003-2019-claudemir-sinalizacao.docx</t>
   </si>
   <si>
     <t>Solicita pintura de quebra-molas e de faixas de travessia de pedestres que estão apagadas em diversos pontos da cidade.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/24/1-projeto_de_lei_legislativo_n001-2019-recomposic_xaEsNFA.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/24/1-projeto_de_lei_legislativo_n001-2019-recomposic_xaEsNFA.doc</t>
   </si>
   <si>
     <t>Concede recomposição salarial ao servidores do Poder Legislativo.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/32/2-projeto_de_lei_legislativo_n002-2019-secretariado.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/32/2-projeto_de_lei_legislativo_n002-2019-secretariado.doc</t>
   </si>
   <si>
     <t>Concede a recomposição conforme determina o inciso X do artigo 37 da Constituição Federal ao Subsidio dos Secretários Municipais, fixado na Lei nº 755/2017 e da outras providências.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>prefeito</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/27/projeto_de_lei_906-_2019__diversos_superavit.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/27/projeto_de_lei_906-_2019__diversos_superavit.doc</t>
   </si>
   <si>
     <t>Autorização para a abertura de CRÉDITO ADICIONAL, ao Orçamento Municipal para o corrente exercício, altera o plano plurianual,  a Lei das Diretrizes Orçamentárias  e dá outras providências.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/26/projeto_de_lei_907-_2019__diversos_tendencia_excesso.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/26/projeto_de_lei_907-_2019__diversos_tendencia_excesso.doc</t>
   </si>
   <si>
     <t>Autorização para a abertura de CRÉDITO ADICIONAL SUPLEMENTAR, ao Orçamento Municipal para o corrente exercício, altera o plano plurianual,  a Lei das Diretrizes Orçamentárias  e dá outras providências.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/28/projeto_de_lei_908-_2019__assistencia_social_excesso.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/28/projeto_de_lei_908-_2019__assistencia_social_excesso.doc</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/29/projeto_de_lei_909-_2019__assistencia_social_superavit.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/29/projeto_de_lei_909-_2019__assistencia_social_superavit.doc</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/18/projeto_de_lei_910-_2019__desmembramento.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/18/projeto_de_lei_910-_2019__desmembramento.doc</t>
   </si>
   <si>
     <t>Desmembramento de Lote</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/20/projeto_de_lei_911-2019-operacao_de_credito.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/20/projeto_de_lei_911-2019-operacao_de_credito.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de credito com a Caixa Econômica Federal, e dá outras providencias.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/21/projeto_de_lei_912-2019-piso_salarial.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/21/projeto_de_lei_912-2019-piso_salarial.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação do salario minimo municipal, estabelece o piso salario dos servidores municipais e dá outras providencias, alterando a Lei Municipal 848/2018.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/22/projeto_de_lei_913-2019-aumento_real.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/22/projeto_de_lei_913-2019-aumento_real.docx</t>
   </si>
   <si>
     <t>Concede a recomposição salarial e aumento real dos vencimentos dos Servidores Públicos do Poder Executivo e dá outras providencias.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/19/projeto_de_lei_914-2019-desmembramento.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/19/projeto_de_lei_914-2019-desmembramento.docx</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/25/projeto_de_lei_917-2019-consorcio.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/25/projeto_de_lei_917-2019-consorcio.docx</t>
   </si>
   <si>
     <t>Projeto de Lei N.°917/2019 - Súmula: Dispõe sobre lei autorizadora para que o município de Tapira integre o Consórcio dos Municípios do Paraná – COMPAR.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/33/projeto_de_lei_920-2019-apae.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/33/projeto_de_lei_920-2019-apae.docx</t>
   </si>
   <si>
     <t>“Declara de Utilidade Pública Municipal a Associação dos Pais e Amigos de Excepcionais de Tapira – APAE TAPIRA”.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/34/projeto_de_lei_924-2019-desmembramento.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/34/projeto_de_lei_924-2019-desmembramento.docx</t>
   </si>
   <si>
     <t>SÚMULA: Desmembramento de Lote.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -596,68 +596,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/30/indicacao_n002-2019-walter-cobertura-recape_ruas.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/31/indicacao_n003-2019-claudemir-sinalizacao.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/24/1-projeto_de_lei_legislativo_n001-2019-recomposic_xaEsNFA.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/32/2-projeto_de_lei_legislativo_n002-2019-secretariado.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/27/projeto_de_lei_906-_2019__diversos_superavit.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/26/projeto_de_lei_907-_2019__diversos_tendencia_excesso.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/28/projeto_de_lei_908-_2019__assistencia_social_excesso.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/29/projeto_de_lei_909-_2019__assistencia_social_superavit.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/18/projeto_de_lei_910-_2019__desmembramento.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/20/projeto_de_lei_911-2019-operacao_de_credito.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/21/projeto_de_lei_912-2019-piso_salarial.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/22/projeto_de_lei_913-2019-aumento_real.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/19/projeto_de_lei_914-2019-desmembramento.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/25/projeto_de_lei_917-2019-consorcio.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/33/projeto_de_lei_920-2019-apae.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/34/projeto_de_lei_924-2019-desmembramento.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/30/indicacao_n002-2019-walter-cobertura-recape_ruas.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/31/indicacao_n003-2019-claudemir-sinalizacao.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/24/1-projeto_de_lei_legislativo_n001-2019-recomposic_xaEsNFA.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/32/2-projeto_de_lei_legislativo_n002-2019-secretariado.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/27/projeto_de_lei_906-_2019__diversos_superavit.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/26/projeto_de_lei_907-_2019__diversos_tendencia_excesso.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/28/projeto_de_lei_908-_2019__assistencia_social_excesso.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/29/projeto_de_lei_909-_2019__assistencia_social_superavit.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/18/projeto_de_lei_910-_2019__desmembramento.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/20/projeto_de_lei_911-2019-operacao_de_credito.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/21/projeto_de_lei_912-2019-piso_salarial.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/22/projeto_de_lei_913-2019-aumento_real.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/19/projeto_de_lei_914-2019-desmembramento.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/25/projeto_de_lei_917-2019-consorcio.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/33/projeto_de_lei_920-2019-apae.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2019/34/projeto_de_lei_924-2019-desmembramento.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="125.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="29.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="124.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="182.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>