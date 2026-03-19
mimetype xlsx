--- v0 (2025-10-11)
+++ v1 (2026-03-19)
@@ -51,680 +51,680 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>Walter Donizete Egéa</t>
-[...2 lines deleted...]
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/48/indicacao_n001-2020-walter-licenca_premio.docx</t>
+    <t>Walter</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/48/indicacao_n001-2020-walter-licenca_premio.docx</t>
   </si>
   <si>
     <t>Apresenta a presente Indicação, solicitando ao Poder Executivo um estudo para alterar o Regime Jurídico Único dos Servidores do Município de Tapira (Lei 029/93), para que assim a licença prêmio possa ser concedida ao funcionário por 3 (três) meses, após 5 (cinco) anos de exercício de seu cargo.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/49/indicacao_n002-2020-walter-cobertura_onibus.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/49/indicacao_n002-2020-walter-cobertura_onibus.docx</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo construção de uma cobertura no ponto de ônibus na entrada do Distrito de Ouro Verde.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>prefeito</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/37/projeto_963-2020.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/37/projeto_963-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na _x000D_
 importância de até 840.810,59 (oitocentos e quarenta mil _x000D_
 oitocentos e dez reais e cinqüenta e nove centavos)</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/38/projeto_964.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/38/projeto_964.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até _x000D_
 117.827,63 (cento e dezessete mil oitocentos e vinte e sete _x000D_
 reais e sessenta e três centavos)</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/39/projeto_965.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/39/projeto_965.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na _x000D_
 importância de até 2.026.722,19 (dois milhões e vinte e seis _x000D_
 mil setecentos e vinte e dois reais e dezenove centavos)</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/40/projeto_966.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/40/projeto_966.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até _x000D_
 107.600,00 (cento e sete mil seiscentos reais)</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/35/desmebramento_967.2020.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/35/desmebramento_967.2020.doc</t>
   </si>
   <si>
     <t>Desmembramento de Lote.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/36/projeto_de_lei_desmembramento_968-2020.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/36/projeto_de_lei_desmembramento_968-2020.doc</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/50/projeto_de_lei_n969-2020.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/50/projeto_de_lei_n969-2020.pdf</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/51/projeto_de_lei_970-2020_000004.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/51/projeto_de_lei_970-2020_000004.pdf</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/52/projeto_de_lei_971-2020_000004.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/52/projeto_de_lei_971-2020_000004.pdf</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/53/projeto_de_lei_unificacao_972-2020.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/53/projeto_de_lei_unificacao_972-2020.pdf</t>
   </si>
   <si>
     <t>Unificação de Lote.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/54/projeto_973_-_barracao_coleta_seletiva_-_excesso_1.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/54/projeto_973_-_barracao_coleta_seletiva_-_excesso_1.pdf</t>
   </si>
   <si>
     <t>Crédito Adicional Suplementar - 300 mil</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/55/projeto_de_lei_n975-2020.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/55/projeto_de_lei_n975-2020.pdf</t>
   </si>
   <si>
     <t>Crédito Adicional Suplementar - 201 mil</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/56/projeto_de_lei_n976-2020.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/56/projeto_de_lei_n976-2020.docx</t>
   </si>
   <si>
     <t>Cria os componentes do Município de Tapira - Estado do Paraná do Sistema Nacional de Segurança Alimentar, define os parâmetros para elaboração e implementação do Plano Municipal de Segurança Alimentar e Nutricional e dá outras providências.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/57/projeto_de_lei_n977-2020-altera_art.conselhotutelar.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/57/projeto_de_lei_n977-2020-altera_art.conselhotutelar.docx</t>
   </si>
   <si>
     <t>Altera o Capítulo III da Lei n° 797/2018, que trata  do Conselho Tutelar de Tapira – Paraná.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/</t>
+    <t>http://sapl.tapira.pr.leg.br/media/</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/59/projeto_979-2020-desmembramento-correto.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/59/projeto_979-2020-desmembramento-correto.doc</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/60/projeto_980-2020-desmembramento-correto.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/60/projeto_980-2020-desmembramento-correto.doc</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/61/projeto_lei_981-2020_ldo.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/61/projeto_lei_981-2020_ldo.doc</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária para o exercício de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/62/projeto_lei_982-2020__alteracao_metas_plurianual.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/62/projeto_lei_982-2020__alteracao_metas_plurianual.doc</t>
   </si>
   <si>
     <t>Altera os Programas Finalísticos de Apoio Administrativo para o período de 2018 a 2021,  e dá outras providências.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/64/projeto_984-2020-desmembramento.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/64/projeto_984-2020-desmembramento.doc</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>Desmembramento  de Lote.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/67/projeto_de_lei_n987-2020-capela.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/67/projeto_de_lei_n987-2020-capela.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a adquirir bem imóvel através de desapropriação amigável e/ou judicial e dá outras providências.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/68/projeto_988-2020_-_controle_interno.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/68/projeto_988-2020_-_controle_interno.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ORGANIZAÇÃO DO SISTEMA DE CONTROLE INTERNO NO MUNICÍPIO DE TAPIRA ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/69/projeto_989-2020_-_rolo_compactador.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/69/projeto_989-2020_-_rolo_compactador.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CEDER EM TERMO DE CESSÃO DE USO UM ROLO COMPACTADOR, PARA O MUNICIPIO DE SANTA MÔNICA E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/70/projeto_990-2020-desmembramento.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/70/projeto_990-2020-desmembramento.doc</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/71/projeto_991-2020-direitospessoa_deficiencia.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/71/projeto_991-2020-direitospessoa_deficiencia.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal dos Direitos da Pessoa com Deficiência e dá outras providências.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/72/projeto_992-2020-denomina_parque_industrial.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/72/projeto_992-2020-denomina_parque_industrial.docx</t>
   </si>
   <si>
     <t>Denomina Parque Industrial e Tecnológico do Município de Tapira, Estado do Paraná e dá outras providencias.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/73/projeto_993-2020-comodato_osny.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/73/projeto_993-2020-comodato_osny.docx</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para celebrar contrato de locação com a OSNY ANTONIO DE SOUZA AVILA e, dá outras providências.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/74/projeto_994-2020-unificacao.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/74/projeto_994-2020-unificacao.doc</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/75/projeto_995-2020_dotacao_aquisicao_terreno.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/75/projeto_995-2020_dotacao_aquisicao_terreno.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei N.°995/2020 - Súmula: Autoriza crédito especial na importância de até 35.000,00 (trinta e cinco mil reais)</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/76/projeto_996-2020_-_recomp._salar..docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/76/projeto_996-2020_-_recomp._salar..docx</t>
   </si>
   <si>
     <t>Projeto de Lei N.°996/2020 - Ementa: Dispõe sobre a recomposição inflacionária do salário mínimo municipal e dá outras providências, alterando a Lei Municipal 848/2018.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/77/projeto_997-2020_-_recomp._inlfac..docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/77/projeto_997-2020_-_recomp._inlfac..docx</t>
   </si>
   <si>
     <t>Projeto de Lei N.°997/2020 - Ementa: Concede recomposição salarial dos vencimentos dos Servidores Públicos do Poder Executivo, e dá outras providências.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/80/projeto_998-2020_ppa.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/80/projeto_998-2020_ppa.pdf</t>
   </si>
   <si>
     <t>Altera os Programas Finalísticos  de Apoio Administrativo para o período de 2018 a 2021, e o Anexo de Metas e Prioridades da Administração para o exercício de 2021  e dá outras providências.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/81/projeto_999-2020-estima_a_receita.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/81/projeto_999-2020-estima_a_receita.doc</t>
   </si>
   <si>
     <t>Estima a RECEITA e fixa a DESPESA do Município de TAPIRA, Estado do Paraná, para o exercício financeiro de 2021 e dá outras providências</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/82/projeto.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/82/projeto.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até _x000D_
 10.500,00 (dez mil quinhentos reais)</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/83/projeto_1001-2020-desmembramento.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/83/projeto_1001-2020-desmembramento.doc</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/84/projeto_1002-2020-desmembramento.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/84/projeto_1002-2020-desmembramento.doc</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/85/projeto_1003-2020_-_expansao_urbana.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/85/projeto_1003-2020_-_expansao_urbana.docx</t>
   </si>
   <si>
     <t>Inclui imóvel que especifica na área de expansão urbana.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/86/projeto_1004_iluminacao_do_estadio..pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/86/projeto_1004_iluminacao_do_estadio..pdf</t>
   </si>
   <si>
     <t>Projeto de Lei N.°1004/2020 - Súmula: Autoriza crédito adicional suplementar na importância de até 222.857,14 (duzentos e vinte e dois mil oitocentos e cinquenta e sete reais e quatorze centavos).</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/87/projeto_1006-2020_-_rpps.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/87/projeto_1006-2020_-_rpps.docx</t>
   </si>
   <si>
     <t>Projeto de Lei N.°1006/2020 - Súmula: Dispõe sobre a forma de amortização do déficit técnico atuarial (custo suplementar) para obtenção do equilíbrio financeiro e atuarial que o Município tem em face do RPPS do Município de Tapira-Paraná.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/89/projeto_de_lei_1007-2020.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/89/projeto_de_lei_1007-2020.doc</t>
   </si>
   <si>
     <t>Projeto de Lei N.°1007/2020 - Súmula: Altera disposições da Lei Complementar nº 101, de 30 de outubro de 2007, para adequar à Emenda Constitucional nº 103, de 12 de novembro de 2019, a alíquota da contribuição previdenciária do servidor ativo, aposentado e pensionista ao Regime Próprio de Previdência Social do Município de Tapira, acrescentando-lhe outras disposições.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/90/projeto_de_lei_1008-2020.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/90/projeto_de_lei_1008-2020.docx</t>
   </si>
   <si>
     <t>- Projeto de Lei 1008/2020 – Ementa: Regulamenta o cargo em comissão de Assessor Jurídico do Prefeito. Gabinete Do Prefeito. Lei 755/2017.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/91/projeto_de_lei_1009-2020.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/91/projeto_de_lei_1009-2020.docx</t>
   </si>
   <si>
     <t>- Projeto de Lei 1009/2020 – Ementa: Autoriza o Executivo a realizar repasses a título de contribuição às associações de municípios das quais o Município de Tapira é filiado.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/92/projeto_de_lei__1010-2020.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/92/projeto_de_lei__1010-2020.pdf</t>
   </si>
   <si>
     <t>- Projeto de Lei 1010/2020 – Súmula: Autoriza o Chefe do Poder Executivo Municipal a efetuar o parcelamento parcial do débito oriundo do aporte financeiro do ano de 2019, relativo ao plano de amortização para o equacionamento do déficit técnico atuarial nos termos do art. 9º, § 2°, da Lei Complementar nº 173, de 28 de maio de 2020.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/79/2projeto_de_resolucao_n001-2020-subsidio_proxima_gestao.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/79/2projeto_de_resolucao_n001-2020-subsidio_proxima_gestao.doc</t>
   </si>
   <si>
     <t>Projeto de Resolução Nº 001/2020 - Ementa: Dispõe sobre a fixação conforme determina o inciso VI do artigo 29 da Constituição Federal do Subsidio dos vereadores da Câmara Municipal de Tapira, Estado do Paraná, para a Legislatura de 2021 à 2024, e da outras providências.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/88/projeto_de_resolucao_n002-2020_-_votacao_remota.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/88/projeto_de_resolucao_n002-2020_-_votacao_remota.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução Nº 002/2020 - Súmula: Dispõe sobre a realização de reuniões virtuais de comissões permanentes e de sessões plenárias extraordinárias virtuais na Câmara Municipal de Tapira-Paraná.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Of.R</t>
   </si>
   <si>
     <t>Ofício Recebido</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/41/ccf_000006.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/41/ccf_000006.pdf</t>
   </si>
   <si>
     <t>Ministério Público</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Silvana Maria da Silva</t>
   </si>
   <si>
     <t>Encaminha os relatórios da lei Complementar N°101/2000 e da Lei 4.320/64 do exercício de 2019.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Con</t>
   </si>
   <si>
     <t>Convite</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/42/ccf_000007.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/42/ccf_000007.pdf</t>
   </si>
   <si>
     <t>Convite da Procuradoria Especial da Mulher.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Div.</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/43/ccf_000008.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/43/ccf_000008.pdf</t>
   </si>
   <si>
     <t>Requerimento do Deputado Anibelli Neto referente congratulações pelo aniversário do Município de Tapira.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/78/projeto_de_lei_legislativo_n001-2020-_recomp._servidores.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/78/projeto_de_lei_legislativo_n001-2020-_recomp._servidores.doc</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo N.°001/2020 - Ementa: Concede recomposição salarial dos vencimentos dos Servidores Públicos do Poder Legislativo, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1031,68 +1031,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/48/indicacao_n001-2020-walter-licenca_premio.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/49/indicacao_n002-2020-walter-cobertura_onibus.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/37/projeto_963-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/38/projeto_964.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/39/projeto_965.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/40/projeto_966.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/35/desmebramento_967.2020.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/36/projeto_de_lei_desmembramento_968-2020.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/50/projeto_de_lei_n969-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/51/projeto_de_lei_970-2020_000004.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/52/projeto_de_lei_971-2020_000004.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/53/projeto_de_lei_unificacao_972-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/54/projeto_973_-_barracao_coleta_seletiva_-_excesso_1.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/55/projeto_de_lei_n975-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/56/projeto_de_lei_n976-2020.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/57/projeto_de_lei_n977-2020-altera_art.conselhotutelar.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/59/projeto_979-2020-desmembramento-correto.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/60/projeto_980-2020-desmembramento-correto.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/61/projeto_lei_981-2020_ldo.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/62/projeto_lei_982-2020__alteracao_metas_plurianual.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/64/projeto_984-2020-desmembramento.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/67/projeto_de_lei_n987-2020-capela.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/68/projeto_988-2020_-_controle_interno.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/69/projeto_989-2020_-_rolo_compactador.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/70/projeto_990-2020-desmembramento.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/71/projeto_991-2020-direitospessoa_deficiencia.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/72/projeto_992-2020-denomina_parque_industrial.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/73/projeto_993-2020-comodato_osny.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/74/projeto_994-2020-unificacao.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/75/projeto_995-2020_dotacao_aquisicao_terreno.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/76/projeto_996-2020_-_recomp._salar..docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/77/projeto_997-2020_-_recomp._inlfac..docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/80/projeto_998-2020_ppa.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/81/projeto_999-2020-estima_a_receita.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/82/projeto.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/83/projeto_1001-2020-desmembramento.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/84/projeto_1002-2020-desmembramento.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/85/projeto_1003-2020_-_expansao_urbana.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/86/projeto_1004_iluminacao_do_estadio..pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/87/projeto_1006-2020_-_rpps.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/89/projeto_de_lei_1007-2020.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/90/projeto_de_lei_1008-2020.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/91/projeto_de_lei_1009-2020.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/92/projeto_de_lei__1010-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/79/2projeto_de_resolucao_n001-2020-subsidio_proxima_gestao.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/88/projeto_de_resolucao_n002-2020_-_votacao_remota.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/41/ccf_000006.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/42/ccf_000007.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/43/ccf_000008.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/78/projeto_de_lei_legislativo_n001-2020-_recomp._servidores.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/48/indicacao_n001-2020-walter-licenca_premio.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/49/indicacao_n002-2020-walter-cobertura_onibus.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/37/projeto_963-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/38/projeto_964.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/39/projeto_965.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/40/projeto_966.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/35/desmebramento_967.2020.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/36/projeto_de_lei_desmembramento_968-2020.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/50/projeto_de_lei_n969-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/51/projeto_de_lei_970-2020_000004.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/52/projeto_de_lei_971-2020_000004.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/53/projeto_de_lei_unificacao_972-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/54/projeto_973_-_barracao_coleta_seletiva_-_excesso_1.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/55/projeto_de_lei_n975-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/56/projeto_de_lei_n976-2020.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/57/projeto_de_lei_n977-2020-altera_art.conselhotutelar.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/59/projeto_979-2020-desmembramento-correto.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/60/projeto_980-2020-desmembramento-correto.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/61/projeto_lei_981-2020_ldo.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/62/projeto_lei_982-2020__alteracao_metas_plurianual.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/64/projeto_984-2020-desmembramento.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/67/projeto_de_lei_n987-2020-capela.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/68/projeto_988-2020_-_controle_interno.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/69/projeto_989-2020_-_rolo_compactador.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/70/projeto_990-2020-desmembramento.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/71/projeto_991-2020-direitospessoa_deficiencia.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/72/projeto_992-2020-denomina_parque_industrial.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/73/projeto_993-2020-comodato_osny.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/74/projeto_994-2020-unificacao.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/75/projeto_995-2020_dotacao_aquisicao_terreno.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/76/projeto_996-2020_-_recomp._salar..docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/77/projeto_997-2020_-_recomp._inlfac..docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/80/projeto_998-2020_ppa.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/81/projeto_999-2020-estima_a_receita.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/82/projeto.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/83/projeto_1001-2020-desmembramento.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/84/projeto_1002-2020-desmembramento.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/85/projeto_1003-2020_-_expansao_urbana.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/86/projeto_1004_iluminacao_do_estadio..pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/87/projeto_1006-2020_-_rpps.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/89/projeto_de_lei_1007-2020.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/90/projeto_de_lei_1008-2020.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/91/projeto_de_lei_1009-2020.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/92/projeto_de_lei__1010-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/79/2projeto_de_resolucao_n001-2020-subsidio_proxima_gestao.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/88/projeto_de_resolucao_n002-2020_-_votacao_remota.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/41/ccf_000006.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/42/ccf_000007.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/43/ccf_000008.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2020/78/projeto_de_lei_legislativo_n001-2020-_recomp._servidores.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="20" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="19.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="124.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>