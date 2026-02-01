--- v0 (2025-10-11)
+++ v1 (2026-02-01)
@@ -114,51 +114,51 @@
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/99/indicacao_n004-2021-helio-copia_da_licitacao_barracao_industrial.doc</t>
   </si>
   <si>
     <t>Que o Executivo encaminhe cópia de capa a capa da Licitação TP 04/2020 e aditivos da construção de Barracão Industrial, bem como a justificava de ter efetuado dois termos aditivos aumentando os valores contratados.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/100/indicacao_n005-2021-helio-copia_dos_recibos_de_pagamento.doc</t>
   </si>
   <si>
     <t>Que o Executivo encaminhe cópia dos recibos de pagamento de serviços particulares efetuados conforme Lei Municipal no exercício de 2019 e 2020 com equipamentos desta Municipalidade em ordem cronológica, exceto caminhões de terra no perímetro urbano.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>Jucelino da Conceição Alcântara</t>
+    <t>Jucelino</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/101/indicacao_n006-2021-jucelino.docx</t>
   </si>
   <si>
     <t>Solicitando do Poder Executivo para que veja a possibilidade de ser feito uma reforma no salão comunitário localizado na Rua Morretes, 260.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Sérgio Magalhães da Silva</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/102/indicacao_n007-2021-sergio-bueiro.docx</t>
   </si>
   <si>
     <t>Limpeza das ruas, avenidas e datas de nossa cidade, bem como limpeza nos bueiros (boca de lobo).</t>
   </si>
   <si>
     <t>107</t>
   </si>
@@ -180,51 +180,51 @@
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/108/indicacao_n009-2021-sergio-ati.docx</t>
   </si>
   <si>
     <t>para que veja possibilidade de ser instalada uma ATI (Academia da Terceira Idade) na localidade Água do Avião.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/105/indicacao_n010-2021-sergio-copel.docx</t>
   </si>
   <si>
     <t>Para que veja a possibilidade junto à Gerência Regional da Copel, para que nossa cidade conte com uma equipe permanente da COPEL.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>Devair dos Santos</t>
+    <t>Devair</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/106/indicacao_n011-2021-devair_-_cameras-readequacao-pintura.docx</t>
   </si>
   <si>
     <t>- pintura dos quebra-molas;_x000D_
 - Operação tapa buracos no asfalto entre o Distrito de Ouro Verde e o Distrito de Gleba Quatro;_x000D_
 - Instalação de câmeras nas principais entradas da cidade;</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Alcides Masquietto</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/111/indicacao_n012-2021-alcides-ati.docx</t>
   </si>
   <si>
     <t>instalação de uma ATI (Academia da Terceira Idade) na Vila Rural do Distrito de Ouro Verde.</t>
   </si>
   <si>
@@ -433,51 +433,51 @@
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/148/indicacao_n029-2021-helio-rever_indicacao_003.doc</t>
   </si>
   <si>
     <t>Solicitando que seja revisto o pedido apresentado na Indicação N°003-2021, pois não foi atendido completamente, principalmente com referente a despesa.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/149/indicacao_n030-2021-helio-portal.doc</t>
   </si>
   <si>
     <t>Solicitando que no Portal de Transparência do Município seja habilitado o detalhamento na aba de Vencimentos  nos dados Financeiros dos Servidores.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>Vanderlei Vieira Mendes</t>
+    <t>Vanderlei</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/150/indicacao_n031-2021-vanderlei-estrada.doc</t>
   </si>
   <si>
     <t>Solicitando readequação da “Estrada da Floresta”.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/151/indicacao_n032-2021-vanderlei-estrada_devechi.doc</t>
   </si>
   <si>
     <t>Solicitando que o rolo compactador possa estar passando na “Estrada da Farinheira dos Devechi”, pois as pedras da estrada estão soltas.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>33</t>
   </si>