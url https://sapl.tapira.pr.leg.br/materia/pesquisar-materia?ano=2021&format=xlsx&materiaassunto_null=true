--- v1 (2026-02-01)
+++ v2 (2026-03-26)
@@ -54,2424 +54,2424 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Hélio Belter</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_n001-2021-helio-reposicao_inflacao.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_n001-2021-helio-reposicao_inflacao.doc</t>
   </si>
   <si>
     <t>Reposição da inflação do ano de 2020 nos salários dos funcionários e possível reajuste acima da inflação.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/</t>
+    <t>http://sapl.tapira.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Que o Poder Executivo encaminhe Projeto de Lei a Câmara Municipal, para aprovação de  plano de Carreira para os  Funcionários, após estudos pela Administração.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/98/indicacao_n003-2021-helio-encontro_de_contas.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/98/indicacao_n003-2021-helio-encontro_de_contas.doc</t>
   </si>
   <si>
     <t>Que o Executivo encaminhe o encontro de contas mensal entre o Município e a Copel – Arrecadação mensal de IP Iluminação Pública, bem com a Despesa mensal com a Manutenção, encaminhar licitações e contratos e aditivos (se houve), no período de Janeiro de 2017 até a presente data.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/99/indicacao_n004-2021-helio-copia_da_licitacao_barracao_industrial.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/99/indicacao_n004-2021-helio-copia_da_licitacao_barracao_industrial.doc</t>
   </si>
   <si>
     <t>Que o Executivo encaminhe cópia de capa a capa da Licitação TP 04/2020 e aditivos da construção de Barracão Industrial, bem como a justificava de ter efetuado dois termos aditivos aumentando os valores contratados.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/100/indicacao_n005-2021-helio-copia_dos_recibos_de_pagamento.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/100/indicacao_n005-2021-helio-copia_dos_recibos_de_pagamento.doc</t>
   </si>
   <si>
     <t>Que o Executivo encaminhe cópia dos recibos de pagamento de serviços particulares efetuados conforme Lei Municipal no exercício de 2019 e 2020 com equipamentos desta Municipalidade em ordem cronológica, exceto caminhões de terra no perímetro urbano.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>Jucelino</t>
-[...2 lines deleted...]
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/101/indicacao_n006-2021-jucelino.docx</t>
+    <t>Jucelino da Conceição Alcântara</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/101/indicacao_n006-2021-jucelino.docx</t>
   </si>
   <si>
     <t>Solicitando do Poder Executivo para que veja a possibilidade de ser feito uma reforma no salão comunitário localizado na Rua Morretes, 260.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Sérgio Magalhães da Silva</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/102/indicacao_n007-2021-sergio-bueiro.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/102/indicacao_n007-2021-sergio-bueiro.docx</t>
   </si>
   <si>
     <t>Limpeza das ruas, avenidas e datas de nossa cidade, bem como limpeza nos bueiros (boca de lobo).</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/107/indicacao_n008-2021-sergio-sintetico.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/107/indicacao_n008-2021-sergio-sintetico.docx</t>
   </si>
   <si>
     <t>solicitando a possibilidade de deixar um funcionário municipal responsável pelo campo sintético, para limpeza e abrir e fechar o local, evitando assim vândalos que possa vir a destruir o patrimônio público e que seja instalado no local um bebedouro de água.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/108/indicacao_n009-2021-sergio-ati.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/108/indicacao_n009-2021-sergio-ati.docx</t>
   </si>
   <si>
     <t>para que veja possibilidade de ser instalada uma ATI (Academia da Terceira Idade) na localidade Água do Avião.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/105/indicacao_n010-2021-sergio-copel.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/105/indicacao_n010-2021-sergio-copel.docx</t>
   </si>
   <si>
     <t>Para que veja a possibilidade junto à Gerência Regional da Copel, para que nossa cidade conte com uma equipe permanente da COPEL.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>Devair</t>
-[...2 lines deleted...]
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/106/indicacao_n011-2021-devair_-_cameras-readequacao-pintura.docx</t>
+    <t>Devair dos Santos</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/106/indicacao_n011-2021-devair_-_cameras-readequacao-pintura.docx</t>
   </si>
   <si>
     <t>- pintura dos quebra-molas;_x000D_
 - Operação tapa buracos no asfalto entre o Distrito de Ouro Verde e o Distrito de Gleba Quatro;_x000D_
 - Instalação de câmeras nas principais entradas da cidade;</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Alcides Masquietto</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/111/indicacao_n012-2021-alcides-ati.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/111/indicacao_n012-2021-alcides-ati.docx</t>
   </si>
   <si>
     <t>instalação de uma ATI (Academia da Terceira Idade) na Vila Rural do Distrito de Ouro Verde.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/112/indicacao_n013-2021-alcides-ati-tapira.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/112/indicacao_n013-2021-alcides-ati-tapira.docx</t>
   </si>
   <si>
     <t>instalação de uma ATI (Academia da Terceira Idade) na Vila Rural Fany Lerner.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/113/indicacao_n014-2021-alcides-ati_-_vila_nova.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/113/indicacao_n014-2021-alcides-ati_-_vila_nova.docx</t>
   </si>
   <si>
     <t>instalação de uma ATI (Academia da Terceira Idade) na localidade Vila Nova.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/114/indicacao_n015-2021-alcides-iluminacao.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/114/indicacao_n015-2021-alcides-iluminacao.docx</t>
   </si>
   <si>
     <t>iluminação no cemitério municipal.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/115/indicacao_n016-2021-sergio-arborizacao.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/115/indicacao_n016-2021-sergio-arborizacao.docx</t>
   </si>
   <si>
     <t>que seja realizado no Município um Plano de Arborização.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/116/indicacao_n017-2021-sergio-ouvidoria.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/116/indicacao_n017-2021-sergio-ouvidoria.docx</t>
   </si>
   <si>
     <t>que seja instalada uma Ouvidoria no município.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Claudemir Antônio de Abreu</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/120/indicacao_n018-2021-claudemir.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/120/indicacao_n018-2021-claudemir.docx</t>
   </si>
   <si>
     <t>Que o senhor Prefeito Municipal encaminhe a esta Câmara, a cada 30 dias (no mínimo), prestação de contas referente horas máquinas: - para quem foi cedido; - quantas horas, - nome da propriedade e endereço.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/121/indicacao_n019-2021-claudemir-niza.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/121/indicacao_n019-2021-claudemir-niza.docx</t>
   </si>
   <si>
     <t>Que o Senhor Prefeito Municipal analise a possibilidade de ser cedido em comodato à Empresa Niza Confecções e Acabamentos – CIA LTDA as seguintes máquinas:_x000D_
 - 01 (UMA) MÁQUINA ELÉTRICA DIRECT DRIVE PARA APLICAR ILHÓS, BOTÃO E REBITES;_x000D_
 - 01 (UMA) MÁQUINA RETA ELETRÔNICA JACK;_x000D_
 - 01 (UMA) MÁQUINA PORTÁTIL DE ARREMATAR FIO E LINHA COM 2 CABEÇAS (LANMAX);_x000D_
 - 01 (UMA) MÁQUINA ELÉTRICA PARA PREGAR BOTÃO DE PRESSÃO.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/122/indicacao_n020-2021-sergio-estradas.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/122/indicacao_n020-2021-sergio-estradas.docx</t>
   </si>
   <si>
     <t>Readequação das estradas de nosso Município: Estrada do Facão, Igrejinha, Água Fria, Água Ajuda, Água do Avião, dentre outras.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Que o Senhor Prefeito Municipal agilize a participação em consórcio de municípios visando adquirir a vacina contra o Covid.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/130/indicacao_n022-2021-sergio-cmdrs.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/130/indicacao_n022-2021-sergio-cmdrs.docx</t>
   </si>
   <si>
     <t>Solicitando informações se o CMDRS (Conselho Municipal de Desenvolvimento Rural Sustentável) está funcionando. Em caso afirmativo indicar quais atividades desenvolvidas.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, solicitando informações sobre quantos Conselhos há no município, quais são os conselhos e sua composição, e em quais deles exige um representante da igreja católica com o nome dos mesmos e quem indicou estes nomes.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_n024-2021-sergio-iptu.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_n024-2021-sergio-iptu.docx</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito que analise a possibilidade de prorrogação do pagamento do IPTU._x000D_
 Tal medida se faz necessário devido ao momento de grande dificuldade da pandemia do Corona vírus.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Rosa Lopes Smarzaro</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/144/indicacao_n025-2021-rosa-limpeza_via.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/144/indicacao_n025-2021-rosa-limpeza_via.doc</t>
   </si>
   <si>
     <t>Solicitando uma limpeza da via que liga a saída da cidade até a Vila Rural Jaime Lerner.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/145/indicacao_n026-2021-helio-solicitacao_de_leis.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/145/indicacao_n026-2021-helio-solicitacao_de_leis.doc</t>
   </si>
   <si>
     <t>Solicitando cópia das Leis N° 622/2015 e N°637/2015, bem como cópia de outras leis referente o magistério que esteja em vigor.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/146/indicacao_n027-2021-helio-balancete_educacao.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/146/indicacao_n027-2021-helio-balancete_educacao.doc</t>
   </si>
   <si>
     <t>Solicitando o Balancete Financeiro Analítico da Educação do Exercício de 2020 com inclusão de todas as verbas (receitas), inclusive Salários Educação.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/147/indicacao_n028-2021-helio-parcelamento.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/147/indicacao_n028-2021-helio-parcelamento.doc</t>
   </si>
   <si>
     <t>Solicitando comprovante de pagamento do parcelamento de 48 meses de acordo com a lei n°950/2020, bem como pagamento do aporte dos meses de Janeiro, Fevereiro e Março de 2021 e cópia do cálculo atuarial.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/148/indicacao_n029-2021-helio-rever_indicacao_003.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/148/indicacao_n029-2021-helio-rever_indicacao_003.doc</t>
   </si>
   <si>
     <t>Solicitando que seja revisto o pedido apresentado na Indicação N°003-2021, pois não foi atendido completamente, principalmente com referente a despesa.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/149/indicacao_n030-2021-helio-portal.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/149/indicacao_n030-2021-helio-portal.doc</t>
   </si>
   <si>
     <t>Solicitando que no Portal de Transparência do Município seja habilitado o detalhamento na aba de Vencimentos  nos dados Financeiros dos Servidores.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>Vanderlei</t>
-[...2 lines deleted...]
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/150/indicacao_n031-2021-vanderlei-estrada.doc</t>
+    <t>Vanderlei Vieira Mendes</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/150/indicacao_n031-2021-vanderlei-estrada.doc</t>
   </si>
   <si>
     <t>Solicitando readequação da “Estrada da Floresta”.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/151/indicacao_n032-2021-vanderlei-estrada_devechi.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/151/indicacao_n032-2021-vanderlei-estrada_devechi.doc</t>
   </si>
   <si>
     <t>Solicitando que o rolo compactador possa estar passando na “Estrada da Farinheira dos Devechi”, pois as pedras da estrada estão soltas.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/152/indicacao_n033-2021-claudemir-recapeamento.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/152/indicacao_n033-2021-claudemir-recapeamento.docx</t>
   </si>
   <si>
     <t>Recapeamento das vias urbanas compreendida pelas Ruas Palmas, Palmeiras, São Mateus, Lapa, Rio Branco e Jaguariaíva e demais que se fizerem necessárias.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/153/indicacao_n034-2021-claudemir-jovem_aprendiz.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/153/indicacao_n034-2021-claudemir-jovem_aprendiz.docx</t>
   </si>
   <si>
     <t>Solicitando a possibilidade de fornecer um local para ministrar cursos diversos de aprendizagem dentro do projeto Menor Aprendiz, gratuito para aqueles que se interessarem.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/154/indicacao_n035-2021-claudemir-sementescalcario.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/154/indicacao_n035-2021-claudemir-sementescalcario.docx</t>
   </si>
   <si>
     <t>Solicitando para que possa ser viabilizado um incentivo aos pequenos produtores rurais, bem como aos moradores das Vilas Rurais e às famílias que residem nos assentamentos do município, possibilitando um incentivo à produção agrícola, com a distribuição de sementes, calcário, esterco, e acompanhamento técnico.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/155/indicacao_n036-2021-claudemir-levante_estradas.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/155/indicacao_n036-2021-claudemir-levante_estradas.docx</t>
   </si>
   <si>
     <t>Solicitando levante em todas as estradas rurais do município e limpeza das caixas de contenção de águas.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/156/indicacao_n037-2021-claudemir-merenda_escolar.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/156/indicacao_n037-2021-claudemir-merenda_escolar.docx</t>
   </si>
   <si>
     <t>Solicitando que as escolas municipais distribuam a merenda escolar aos seus alunos.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_n038-2021-claudemir-informacoes_asfalto.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_n038-2021-claudemir-informacoes_asfalto.docx</t>
   </si>
   <si>
     <t>Solicitando informações referente ao andamento que foi dado pelo município, em relação a Celebração de contrato com a Caixa Econômica Federal, Número do contrato 1074068-88/2020 - Convênio 908176, que tem como   Objeto Melhoria da Infraestrutura de transporte no meio rural, através do recapeamento de estrada rural municipal.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/158/indicacao_n039-2021-sergio-limpeza_cristo.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/158/indicacao_n039-2021-sergio-limpeza_cristo.docx</t>
   </si>
   <si>
     <t>Solicitando que realize a limpeza na imagem do Cristo e nos objetos que compõe o Portal da entrada da cidade.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Solicitando abertura em parte do trecho da Rua Imbituva e pavimentação asfáltica da mesma, entre a Rua Rio Negro até a Avenida Rio Grande do Sul, providenciando iluminação nos trechos ausentes.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/160/indicacao_n041-2021-jucelino-usina_reciclagem.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/160/indicacao_n041-2021-jucelino-usina_reciclagem.docx</t>
   </si>
   <si>
     <t>Que desenvolva um estudo junto a Secretaria do Meio Ambiente, no sentido de viabilizar a montagem de uma usina de resíduos sólidos de materiais de construção em nosso município.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/161/indicacao_n042-2021-jucelino-lombada.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/161/indicacao_n042-2021-jucelino-lombada.docx</t>
   </si>
   <si>
     <t>Solicitando a construção de uma lombada na AV. Rio Grande do Sul, saída para Nova Olímpia em torno de 50 metros após o final do canteiro central._x000D_
 Que promova a reforma e a sinalização do retorno do acesso para a Rua Londrina.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/163/indicacao_n043-2021-sergio_e_jucelino-refletor.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/163/indicacao_n043-2021-sergio_e_jucelino-refletor.docx</t>
   </si>
   <si>
     <t>Solicitando que seja instalado um alambrado e um refletor no centro comunitário localizado no Mutirão.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/164/indicacao_n044-2021-sergio-placas_rurais.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/164/indicacao_n044-2021-sergio-placas_rurais.docx</t>
   </si>
   <si>
     <t>Solicitando que sejam colocadas placas indicando o nome das estradas rurais do município de Tapira.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/165/indicacao_n045-2021-helio-saude.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/165/indicacao_n045-2021-helio-saude.doc</t>
   </si>
   <si>
     <t>Solicitando a fatura mensal Consórcio Intermunicipal de Saúde – Cisa Amerios, deste Município,  completas com valores, nomes e datas, quais os serviços prestados, consulta, exames e etc.....  de Janeiro de 2020 até a data de envio da resposta.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_n046-2021-claudemir-cobertura.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_n046-2021-claudemir-cobertura.docx</t>
   </si>
   <si>
     <t>Solicitando a possibilidade de ser feito uma pequena cobertura no barracão onde está instalado a Empresa Niza Confecções e Acabamentos – CIA LTDA, que servirá para proteger as motos e bicicletas do sol e da chuva.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Solicitando construção de uma cobertura no ponto de ônibus na entrada do Distrito de Gleba Quatro (próximo a entrada da Estrada Igrejinha).</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_n048-2021-sergio-pista_de_caminhada.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_n048-2021-sergio-pista_de_caminhada.docx</t>
   </si>
   <si>
     <t>Solicitando construção de uma pista de caminhada ao redor do campo de futebol do Distrito de Ouro Verde e que seja instalado 4 refletores no mesmo local.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/183/indicacao_n049-2021-sergio-pista_de_caminhada_no_conteiro.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/183/indicacao_n049-2021-sergio-pista_de_caminhada_no_conteiro.docx</t>
   </si>
   <si>
     <t>Solicitando construção de uma pista de caminhada no canteiro da avenida Rio Grande do Sul. Ponto de referência: comércio Zero Grau até o final da avenida.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_n050-2021-vanderlei.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_n050-2021-vanderlei.doc</t>
   </si>
   <si>
     <t>Solicitando a disponibilização de um Soprador de Folhas para o Distrito de Ouro Verde.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_n051-2021-vanderlei-animais.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_n051-2021-vanderlei-animais.docx</t>
   </si>
   <si>
     <t>Construção de um canil municipal pra colocar cachorros pra doação. E que seja disponibilizado um veterinário uma vez no mês pra castração gratuita.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_n052-2021-sergio_lixeiras.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_n052-2021-sergio_lixeiras.docx</t>
   </si>
   <si>
     <t>Solicitando que seja realizada uma troca das lixeiras das ruas que estão velhas e danificadas e fazer uma conscientização da população.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/196/indicacao_n053-2021-devair-gleba4.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/196/indicacao_n053-2021-devair-gleba4.docx</t>
   </si>
   <si>
     <t>Solicitando adequação no início da estrada localizada na entrada da Praça do Distrito de Gleba Quatro, pois o calçamento paver está soltando.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/197/indicacao_n054-2021-sergio-quebra-mola.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/197/indicacao_n054-2021-sergio-quebra-mola.docx</t>
   </si>
   <si>
     <t>Solicitando a construção de quebra-molas nas seguintes localidades:_x000D_
 - Avenida Porto Alegre, próximo ao barracão do Alex (metalúrgica do Evandro);_x000D_
 - Rua Irati-Jardim Itália, próximo à casa do Sr. Fábio José Galhardi;_x000D_
 - Avenida Paraná, próximo ao parquinho.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/198/indicacao_n055-2021-sergio_limpeza_meio_fios.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/198/indicacao_n055-2021-sergio_limpeza_meio_fios.docx</t>
   </si>
   <si>
     <t>Solicitando uma limpeza e pintura nos meios fios de toda a cidade.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/199/indicacao_n056-2021-jucelino-limpeza.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/199/indicacao_n056-2021-jucelino-limpeza.docx</t>
   </si>
   <si>
     <t>Solicitando uma limpeza das laterais, abertura, cascalhamento e iluminação da Rua União da Vitória, nos trechos que liga (esquina da Rua Guaratuba até a esquina da Porto Alegre – esquina com a Cocamar).</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_n057-2021-alcides-calcamento.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_n057-2021-alcides-calcamento.docx</t>
   </si>
   <si>
     <t>solicitando calçamento do canteiro da Avenida Porto Alegre (em frente à casa do Raimundo Viana).</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/205/indicacao_n058-2021-claudemir-quebra_mola.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/205/indicacao_n058-2021-claudemir-quebra_mola.docx</t>
   </si>
   <si>
     <t>solicitando a construção de quebra-molas na Rua Castro, esquina com a Rua Maria Carraro, próximo à casa do Enilton (Paraíba).</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>solicitando um parquinho no Bosque do Leonardo.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/203/indicacao_n060-2021-sergio.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/203/indicacao_n060-2021-sergio.docx</t>
   </si>
   <si>
     <t>solicitando um reparo no prédio da Escola Municipal Campos Sales.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/204/indicacao_n061-2021-helio.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/204/indicacao_n061-2021-helio.doc</t>
   </si>
   <si>
     <t>solicitando: que encaminhe cópias e publicações em cumprimento com o exigido no Artigo 2°: DAS DISPOSIÇÕES GERAIS E TRANSITÓRIAS,  contida na LEI ORGÂNICA MUNICIPAL, referente  “Março” de   2020 e “Março” de 2021,</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/206/indicacao_n062-2021-claudemir-boca_de_lobo.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/206/indicacao_n062-2021-claudemir-boca_de_lobo.docx</t>
   </si>
   <si>
     <t>solicitando pavimentação asfáltica na Rua Bocaiúva (entre a Rua Lapa e a Rua São Mateus) e que até a realização deste pedido possam estar fazendo reparos nas boca de lobo desta Rua.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>O Vereador Claudemir solicita uma adequação (rotatória e/ou acostamento) no início do canteiro da Avenida Paraná (saída para o Distrito de Ouro Verde) com acesso a rua Castro. E que seja realizado um retorno também neste canteiro (alguns metros acima).</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/214/indicacao_n064-2021-sergio-asfalto.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/214/indicacao_n064-2021-sergio-asfalto.docx</t>
   </si>
   <si>
     <t>solicitando asfalto da Rua Irati (entre a  Avenida Porto Alegre até a Rua Piraquara). Asfalto da Rua Palmeira (entre a Rua Porto Alegre até a Rua Piraquara), Asfalto na Rua São Mateus (entre a Avenida Porto Alegre até a Avenida Paraná).</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/215/indicacao_n065-2021-jucelino.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/215/indicacao_n065-2021-jucelino.docx</t>
   </si>
   <si>
     <t>Solicitando por intermédio de convênio e parcerias públicas privadas para disponibilizar sinal público de internet através do sistema de wifi, nas praças públicas do município (Praça Central, Distritos de Ouro Verde, Santa Felicidade Gleba Quatro).</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/216/indicacao_n066-2021-helio-licitacao_rio_ivai.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/216/indicacao_n066-2021-helio-licitacao_rio_ivai.docx</t>
   </si>
   <si>
     <t>Solicitando: que encaminhe cópias da Licitação e aditivos, da construção da Rampa para acesso ao Rio Ivai, bem como informar o valor real pago com recursos do convenio e Recursos próprios.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Solicitando: que encaminhe prestação de contas do dinheiro do Covid, valor recebido e gastos, com especificação da fonte Covid ou recursos próprios, inclusive copia dos empenhos na fonte do Covid com dinheiro do Covid e os empenhos com Dinheiro do Município empenhadas como despesas com Covid, junto a prestação de contas, seja enviado todos processos de licitação,  tais como Processo de Dispensa, de inexigibilidade, pregões, TP.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/218/indicacao_n068-2021-vanderlei-limpeza_represa.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/218/indicacao_n068-2021-vanderlei-limpeza_represa.docx</t>
   </si>
   <si>
     <t>Solicitando um desassoreamento da represa da Água do Facão e abertura da estrada Alvorada.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/219/indicacao_n069-2021-edis-santa_felicidade.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/219/indicacao_n069-2021-edis-santa_felicidade.docx</t>
   </si>
   <si>
     <t>Solicitando melhorias nas ruas do Distrito de Santa Felicidade colocando galerias e bloquetes.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/226/indicacao_n070-2021-sergio-pista_de_caminhada.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/226/indicacao_n070-2021-sergio-pista_de_caminhada.docx</t>
   </si>
   <si>
     <t>Solicitando pista de caminhada na Avenida Rio Grande do Sul na saída para Nova Olímpia  até a Vila Rural Fany Lerner.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/227/indicacao_n071-2021-jucelino-energia.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/227/indicacao_n071-2021-jucelino-energia.docx</t>
   </si>
   <si>
     <t>Solicitando por intermédio de assessoria jurídica e os demais setores competentes, para que estudem a viabilidade técnica legal da elaboração de um projeto de lei complementar, e posterior envio ao Poder Legislativo de Tapira Paraná, dispondo sobre os prédios públicos do nosso município a energia fotovoltaica.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/228/indicacao_n072-2021-jucelino-carteira.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/228/indicacao_n072-2021-jucelino-carteira.docx</t>
   </si>
   <si>
     <t>Referente o devido investimento na área de geração de emprego em nosso município, solicitando para que viabilize um estudo junto a Secretaria de Indústria e Comércio e órgãos competentes para emissão de Carteira de Trabalho em nosso município.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/229/indicacao_n073-2021-edis-asfalto.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/229/indicacao_n073-2021-edis-asfalto.docx</t>
   </si>
   <si>
     <t>Solicitando o asfalto na Vila Rural de Ouro Verde com passeio dos dois lados para que sirva de pista de caminhada._x000D_
 Ao término da obra que sejam feitas as lombadas e sinalizações adequadas.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/230/indicacao_n074-2021-sergio-quebra-mola.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/230/indicacao_n074-2021-sergio-quebra-mola.docx</t>
   </si>
   <si>
     <t>Solicitando quebra-molas nas seguintes localidades:_x000D_
 _x000D_
 - Na Rua Campo Largo com a Rua Rio Negro (em frente à casa do Dionísio Hara);_x000D_
 _x000D_
 - Na Rua Piraquara com a Rua Rio Negro (em frente à casa da Wanda Chiodi);_x000D_
 _x000D_
 - Na Rua Bocaiúva com a Rua Rio Negro (em frente à casa da Maria do Lei).</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/232/indicacao_n075-2021-sergio-lombada_elevada.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/232/indicacao_n075-2021-sergio-lombada_elevada.docx</t>
   </si>
   <si>
     <t>Solicitando faixa elevada para travessia de pedestres na Avenida Curitiba (experimental) ou em outro ponto, mas de preferência no centro da cidade. Atendendo os dispositivos constantes na Resolução N°738/2018 do Conselho Nacional De Trânsito (CONTRAN), onde estabelece os padrões e critérios para a instalação de travessia elevada para pedestres em vias públicas.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/233/indicacao_n076-2021-sergio-lampadas_apagdas.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/233/indicacao_n076-2021-sergio-lampadas_apagdas.docx</t>
   </si>
   <si>
     <t>Solicitando que seja comunicado a empresa responsável para que execute uma fiscalização quanto à iluminação da cidade, pois na Avenida Curitiba entre o Posto Zabini e a rodoviária as lâmpadas se encontram acesas tanto à noite quanto durante o dia e já as lâmpadas existentes no canteiro da Avenida Paraná (saída para o Distrito de Ouro Verde) ficam apagadas durante a noite.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/234/indicacao_n077-2021-edis-casinhas.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/234/indicacao_n077-2021-edis-casinhas.docx</t>
   </si>
   <si>
     <t>Indicam ao Senhor Prefeito e Secretário do setor competente para viabilizar o Programa da Casa Verde Amarela numa parceria do Governo Federal, Caixa Econômica e Município de Tapira. Mas que estude uma fórmula para que as parcelas do financiamento sejam bem reduzidas para pagar, devido ao poder aquisitivo das  famílias que necessitam de moradias são baixo.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/235/indicacao_n078-2021-helio_sergio.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/235/indicacao_n078-2021-helio_sergio.docx</t>
   </si>
   <si>
     <t>olicitando que seja incluso na LDO (Lei de Diretrizes Orçamentárias) na Secretaria de Agricultura a alíquota de 2% (dois por cento) do ICMS a ser transferido para CMDRS (Conselho Municipal de Desenvolvimento Rural Sustentável).</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/236/indicacao_n079-2021-jucelino-estrada.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/236/indicacao_n079-2021-jucelino-estrada.docx</t>
   </si>
   <si>
     <t>Solicitando o patrolamento, cascalhamento e a compactação do solo da Estrada Rural Água Bela Vista, sentido à casa do Senhor Gercino Luiz da Conceição (popular Belém). Sugerindo que seja nos top da estrada após o riacho.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/237/indicacao_n080-2021-sergio-ati_-_apae.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/237/indicacao_n080-2021-sergio-ati_-_apae.docx</t>
   </si>
   <si>
     <t>Solicitando que seja instalada uma ATI (Academia da Terceira Idade) na APAE de nosso município.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/238/indicacao_n081-2021-claudemir-seguranca.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/238/indicacao_n081-2021-claudemir-seguranca.docx</t>
   </si>
   <si>
     <t>Solicitando que veja uma possibilidade de ter uma segurança armada na entrada das escolas municipais.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/241/indicacao_n082-2021-rosa-reparos_na_quadra.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/241/indicacao_n082-2021-rosa-reparos_na_quadra.docx</t>
   </si>
   <si>
     <t>Solicitando reparos gerais na quadra do Distrito de Santa Felicidade (redes, iluminação).</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/242/indicacao_083-2021-claudemir.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/242/indicacao_083-2021-claudemir.docx</t>
   </si>
   <si>
     <t>Solicitando que sejam colocadas placas com avisos nas entradas da cidade para que os motoristas verifiquem seus caminhões boiadeiros antes de cruzarem a cidade espalhando os dejetos pelo asfalto.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/243/indicacao_n084-2021-sergio-casinhas.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/243/indicacao_n084-2021-sergio-casinhas.docx</t>
   </si>
   <si>
     <t>pleitear junto ao governo Estadual e/ou Federal recurso para construção de casas rurais com subsídio ou com juros mínimos, para atender as famílias do crédito fundiário e pequenos produtores da agricultura familiar.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/249/indicacao_n085-2021-alcides-calcamento.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/249/indicacao_n085-2021-alcides-calcamento.docx</t>
   </si>
   <si>
     <t>solicitando que os bloquetes do estacionamento em frente à Igreja Católica sejam trocados por tijolinhos ecológicos, para assim combinar com os que já se encontram colocados na praça.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/250/indicacao_n086-2021-alcides-padroeiros.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/250/indicacao_n086-2021-alcides-padroeiros.docx</t>
   </si>
   <si>
     <t>solicitando que sejam colocadas na frente da Igreja Católica, monumento das imagens dos padroeiros da Paróquia (Nossa Senhora do Rocio e São Sebastião) um monumento de um lado e outro monumento do outro lado da igreja.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/251/indicacao_n087-2021-edis-ju.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/251/indicacao_n087-2021-edis-ju.docx</t>
   </si>
   <si>
     <t>solicitando providências para gestionar no âmbito de sua competência municipal, para criação de Unidades de Conservação Ambiental Privada visando o recebimento do incentivo do ICMS Ecológico que foi instituído no Paraná pela Lei Complementar N°59/91.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/255/indicacao_n088-2021-vanderlei-conselho.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/255/indicacao_n088-2021-vanderlei-conselho.docx</t>
   </si>
   <si>
     <t>Solicitando para que possa tomar as medidas cabíveis na aquisição de um carro novo para o Conselho Tutelar de nosso Município.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/254/indicacao_n089-2021-jucelino-.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/254/indicacao_n089-2021-jucelino-.docx</t>
   </si>
   <si>
     <t>solicitando a viabilidade junto a Secretaria competente para que faça um estacionamento no canteiro da Avenida Curitiba (em frente a Academia do Cleônio).</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/256/indicacao_n090-2021-claudemir-iluminacao_assentamento.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/256/indicacao_n090-2021-claudemir-iluminacao_assentamento.docx</t>
   </si>
   <si>
     <t>Solicitando iluminação no Assentamento da Água da Ajuda – Grupo 21.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Plantar grama no canteiro da Avenida Rio Grande do Sul, onde foi feito o novo estacionamento.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/264/indicacao_n092-2021-sergio-asfalto.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/264/indicacao_n092-2021-sergio-asfalto.docx</t>
   </si>
   <si>
     <t>Solicitando a busca de recursos para asfaltar parte da Rua Antônio Hermínio de Aguiar, entre a Rua São Mateus e a Rua Irati.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/265/indicacao_n093-2021-sergio-reparos.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/265/indicacao_n093-2021-sergio-reparos.docx</t>
   </si>
   <si>
     <t>Solicitando reparo na calçada da Avenida Curitiba entre o prédio do Banco Sicred até o prédio do João da Colchoaria.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/266/indicacao_n094-2021-rosa-reparos.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/266/indicacao_n094-2021-rosa-reparos.docx</t>
   </si>
   <si>
     <t>Solicitando reparo na calçada do canteiro da Rua Antônio Hermínio de Aguiar (em frente o ginásio de esportes)._x000D_
 E que possa ser feito um reparo geral em todas as calçadas, evitando assim possíveis acidentes.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/270/095.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/270/095.pdf</t>
   </si>
   <si>
     <t>Sérgio juntamente com o Vereador Hélio solicitam que seja instalado um toldo na rampa que dá acesso ao agendamento e farmácia e também outro toldo no corredor que dá acesso a sala da vacina.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/271/096.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/271/096.pdf</t>
   </si>
   <si>
     <t>Solicitando um toldo na frente do prédio da fisioterapia de nosso município.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/272/97.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/272/97.pdf</t>
   </si>
   <si>
     <t>Solicitando uma travessia no canteiro da Avenida Rio Grande do Sul (saída para Nova Olímpia), dando acesso à Rua Londrina.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/274/98.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/274/98.pdf</t>
   </si>
   <si>
     <t>Considerando que a educação ambiental não deve ser tratada como algo distante de nosso cotidiano e que é de suma importância a conscientização da preservação do meio ambiente, sendo necessário que se faça instalação de alguns eco pontos em nossa comunidade Tapirense, sendo nos Distritos de Santa Felicidade, Ouro Verde e Gleba 4 e também na rampa do Rio Ivaí, com o objetivo de fazer o descarte correto do lixo.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/275/indicacao_n099-2021-sergio-cameras.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/275/indicacao_n099-2021-sergio-cameras.docx</t>
   </si>
   <si>
     <t>Solicitando instalação de câmeras na praça da Igreja, prédios e espaços públicos.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/276/100.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/276/100.pdf</t>
   </si>
   <si>
     <t>Solicitando limpeza e reposição de areia no parquinho do canteiro próximo a feira do produtor.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/277/101.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/277/101.pdf</t>
   </si>
   <si>
     <t>Solicitando instalação de um “ecoponto” na entrada da Água do Avião – KM 8 – ao lado da propriedade do Sr. Antônio Gouveia Junior (ao lado o asfalto).</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/278/102.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/278/102.pdf</t>
   </si>
   <si>
     <t>Sérgio Magalhães da Silva solicita que seja cercado o campinho de futebol do Distrito de Gleba 4.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/279/103.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/279/103.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja colocado lâmpadas de led, através de energia solar, em toda iluminação pública.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/280/104.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/280/104.pdf</t>
   </si>
   <si>
     <t>Solicitando asfalto (ou bloquetes) na Vila Rural Fany Lerner. Podendo ser solicitado junto ao Governo do Estado do Paraná um convênio que faz parte de um grande programa de modernização para asfalto das estradas rurais, chamado de Estradas da Integração.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/281/105.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/281/105.pdf</t>
   </si>
   <si>
     <t>Solicitando abertura da Rua Rio Negro até a estrada Canavieira.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/282/106.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/282/106.pdf</t>
   </si>
   <si>
     <t>Solicitando construção de uma passarela na Escola Municipal Campos Sales, ligando os pavilhões até a saída na Rua Ponta Grossa, com uma cobertura, para que assim os alunos possam embarcar e desembarcar do ônibus com segurança, protegido do sol e da chuva.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>solicitando uma limpeza das laterais, abertura, cascalhamento e iluminação da Rua União da Vitória, nos trechos que liga (esquina da Rua Guaratuba até a esquina da Porto Alegre – esquina com a Cocamar).</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/295/indicacao_n108-2021-jucelino-vila_rural.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/295/indicacao_n108-2021-jucelino-vila_rural.docx</t>
   </si>
   <si>
     <t>Solicitando para a Vila Rural Fany Lerner, melhoria da iluminação com rebaixamento das lâmpadas. E que uma vez por mês seja encaminhado uma equipe de enfermeiro e técnico para fazer uma triagem dos moradores, com atendimento no centro comunitário da referida localidade.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/296/indicacao_n109-2021-sergio-areas_de_lazer.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/296/indicacao_n109-2021-sergio-areas_de_lazer.docx</t>
   </si>
   <si>
     <t>Solicitando áreas de lazer com playground, quadras de areia e/ou campinhos, em várias localidades do município, como por exemplo Vila Operária, Mutirões, Jardim Itália, Vila Nova, Vila Rural, Chimitão, etc. (inclusive nos distritos).</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/297/110.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/297/110.pdf</t>
   </si>
   <si>
     <t>Solicitando cobertura da quadra do Distrito de Gleba Quatro.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/302/111-rosa.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/302/111-rosa.pdf</t>
   </si>
   <si>
     <t>Solicitando a possibilidade de se criar um programa que prevê a distribuição de absorventes íntimos para mulheres em situação de vulnerabilidade social.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/303/indicacao_n112-2021-claudemir.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/303/indicacao_n112-2021-claudemir.docx</t>
   </si>
   <si>
     <t>Solicitando construção de estacionamento ao redor do muro da Escola Municipal Campos Sales.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/308/113.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/308/113.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja colocado um padrão de energia ao lado do prédio da Câmara, do qual leva energia tanto para a Câmara como para a prefeitura.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/309/indicacao_n114-2021-devair-retificar__indicacao.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/309/indicacao_n114-2021-devair-retificar__indicacao.docx</t>
   </si>
   <si>
     <t>Retificando a Indicação N°105/2021 onde solicitei a abertura da Rua Rio Negro até a estrada Canavieira._x000D_
 Tal abertura seria após o prédio do Clube.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/313/indicacao_n115-2021-devair-podas_das_arvores.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/313/indicacao_n115-2021-devair-podas_das_arvores.docx</t>
   </si>
   <si>
     <t>Solicitando que seja realizada podas nas árvores velhas que se encontram próximas da rede de energia.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>Solicitando a aquisição de geradores de energia.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/312/indicacao_n117-2021-devair-triturador_de_galhos.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/312/indicacao_n117-2021-devair-triturador_de_galhos.docx</t>
   </si>
   <si>
     <t>Solicitando providências para que seja adquirido para o município um triturador de galhos.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/314/indicacao__118.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/314/indicacao__118.pdf</t>
   </si>
   <si>
     <t>Solicitando asfalto na Rua Ponta Grossa, trecho que fica entre a Avenida Paraná e a Rua Londrina (em frente a loja de roupa infantil)</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>Solicitando que sejam colocadas placas de sinalização nas ruas das proximidades das escolas do município.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/319/indicacao_n120-2021-claudemir-quebra-mola.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/319/indicacao_n120-2021-claudemir-quebra-mola.docx</t>
   </si>
   <si>
     <t>Solicitando quebra mola na Rua Roberto Farias da Silva, próximo à casa da Elaine (que trabalha no pátio da prefeitura).</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/320/indicacao_n121-2021-sergio-canteiro.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/320/indicacao_n121-2021-sergio-canteiro.docx</t>
   </si>
   <si>
     <t>Solicitando que seja construído um estacionamento no canteiro da Avenida Porto Alegre (próximo ao Posto de Gasolina Zabini).</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>prefeito</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/93/projeto_de_lei_n_1011-2021-unificacao.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/93/projeto_de_lei_n_1011-2021-unificacao.docx</t>
   </si>
   <si>
     <t>Unificação de Lotes.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/94/projeto_de_lei_1012-2021-desmembramento.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/94/projeto_de_lei_1012-2021-desmembramento.doc</t>
   </si>
   <si>
     <t>Desmembramento de Lote.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/95/projeto_de_lei_n_1013-2021_-_autoriza_serv._dirigir_veiculos.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/95/projeto_de_lei_n_1013-2021_-_autoriza_serv._dirigir_veiculos.docx</t>
   </si>
   <si>
     <t>Autoriza Prefeito, Vice Prefeito, secretários municipais, servidores efetivos e comissionados a dirigirem veículos oficiais da administração pública municipal direta, autárquica e fundacional e dá outras providências.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/109/projeto_de_lei_n_1014_-_assoc._rural_sede.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/109/projeto_de_lei_n_1014_-_assoc._rural_sede.doc</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para cessão em comodato e, dá outras providências.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/110/projeto_de_lei_n_1015__-_assoc._bicho_da_seda.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/110/projeto_de_lei_n_1015__-_assoc._bicho_da_seda.doc</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/124/projeto_de_lei_n_1016_-_fama.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/124/projeto_de_lei_n_1016_-_fama.doc</t>
   </si>
   <si>
     <t>Dispõe sobre autorização  para cessão em comodato e, dá outras providências.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/125/projeto_de_lei_n_1017_-__recomposicao_salarial_2021.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/125/projeto_de_lei_n_1017_-__recomposicao_salarial_2021.doc</t>
   </si>
   <si>
     <t>Concede a recomposição salarial e aumento real dos vencimentos dos Servidores Públicos do Poder Executivo e dá outras providências.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/260/projeto_de_lei_1018-2021-_vencimentos_de_cargos_e_carreiras.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/260/projeto_de_lei_1018-2021-_vencimentos_de_cargos_e_carreiras.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei N°1018/2021 - Súmula: Equipara os vencimentos de cargos e Carreiras Administrativas.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/126/projeto_de_lei_n_1019-_salario_municipal_recomposicao__2021.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/126/projeto_de_lei_n_1019-_salario_municipal_recomposicao__2021.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a recomposição inflacionária do salário mínimo municipal e dá outras providências, alterando a Lei Municipal 937/2020.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/127/projeto_de_lei_n_1020_-_canaver.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/127/projeto_de_lei_n_1020_-_canaver.doc</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para cessão em comodato e, dá  outras providências.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/128/projeto_de_lei_1021-2021-comodato_niza_confeccoes.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/128/projeto_de_lei_1021-2021-comodato_niza_confeccoes.pdf</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/129/projeto_de_lei_n_1023-2021__fundeb.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/129/projeto_de_lei_n_1023-2021__fundeb.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a readequação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de  Manutenção e Desenvolvimento da Educação Básica e Valorização dos Profissionais da Educação – Conselho do FUNDEB, nos termos da Lei Federal nº 14.113, de 25 de dezembro de 2020.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/143/projeto_de_lei_1024-2021-desmembramento.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/143/projeto_de_lei_1024-2021-desmembramento.doc</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>Desafeta de uso comum a população, parte da rua Palmas, passando para domínio do Município.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>Claudio Sidiney de Lima</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/175/projeto_de_lei_n1026-2021_-_operacao_de_credito.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/175/projeto_de_lei_n1026-2021_-_operacao_de_credito.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a Caixa Econômica Federal, e da outras providencias.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/173/projeto_de_lei_1027-2021_-_criacao_do_conselho_industrial.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/173/projeto_de_lei_1027-2021_-_criacao_do_conselho_industrial.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Desenvolvimento Industrial e dá outras providências.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/170/projeto_de_lei_1028-2021-desafetacao.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/170/projeto_de_lei_1028-2021-desafetacao.doc</t>
   </si>
   <si>
     <t>Desafeta de uso comum a população, parte da rua palmas, passando para domínio do município.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/172/projeto_de_lei_1029-2021_-_refis-2021.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/172/projeto_de_lei_1029-2021_-_refis-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a instituir o Programa de Recuperação de Créditos Tributários do Município – REFIS/2021, e dá outras providências".</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/188/projeto_de_lei_1030-2021_-unificacao_de_lote.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/188/projeto_de_lei_1030-2021_-unificacao_de_lote.pdf</t>
   </si>
   <si>
     <t>Unificação de Lote.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/189/projeto_de_lei_1031-2021_-_desmembramento_de_lote.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/189/projeto_de_lei_1031-2021_-_desmembramento_de_lote.pdf</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/179/projeto_de_lei_1032-2021_-_unificacao_de_lotes.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/179/projeto_de_lei_1032-2021_-_unificacao_de_lotes.pdf</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/190/projeto_de_lei_1033-2021_-_unificacao_de_lote.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/190/projeto_de_lei_1033-2021_-_unificacao_de_lote.pdf</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/191/projeto_de_lei_1034-2021_-_desmembramento_de_lote.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/191/projeto_de_lei_1034-2021_-_desmembramento_de_lote.pdf</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/192/projeto_de_lei_1035-2021_-_desmembramento_de_lote.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/192/projeto_de_lei_1035-2021_-_desmembramento_de_lote.pdf</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/222/projeto_de_lei_1036-2021_-_unificacao_de_lotes_-_cemiterio_municipal.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/222/projeto_de_lei_1036-2021_-_unificacao_de_lotes_-_cemiterio_municipal.pdf</t>
   </si>
   <si>
     <t>Unificação de Lotes de propriedade do Município de uso exclusivo do cemitério Municipal de Tapira.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/223/projeto_de_lei_1037-2021_-_servico_de_inspencao_municipal_-_sim-poa.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/223/projeto_de_lei_1037-2021_-_servico_de_inspencao_municipal_-_sim-poa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inspeção de produtos de origem animal e dá outras providências.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/224/projeto_de_lei_1038-2021_-_desmembramento_de_lote.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/224/projeto_de_lei_1038-2021_-_desmembramento_de_lote.pdf</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/225/projeto_de_lei_1039-2021_-_zoonoses_animais.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/225/projeto_de_lei_1039-2021_-_zoonoses_animais.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre controle de zoonoses, controle das populações de animais e do bem-estar animal do município de Tapira e dá outras providências.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/239/projeto_de_lei_1040-2021_-_desmembramento_de_lote.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/239/projeto_de_lei_1040-2021_-_desmembramento_de_lote.pdf</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/240/projeto_de_lei_1041-2021_-_altera_a_lei_963-2021.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/240/projeto_de_lei_1041-2021_-_altera_a_lei_963-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal N°963/2021 e dá outras providências.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/231/projeto_de_lei_n1042-ldo_-completa.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/231/projeto_de_lei_n1042-ldo_-completa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária para o exercício de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/261/projeto_de_lei_1044-2021_-_desmembramento.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/261/projeto_de_lei_1044-2021_-_desmembramento.pdf</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/262/projeto_de_lei_1045-2021_-_sedu_-_credito.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/262/projeto_de_lei_1045-2021_-_sedu_-_credito.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito junto a SEDU - Secretaria de Desenvolvimento Urbano do Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/267/projeto_de_lei_1048_-_desmembramento.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/267/projeto_de_lei_1048_-_desmembramento.pdf</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/263/projeto_de_lei_1049-2021_-_conselho_rural_sustentavel.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/263/projeto_de_lei_1049-2021_-_conselho_rural_sustentavel.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Conselho Municipal de Desenvolvimento Rural Sustentável e dá outras providências.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/268/projeto_de_lei_1050-2021_-_desmembramento.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/268/projeto_de_lei_1050-2021_-_desmembramento.pdf</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/273/projeto_de_lei_1051-2021_-_programa_inseminacao_bovinos_leiteiro.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/273/projeto_de_lei_1051-2021_-_programa_inseminacao_bovinos_leiteiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa de Inseminação Artificial em Bovinos Leitores - PIABL e dá outras providências.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/290/projeto_de_lei_1052-2021.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/290/projeto_de_lei_1052-2021.pdf</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/304/projeto_de_lei_1053-2021_alienar_imoveis_urbanos.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/304/projeto_de_lei_1053-2021_alienar_imoveis_urbanos.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal alienar mediante venda, imóveis urbanos que adiante especifica e dá outras providências.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/305/projeto_de_lei_n1054-comodato.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/305/projeto_de_lei_n1054-comodato.pdf</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/306/projeto_de_lei_1055-2021-correto.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/306/projeto_de_lei_1055-2021-correto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Tapira, Estado do Paraná, para o Quadriênio 2022 à 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/307/projeto_de_lei_1056-2021-receita.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/307/projeto_de_lei_1056-2021-receita.pdf</t>
   </si>
   <si>
     <t>Estima a RECEITA e fixa a DESPESA do Município de TAPIRA, Estado do Paraná, para o exercício financeiro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/318/projeto_de_lei_1057-2021_-_desmembramento_de_lote.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/318/projeto_de_lei_1057-2021_-_desmembramento_de_lote.pdf</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/322/projeto_de_lei_1058-2021_-_unificacao.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/322/projeto_de_lei_1058-2021_-_unificacao.pdf</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Claudemir A. de Abreu e Devair dos Santos</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação do regime de adiantamento e ressarcimento de despesas de pequeno valor e dá outras providências.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/315/projeto_de_resolucao_n002-2021-horario_sessoes.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/315/projeto_de_resolucao_n002-2021-horario_sessoes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Resolução nº005/1990 que dispõe sobre o Regimento Interno da Câmara Municipal de Tapira e dá outras providências.</t>
   </si>
   <si>
     <t>Of.R</t>
   </si>
   <si>
     <t>Ofício Recebido</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/117/oficio_n005-2020-pedido_claudemir.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/117/oficio_n005-2020-pedido_claudemir.docx</t>
   </si>
   <si>
     <t>instalação uma pequena Unidade Básica de Saúde na Vila Operária, para pequenos procedimentos: medir diabete, aferir pressão, etc.</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/118/oficio_n006-2020-pedido_claudemir_podas.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/118/oficio_n006-2020-pedido_claudemir_podas.docx</t>
   </si>
   <si>
     <t>de que seja realizada poda das árvores que estão nos canteiros e calçadas, em diversas ruas e avenidas da cidade, pois estão impedindo a visão dos motoristas aos cruzarem as ruas e prejudicando a trafegabilidade de veículos,  em especial os de grande porte.</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/119/oficio_n007-2020-pedido_claudemir_ati.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/119/oficio_n007-2020-pedido_claudemir_ati.docx</t>
   </si>
   <si>
     <t>instalação de uma ATI (Academia da Terceira Idade) na Vila Operária.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/131/049.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/131/049.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício 003-2021 desta Câmara.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/132/050.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/132/050.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício 004-2021 desta Câmara.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/133/051.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/133/051.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício 005-2021 desta Câmara.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/134/052.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/134/052.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício 006-2021 desta Câmara.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/135/053.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/135/053.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício 007-2021 desta Câmara.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/136/054.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/136/054.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício 008-2021 desta Câmara.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/137/055.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/137/055.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício 009-2021 desta Câmara.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/138/056.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/138/056.pdf</t>
   </si>
   <si>
     <t>Encaminhar os relatórios da Lei Complementar n°101/2000 e da Lei n 4.320/64 do Exercício de 2020.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/193/088-2021.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/193/088-2021.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício N°018/2021 desta Casa de Leis.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/194/090-2021.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/194/090-2021.pdf</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/174/oficio_106-2021_-_camara_-_documentos_complementares.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/174/oficio_106-2021_-_camara_-_documentos_complementares.pdf</t>
   </si>
   <si>
     <t>Envia documentos complementares ao Projeto de Lei N°1026/2021.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/195/128-2021.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/195/128-2021.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício N°010/2021 desta Casa de Leis.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/207/oficio_130-2021.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/207/oficio_130-2021.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício 023/2021 desta Câmara.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/208/oficio_131-2021.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/208/oficio_131-2021.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício 024/2021 desta Câmara.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/209/oficio_132-2021.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/209/oficio_132-2021.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício 025/2021 desta Câmara.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/210/oficio_133-2021.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/210/oficio_133-2021.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício 026/2021 desta Câmara.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/211/oficio_146-audiencia_publica.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/211/oficio_146-audiencia_publica.pdf</t>
   </si>
   <si>
     <t>Encaminhando Edital de Audiência Pública da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/291/oficio_283-2021.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/291/oficio_283-2021.pdf</t>
   </si>
   <si>
     <t>Solicita urgência na apreciação do Projeto de Lei 1052/2021.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/253/coreicao.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/253/coreicao.pdf</t>
   </si>
   <si>
     <t>A Promotoria de Justiça da Comarca de Cidade Gaúcha será submetida à Correição.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>Con</t>
   </si>
   <si>
     <t>Convite</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/288/convite_vila_rural.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/288/convite_vila_rural.pdf</t>
   </si>
   <si>
     <t>Convite da AMVIRU para uma reunião no dia 29-09-2021.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>Tiago Cabrera de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/289/convite_-_ap_implantacao_tecnologia_5g_no_parana.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/289/convite_-_ap_implantacao_tecnologia_5g_no_parana.pdf</t>
   </si>
   <si>
     <t>Convite da Secretaria Municipal de Agricultura, Pecuária e Meio Ambiente.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>Div.</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
     <t>Comunicamos a todos os vereadores que apresentaram Indicações nos últimos meses que procure a secretaria da Câmara, pois o Poder Executivo enviou Ofícios respondendo a cada pedido.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/299/edital_de_audiencia_publica_da_camara.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/299/edital_de_audiencia_publica_da_camara.pdf</t>
   </si>
   <si>
     <t>Edital de Audiência Pública n°03/2021 da Câmara Municipal de Tapira</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/171/oficio_n033-2021-siafic.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/171/oficio_n033-2021-siafic.doc</t>
   </si>
   <si>
     <t>Sistema Único e Integrado de Execução Orçamentaria, Administração Financeira e Controle - SIAFIC</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/139/projeto_de_lei_legislativo_n001-2021-_recomp._servidores.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/139/projeto_de_lei_legislativo_n001-2021-_recomp._servidores.doc</t>
   </si>
   <si>
     <t>Concede recomposição salarial dos vencimentos dos Servidores Públicos do Poder Legislativo, e da outras providências.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/180/projeto_de_lei_legislativo_n002-2021-_sergio.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/180/projeto_de_lei_legislativo_n002-2021-_sergio.doc</t>
   </si>
   <si>
     <t>Dispõe sobre o expresso impedimento, no Município de Tapira, Estado do Paraná, a decretação de fechamento de estabelecimentos comerciais por decorrência da pandemia do Covid-19 sem reunião prévia com representantes dos empregadores e empregados.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/220/projeto_de_lei_legislativo_n_003-2021-_sergio_e_helio.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/220/projeto_de_lei_legislativo_n_003-2021-_sergio_e_helio.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão dos Representantes Religiosos e os funcionários que trabalham na coleta de lixo ao grupo de risco para receberem as vacinas nas campanhas de vacinação do Município de TAPIRA, conforme especifica.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/221/projeto_de_lei_legislativo_004-2021.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/221/projeto_de_lei_legislativo_004-2021.pdf</t>
   </si>
   <si>
     <t>Institui a política municipal do controle de natalidade de cães e gatos e dá  outras providências.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/292/projeto_legislativo_005-2021.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/292/projeto_legislativo_005-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe no âmbito do Município de Tapira, prioridade de atendimento às pessoas com fibromialgia nos locais que especifica e dá outras providências._x000D_
 Projeto de autoria dos Vereadores Sérgio Magalhães da Silva e Hélio Belter.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/316/projeto_de_lei_legislativo_n006-2021-inflacao.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/316/projeto_de_lei_legislativo_n006-2021-inflacao.pdf</t>
   </si>
   <si>
     <t>Suspende a recomposição salarial dos vencimentos dos Servidores Públicos do Poder Legislativo, e da  outras providências.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/328/of._01-jucelino-comissoes.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/328/of._01-jucelino-comissoes.pdf</t>
   </si>
   <si>
     <t>Membro da comissão solicitando ao presidente da mesma comissão a possibilidade de ser alterado o horário da reunião da Comissão de Economia, Finanças e Fiscalização.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/269/oficio_apae.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/269/oficio_apae.pdf</t>
   </si>
   <si>
     <t>Ofício n°21 solicitando espaço para que o senhor Paulo césar Alves de Souza, que atua como fonoaudiólogo na APAE, faça uso da palavra na sessão ordinária do dia 23-08-2021, para divulgação da Semana Nacional da Pessoa com Deficiência Intelectual e Múltipla que acontece de 21 a 28 de agosto.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/181/oficio_n032-2021-devolver_projeto_1026.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/181/oficio_n032-2021-devolver_projeto_1026.doc</t>
   </si>
   <si>
     <t>Sirvo-me do presente para cumprimentá-lo cordialmente e na oportunidade devolver a Vossa Excelência o projeto de lei 1026/2021._x000D_
 O projeto de lei com a Súmula: “Autoriza o Poder Executivo a contratar operação de credito com a Caixa Econômica Federal, e da outras providencias”. Não veio acompanhado dos anexos necessário para darmos sequência no processo legislativo._x000D_
 Projetos de operação de crédito exigem estarem instruídos com certidões e demais documentos.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/212/oficio_n041-2021-audiencia_publica.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/212/oficio_n041-2021-audiencia_publica.docx</t>
   </si>
   <si>
     <t>Convocando a Comissão de Economia, Finanças e Fiscalização para Audiência Pública desta Câmara Municipal que será realizada no dia 31-05-2021.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>Ofício recebido da Prefeitura de Tapira encaminhando documentos referentes ao Projeto de Lei N°1026/2021</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/244/oficio_129-2021.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/244/oficio_129-2021.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício n°021/2021.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/245/oficio_136-2021-indicacoes.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/245/oficio_136-2021-indicacoes.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício 029/2021.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/248/oficio_136-2021-indicacoes.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/248/oficio_136-2021-indicacoes.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício n°029/2021.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/246/oficio_137-2021_resposta_indicacoes.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/246/oficio_137-2021_resposta_indicacoes.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício n° 030/2021.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/247/138.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/247/138.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício 033/2021.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/298/oficio_274-2021-audiencia_publica.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/298/oficio_274-2021-audiencia_publica.pdf</t>
   </si>
   <si>
     <t>Anexando o Edital de Audiência Pública  do 2° Quadrimestre de 2021.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/258/emenda_001.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/258/emenda_001.pdf</t>
   </si>
   <si>
     <t>Emenda Orçamentaria Aditiva ao Projeto de Lei nº 1042 de 08 de junho de 2021 de Autoria do Executivo Municipal._x000D_
 Adite-se ao Ado Programa 0013 Da Promoção extensão rural,  apoio a produção agrícola para o Conselho Municipal de Desenvolvimento Rural Sustentável, 200,000 de Meta Física.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/259/emenda_002.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/259/emenda_002.pdf</t>
   </si>
   <si>
     <t>A Comissão de Economia, Finanças e Fiscalização, pelos seu membros Vereadores  infra-assinados, no uso de suas atribuições legais, submetem à apreciação da Câmara Municipal de Tapira a seguinte proposição:_x000D_
 Emenda Orçamentaria Supressiva _x000D_
 SUPRIMA-SE O ART. 37 DO PROJETO DE LEI º 1042 DE 08 DE JUNHO DE 2021 QUE INSTITUI A LEI DE DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2022,  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/283/emenda_003-projeto_1039-2021.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/283/emenda_003-projeto_1039-2021.pdf</t>
   </si>
   <si>
     <t>Fica suprimido o Artigo 8° do Projeto de Lei N°1039-2021 _x000D_
 Art.8° Não serão permitidos, em residência particular, a criação, o alojamento e a manutenção de mais de cinco animais, no total, das espécies canina ou felina com idade superior a noventa dias_x000D_
 Emenda apresentada pelos Vereadores: Hélio, Sérgio, Rosangela e Claudemir.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/284/emenda_004-projeto_1039-2021.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/284/emenda_004-projeto_1039-2021.pdf</t>
   </si>
   <si>
     <t>Fica acrescido na redação do Parágrafo Único do Artigo 11, do  Projeto de Lei n° 1039-2021._x000D_
 “Paragrafo Único. Findo o prazo previsto no caput deste artigo, será aplicada multa de 1(uma) UFRM - Unidade Fiscal de Referencia do Município, podendo ser aplicada em dobro para reincidência, além de outras medidas cabíveis com base na legislação vigente, dirigidas ao proprietário/responsável pelo animal"._x000D_
 Apresentada pelos Vereadores: Hélio, Sérgio, Rosangela e Claudemir.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/285/emenda_005-projeto_1027-2021.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/285/emenda_005-projeto_1027-2021.pdf</t>
   </si>
   <si>
     <t>Acrescenta-se ao Projeto de Lei n°1027-2021 o seguinte art. 34-A, renumerando-se os artigos subsequentes:_x000D_
  “Art. 1º - Fica acrescentado ao projeto de Lei  nº 1027/2021 o artigo 34 – A com a seguinte redação:_x000D_
 “Art. 34-A – Todas as deliberações sobre imóveis constantes nesta lei, deverão ser apreciadas pela Câmara Municipal em votação por maioria absoluta de votos.”_x000D_
 Emenda apresentada pelos vereadores: Alcides, Claudemir, Devair, Jucelino, Rosa, Rosangela e Vanderlei.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/286/emenda_006-projeto_1027-2021.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/286/emenda_006-projeto_1027-2021.pdf</t>
   </si>
   <si>
     <t>Suprima-se do Art.3º, § 2º -  Projeto de Lei nº 1027, parte que diz “O Secretário Municipal de Industria e Comercio” ficando com a seguinte redação: _x000D_
 “Art. 1º - Fica suprimido parte do  § 2º,  Art. 3º do projeto de Lei  nº 1027/202, dando a seguinte redação:_x000D_
 “Art. 3º, §2º - “ O presidente do Conselho, os cargos de Vice-Presidente e Secretário serão escolhidos por eleição entre os demais membros.”_x000D_
 _x000D_
 Emenda apresentada pelos vereadores: Alcides, Claudemir, Devair, Jucelino, Rosa, Rosangela e Vanderlei.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
@@ -2782,68 +2782,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_n001-2021-helio-reposicao_inflacao.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/98/indicacao_n003-2021-helio-encontro_de_contas.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/99/indicacao_n004-2021-helio-copia_da_licitacao_barracao_industrial.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/100/indicacao_n005-2021-helio-copia_dos_recibos_de_pagamento.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/101/indicacao_n006-2021-jucelino.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/102/indicacao_n007-2021-sergio-bueiro.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/107/indicacao_n008-2021-sergio-sintetico.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/108/indicacao_n009-2021-sergio-ati.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/105/indicacao_n010-2021-sergio-copel.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/106/indicacao_n011-2021-devair_-_cameras-readequacao-pintura.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/111/indicacao_n012-2021-alcides-ati.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/112/indicacao_n013-2021-alcides-ati-tapira.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/113/indicacao_n014-2021-alcides-ati_-_vila_nova.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/114/indicacao_n015-2021-alcides-iluminacao.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/115/indicacao_n016-2021-sergio-arborizacao.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/116/indicacao_n017-2021-sergio-ouvidoria.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/120/indicacao_n018-2021-claudemir.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/121/indicacao_n019-2021-claudemir-niza.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/122/indicacao_n020-2021-sergio-estradas.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/130/indicacao_n022-2021-sergio-cmdrs.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_n024-2021-sergio-iptu.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/144/indicacao_n025-2021-rosa-limpeza_via.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/145/indicacao_n026-2021-helio-solicitacao_de_leis.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/146/indicacao_n027-2021-helio-balancete_educacao.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/147/indicacao_n028-2021-helio-parcelamento.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/148/indicacao_n029-2021-helio-rever_indicacao_003.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/149/indicacao_n030-2021-helio-portal.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/150/indicacao_n031-2021-vanderlei-estrada.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/151/indicacao_n032-2021-vanderlei-estrada_devechi.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/152/indicacao_n033-2021-claudemir-recapeamento.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/153/indicacao_n034-2021-claudemir-jovem_aprendiz.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/154/indicacao_n035-2021-claudemir-sementescalcario.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/155/indicacao_n036-2021-claudemir-levante_estradas.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/156/indicacao_n037-2021-claudemir-merenda_escolar.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_n038-2021-claudemir-informacoes_asfalto.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/158/indicacao_n039-2021-sergio-limpeza_cristo.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/160/indicacao_n041-2021-jucelino-usina_reciclagem.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/161/indicacao_n042-2021-jucelino-lombada.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/163/indicacao_n043-2021-sergio_e_jucelino-refletor.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/164/indicacao_n044-2021-sergio-placas_rurais.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/165/indicacao_n045-2021-helio-saude.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_n046-2021-claudemir-cobertura.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_n048-2021-sergio-pista_de_caminhada.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/183/indicacao_n049-2021-sergio-pista_de_caminhada_no_conteiro.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_n050-2021-vanderlei.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_n051-2021-vanderlei-animais.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_n052-2021-sergio_lixeiras.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/196/indicacao_n053-2021-devair-gleba4.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/197/indicacao_n054-2021-sergio-quebra-mola.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/198/indicacao_n055-2021-sergio_limpeza_meio_fios.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/199/indicacao_n056-2021-jucelino-limpeza.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_n057-2021-alcides-calcamento.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/205/indicacao_n058-2021-claudemir-quebra_mola.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/203/indicacao_n060-2021-sergio.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/204/indicacao_n061-2021-helio.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/206/indicacao_n062-2021-claudemir-boca_de_lobo.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/214/indicacao_n064-2021-sergio-asfalto.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/215/indicacao_n065-2021-jucelino.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/216/indicacao_n066-2021-helio-licitacao_rio_ivai.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/218/indicacao_n068-2021-vanderlei-limpeza_represa.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/219/indicacao_n069-2021-edis-santa_felicidade.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/226/indicacao_n070-2021-sergio-pista_de_caminhada.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/227/indicacao_n071-2021-jucelino-energia.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/228/indicacao_n072-2021-jucelino-carteira.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/229/indicacao_n073-2021-edis-asfalto.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/230/indicacao_n074-2021-sergio-quebra-mola.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/232/indicacao_n075-2021-sergio-lombada_elevada.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/233/indicacao_n076-2021-sergio-lampadas_apagdas.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/234/indicacao_n077-2021-edis-casinhas.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/235/indicacao_n078-2021-helio_sergio.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/236/indicacao_n079-2021-jucelino-estrada.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/237/indicacao_n080-2021-sergio-ati_-_apae.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/238/indicacao_n081-2021-claudemir-seguranca.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/241/indicacao_n082-2021-rosa-reparos_na_quadra.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/242/indicacao_083-2021-claudemir.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/243/indicacao_n084-2021-sergio-casinhas.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/249/indicacao_n085-2021-alcides-calcamento.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/250/indicacao_n086-2021-alcides-padroeiros.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/251/indicacao_n087-2021-edis-ju.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/255/indicacao_n088-2021-vanderlei-conselho.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/254/indicacao_n089-2021-jucelino-.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/256/indicacao_n090-2021-claudemir-iluminacao_assentamento.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/264/indicacao_n092-2021-sergio-asfalto.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/265/indicacao_n093-2021-sergio-reparos.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/266/indicacao_n094-2021-rosa-reparos.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/270/095.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/271/096.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/272/97.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/274/98.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/275/indicacao_n099-2021-sergio-cameras.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/276/100.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/277/101.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/278/102.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/279/103.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/280/104.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/281/105.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/282/106.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/295/indicacao_n108-2021-jucelino-vila_rural.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/296/indicacao_n109-2021-sergio-areas_de_lazer.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/297/110.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/302/111-rosa.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/303/indicacao_n112-2021-claudemir.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/308/113.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/309/indicacao_n114-2021-devair-retificar__indicacao.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/313/indicacao_n115-2021-devair-podas_das_arvores.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/312/indicacao_n117-2021-devair-triturador_de_galhos.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/314/indicacao__118.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/319/indicacao_n120-2021-claudemir-quebra-mola.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/320/indicacao_n121-2021-sergio-canteiro.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/93/projeto_de_lei_n_1011-2021-unificacao.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/94/projeto_de_lei_1012-2021-desmembramento.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/95/projeto_de_lei_n_1013-2021_-_autoriza_serv._dirigir_veiculos.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/109/projeto_de_lei_n_1014_-_assoc._rural_sede.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/110/projeto_de_lei_n_1015__-_assoc._bicho_da_seda.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/124/projeto_de_lei_n_1016_-_fama.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/125/projeto_de_lei_n_1017_-__recomposicao_salarial_2021.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/260/projeto_de_lei_1018-2021-_vencimentos_de_cargos_e_carreiras.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/126/projeto_de_lei_n_1019-_salario_municipal_recomposicao__2021.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/127/projeto_de_lei_n_1020_-_canaver.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/128/projeto_de_lei_1021-2021-comodato_niza_confeccoes.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/129/projeto_de_lei_n_1023-2021__fundeb.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/143/projeto_de_lei_1024-2021-desmembramento.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/175/projeto_de_lei_n1026-2021_-_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/173/projeto_de_lei_1027-2021_-_criacao_do_conselho_industrial.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/170/projeto_de_lei_1028-2021-desafetacao.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/172/projeto_de_lei_1029-2021_-_refis-2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/188/projeto_de_lei_1030-2021_-unificacao_de_lote.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/189/projeto_de_lei_1031-2021_-_desmembramento_de_lote.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/179/projeto_de_lei_1032-2021_-_unificacao_de_lotes.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/190/projeto_de_lei_1033-2021_-_unificacao_de_lote.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/191/projeto_de_lei_1034-2021_-_desmembramento_de_lote.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/192/projeto_de_lei_1035-2021_-_desmembramento_de_lote.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/222/projeto_de_lei_1036-2021_-_unificacao_de_lotes_-_cemiterio_municipal.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/223/projeto_de_lei_1037-2021_-_servico_de_inspencao_municipal_-_sim-poa.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/224/projeto_de_lei_1038-2021_-_desmembramento_de_lote.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/225/projeto_de_lei_1039-2021_-_zoonoses_animais.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/239/projeto_de_lei_1040-2021_-_desmembramento_de_lote.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/240/projeto_de_lei_1041-2021_-_altera_a_lei_963-2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/231/projeto_de_lei_n1042-ldo_-completa.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/261/projeto_de_lei_1044-2021_-_desmembramento.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/262/projeto_de_lei_1045-2021_-_sedu_-_credito.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/267/projeto_de_lei_1048_-_desmembramento.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/263/projeto_de_lei_1049-2021_-_conselho_rural_sustentavel.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/268/projeto_de_lei_1050-2021_-_desmembramento.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/273/projeto_de_lei_1051-2021_-_programa_inseminacao_bovinos_leiteiro.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/290/projeto_de_lei_1052-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/304/projeto_de_lei_1053-2021_alienar_imoveis_urbanos.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/305/projeto_de_lei_n1054-comodato.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/306/projeto_de_lei_1055-2021-correto.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/307/projeto_de_lei_1056-2021-receita.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/318/projeto_de_lei_1057-2021_-_desmembramento_de_lote.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/322/projeto_de_lei_1058-2021_-_unificacao.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/315/projeto_de_resolucao_n002-2021-horario_sessoes.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/117/oficio_n005-2020-pedido_claudemir.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/118/oficio_n006-2020-pedido_claudemir_podas.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/119/oficio_n007-2020-pedido_claudemir_ati.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/131/049.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/132/050.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/133/051.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/134/052.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/135/053.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/136/054.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/137/055.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/138/056.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/193/088-2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/194/090-2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/174/oficio_106-2021_-_camara_-_documentos_complementares.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/195/128-2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/207/oficio_130-2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/208/oficio_131-2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/209/oficio_132-2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/210/oficio_133-2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/211/oficio_146-audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/291/oficio_283-2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/253/coreicao.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/288/convite_vila_rural.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/289/convite_-_ap_implantacao_tecnologia_5g_no_parana.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/299/edital_de_audiencia_publica_da_camara.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/171/oficio_n033-2021-siafic.doc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/139/projeto_de_lei_legislativo_n001-2021-_recomp._servidores.doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/180/projeto_de_lei_legislativo_n002-2021-_sergio.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/220/projeto_de_lei_legislativo_n_003-2021-_sergio_e_helio.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/221/projeto_de_lei_legislativo_004-2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/292/projeto_legislativo_005-2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/316/projeto_de_lei_legislativo_n006-2021-inflacao.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/328/of._01-jucelino-comissoes.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/269/oficio_apae.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/181/oficio_n032-2021-devolver_projeto_1026.doc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/212/oficio_n041-2021-audiencia_publica.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/244/oficio_129-2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/245/oficio_136-2021-indicacoes.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/248/oficio_136-2021-indicacoes.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/246/oficio_137-2021_resposta_indicacoes.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/247/138.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/298/oficio_274-2021-audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/258/emenda_001.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/259/emenda_002.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/283/emenda_003-projeto_1039-2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/284/emenda_004-projeto_1039-2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/285/emenda_005-projeto_1027-2021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/286/emenda_006-projeto_1027-2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_n001-2021-helio-reposicao_inflacao.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/98/indicacao_n003-2021-helio-encontro_de_contas.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/99/indicacao_n004-2021-helio-copia_da_licitacao_barracao_industrial.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/100/indicacao_n005-2021-helio-copia_dos_recibos_de_pagamento.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/101/indicacao_n006-2021-jucelino.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/102/indicacao_n007-2021-sergio-bueiro.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/107/indicacao_n008-2021-sergio-sintetico.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/108/indicacao_n009-2021-sergio-ati.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/105/indicacao_n010-2021-sergio-copel.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/106/indicacao_n011-2021-devair_-_cameras-readequacao-pintura.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/111/indicacao_n012-2021-alcides-ati.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/112/indicacao_n013-2021-alcides-ati-tapira.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/113/indicacao_n014-2021-alcides-ati_-_vila_nova.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/114/indicacao_n015-2021-alcides-iluminacao.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/115/indicacao_n016-2021-sergio-arborizacao.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/116/indicacao_n017-2021-sergio-ouvidoria.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/120/indicacao_n018-2021-claudemir.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/121/indicacao_n019-2021-claudemir-niza.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/122/indicacao_n020-2021-sergio-estradas.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/130/indicacao_n022-2021-sergio-cmdrs.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_n024-2021-sergio-iptu.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/144/indicacao_n025-2021-rosa-limpeza_via.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/145/indicacao_n026-2021-helio-solicitacao_de_leis.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/146/indicacao_n027-2021-helio-balancete_educacao.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/147/indicacao_n028-2021-helio-parcelamento.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/148/indicacao_n029-2021-helio-rever_indicacao_003.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/149/indicacao_n030-2021-helio-portal.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/150/indicacao_n031-2021-vanderlei-estrada.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/151/indicacao_n032-2021-vanderlei-estrada_devechi.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/152/indicacao_n033-2021-claudemir-recapeamento.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/153/indicacao_n034-2021-claudemir-jovem_aprendiz.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/154/indicacao_n035-2021-claudemir-sementescalcario.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/155/indicacao_n036-2021-claudemir-levante_estradas.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/156/indicacao_n037-2021-claudemir-merenda_escolar.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_n038-2021-claudemir-informacoes_asfalto.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/158/indicacao_n039-2021-sergio-limpeza_cristo.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/160/indicacao_n041-2021-jucelino-usina_reciclagem.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/161/indicacao_n042-2021-jucelino-lombada.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/163/indicacao_n043-2021-sergio_e_jucelino-refletor.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/164/indicacao_n044-2021-sergio-placas_rurais.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/165/indicacao_n045-2021-helio-saude.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_n046-2021-claudemir-cobertura.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_n048-2021-sergio-pista_de_caminhada.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/183/indicacao_n049-2021-sergio-pista_de_caminhada_no_conteiro.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_n050-2021-vanderlei.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_n051-2021-vanderlei-animais.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_n052-2021-sergio_lixeiras.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/196/indicacao_n053-2021-devair-gleba4.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/197/indicacao_n054-2021-sergio-quebra-mola.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/198/indicacao_n055-2021-sergio_limpeza_meio_fios.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/199/indicacao_n056-2021-jucelino-limpeza.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_n057-2021-alcides-calcamento.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/205/indicacao_n058-2021-claudemir-quebra_mola.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/203/indicacao_n060-2021-sergio.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/204/indicacao_n061-2021-helio.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/206/indicacao_n062-2021-claudemir-boca_de_lobo.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/214/indicacao_n064-2021-sergio-asfalto.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/215/indicacao_n065-2021-jucelino.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/216/indicacao_n066-2021-helio-licitacao_rio_ivai.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/218/indicacao_n068-2021-vanderlei-limpeza_represa.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/219/indicacao_n069-2021-edis-santa_felicidade.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/226/indicacao_n070-2021-sergio-pista_de_caminhada.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/227/indicacao_n071-2021-jucelino-energia.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/228/indicacao_n072-2021-jucelino-carteira.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/229/indicacao_n073-2021-edis-asfalto.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/230/indicacao_n074-2021-sergio-quebra-mola.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/232/indicacao_n075-2021-sergio-lombada_elevada.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/233/indicacao_n076-2021-sergio-lampadas_apagdas.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/234/indicacao_n077-2021-edis-casinhas.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/235/indicacao_n078-2021-helio_sergio.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/236/indicacao_n079-2021-jucelino-estrada.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/237/indicacao_n080-2021-sergio-ati_-_apae.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/238/indicacao_n081-2021-claudemir-seguranca.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/241/indicacao_n082-2021-rosa-reparos_na_quadra.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/242/indicacao_083-2021-claudemir.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/243/indicacao_n084-2021-sergio-casinhas.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/249/indicacao_n085-2021-alcides-calcamento.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/250/indicacao_n086-2021-alcides-padroeiros.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/251/indicacao_n087-2021-edis-ju.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/255/indicacao_n088-2021-vanderlei-conselho.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/254/indicacao_n089-2021-jucelino-.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/256/indicacao_n090-2021-claudemir-iluminacao_assentamento.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/264/indicacao_n092-2021-sergio-asfalto.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/265/indicacao_n093-2021-sergio-reparos.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/266/indicacao_n094-2021-rosa-reparos.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/270/095.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/271/096.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/272/97.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/274/98.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/275/indicacao_n099-2021-sergio-cameras.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/276/100.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/277/101.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/278/102.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/279/103.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/280/104.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/281/105.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/282/106.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/295/indicacao_n108-2021-jucelino-vila_rural.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/296/indicacao_n109-2021-sergio-areas_de_lazer.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/297/110.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/302/111-rosa.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/303/indicacao_n112-2021-claudemir.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/308/113.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/309/indicacao_n114-2021-devair-retificar__indicacao.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/313/indicacao_n115-2021-devair-podas_das_arvores.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/312/indicacao_n117-2021-devair-triturador_de_galhos.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/314/indicacao__118.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/319/indicacao_n120-2021-claudemir-quebra-mola.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/320/indicacao_n121-2021-sergio-canteiro.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/93/projeto_de_lei_n_1011-2021-unificacao.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/94/projeto_de_lei_1012-2021-desmembramento.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/95/projeto_de_lei_n_1013-2021_-_autoriza_serv._dirigir_veiculos.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/109/projeto_de_lei_n_1014_-_assoc._rural_sede.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/110/projeto_de_lei_n_1015__-_assoc._bicho_da_seda.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/124/projeto_de_lei_n_1016_-_fama.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/125/projeto_de_lei_n_1017_-__recomposicao_salarial_2021.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/260/projeto_de_lei_1018-2021-_vencimentos_de_cargos_e_carreiras.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/126/projeto_de_lei_n_1019-_salario_municipal_recomposicao__2021.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/127/projeto_de_lei_n_1020_-_canaver.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/128/projeto_de_lei_1021-2021-comodato_niza_confeccoes.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/129/projeto_de_lei_n_1023-2021__fundeb.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/143/projeto_de_lei_1024-2021-desmembramento.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/175/projeto_de_lei_n1026-2021_-_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/173/projeto_de_lei_1027-2021_-_criacao_do_conselho_industrial.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/170/projeto_de_lei_1028-2021-desafetacao.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/172/projeto_de_lei_1029-2021_-_refis-2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/188/projeto_de_lei_1030-2021_-unificacao_de_lote.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/189/projeto_de_lei_1031-2021_-_desmembramento_de_lote.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/179/projeto_de_lei_1032-2021_-_unificacao_de_lotes.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/190/projeto_de_lei_1033-2021_-_unificacao_de_lote.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/191/projeto_de_lei_1034-2021_-_desmembramento_de_lote.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/192/projeto_de_lei_1035-2021_-_desmembramento_de_lote.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/222/projeto_de_lei_1036-2021_-_unificacao_de_lotes_-_cemiterio_municipal.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/223/projeto_de_lei_1037-2021_-_servico_de_inspencao_municipal_-_sim-poa.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/224/projeto_de_lei_1038-2021_-_desmembramento_de_lote.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/225/projeto_de_lei_1039-2021_-_zoonoses_animais.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/239/projeto_de_lei_1040-2021_-_desmembramento_de_lote.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/240/projeto_de_lei_1041-2021_-_altera_a_lei_963-2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/231/projeto_de_lei_n1042-ldo_-completa.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/261/projeto_de_lei_1044-2021_-_desmembramento.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/262/projeto_de_lei_1045-2021_-_sedu_-_credito.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/267/projeto_de_lei_1048_-_desmembramento.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/263/projeto_de_lei_1049-2021_-_conselho_rural_sustentavel.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/268/projeto_de_lei_1050-2021_-_desmembramento.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/273/projeto_de_lei_1051-2021_-_programa_inseminacao_bovinos_leiteiro.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/290/projeto_de_lei_1052-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/304/projeto_de_lei_1053-2021_alienar_imoveis_urbanos.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/305/projeto_de_lei_n1054-comodato.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/306/projeto_de_lei_1055-2021-correto.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/307/projeto_de_lei_1056-2021-receita.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/318/projeto_de_lei_1057-2021_-_desmembramento_de_lote.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/322/projeto_de_lei_1058-2021_-_unificacao.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/315/projeto_de_resolucao_n002-2021-horario_sessoes.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/117/oficio_n005-2020-pedido_claudemir.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/118/oficio_n006-2020-pedido_claudemir_podas.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/119/oficio_n007-2020-pedido_claudemir_ati.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/131/049.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/132/050.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/133/051.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/134/052.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/135/053.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/136/054.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/137/055.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/138/056.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/193/088-2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/194/090-2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/174/oficio_106-2021_-_camara_-_documentos_complementares.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/195/128-2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/207/oficio_130-2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/208/oficio_131-2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/209/oficio_132-2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/210/oficio_133-2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/211/oficio_146-audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/291/oficio_283-2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/253/coreicao.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/288/convite_vila_rural.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/289/convite_-_ap_implantacao_tecnologia_5g_no_parana.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/299/edital_de_audiencia_publica_da_camara.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/171/oficio_n033-2021-siafic.doc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/139/projeto_de_lei_legislativo_n001-2021-_recomp._servidores.doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/180/projeto_de_lei_legislativo_n002-2021-_sergio.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/220/projeto_de_lei_legislativo_n_003-2021-_sergio_e_helio.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/221/projeto_de_lei_legislativo_004-2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/292/projeto_legislativo_005-2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/316/projeto_de_lei_legislativo_n006-2021-inflacao.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/328/of._01-jucelino-comissoes.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/269/oficio_apae.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/181/oficio_n032-2021-devolver_projeto_1026.doc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/212/oficio_n041-2021-audiencia_publica.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/244/oficio_129-2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/245/oficio_136-2021-indicacoes.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/248/oficio_136-2021-indicacoes.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/246/oficio_137-2021_resposta_indicacoes.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/247/138.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/298/oficio_274-2021-audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/258/emenda_001.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/259/emenda_002.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/283/emenda_003-projeto_1039-2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/284/emenda_004-projeto_1039-2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/285/emenda_005-projeto_1027-2021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2021/286/emenda_006-projeto_1027-2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H218"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="38.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="137" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="136.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>