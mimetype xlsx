--- v0 (2025-10-11)
+++ v1 (2026-02-01)
@@ -66,66 +66,66 @@
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Os 9 Vereadores</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/324/indicacao_001-2022-edis.docx</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal reivindicações dos moradores da Vila Rural Fany Lerner.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>Jucelino da Conceição Alcântara</t>
+    <t>Jucelino</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/325/indicacao_002-2022-jucelino.docx</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal a restauração da imagem do Cristo do portal da cidade.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>Vanderlei Vieira Mendes</t>
+    <t>Vanderlei</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/326/indicacao_003-2022-vanderlei-valealimentacao.docx</t>
   </si>
   <si>
     <t>Solicitando ao senhor prefeito municipal que seja encaminhado a esta câmara municipal projeto de lei que viabiliza um vale alimentação aos funcionários públicos efetivos, no valor que achar possível.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Sérgio Magalhães da Silva</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/327/indicacao_004-2022-sergio-ecoponto.docx</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal a instalação de um “ecoponto” na entrada da Água do Avião – KM 8 – ao lado da propriedade do Sr. Antônio Gouveia Junior (ao lado o asfalto).</t>
   </si>
   <si>
     <t>335</t>
   </si>
@@ -202,51 +202,51 @@
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/347/010-2022-rosangela.pdf</t>
   </si>
   <si>
     <t>Solicitando uma faixa de pedestre no asfalto em frente à Igreja Católica e que seja colocado grama sintética no parquinho próximo ao barracão da feira do produtor.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/352/011-2022-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando asfalto na Rua Antônio Hermínio de Aguiar, entre a Rua Londrina e a Rua Jacarezinho.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>Devair dos Santos</t>
+    <t>Devair</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/354/012-devair.pdf</t>
   </si>
   <si>
     <t>Solicitando manutenção em todas as Academias da Terceira Idade existentes no município.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/355/013-devair.pdf</t>
   </si>
   <si>
     <t>Solicitando que entre em contato com o DER para solucionar a erosão existente na PR 182 (há mais ou menos mil metros da entrada do nosso município.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>14</t>
   </si>