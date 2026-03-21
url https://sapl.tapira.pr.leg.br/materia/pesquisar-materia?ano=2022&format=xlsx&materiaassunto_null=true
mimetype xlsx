--- v1 (2026-02-01)
+++ v2 (2026-03-21)
@@ -54,1718 +54,1718 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Os 9 Vereadores</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/324/indicacao_001-2022-edis.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/324/indicacao_001-2022-edis.docx</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal reivindicações dos moradores da Vila Rural Fany Lerner.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Jucelino</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/325/indicacao_002-2022-jucelino.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/325/indicacao_002-2022-jucelino.docx</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal a restauração da imagem do Cristo do portal da cidade.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Vanderlei</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/326/indicacao_003-2022-vanderlei-valealimentacao.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/326/indicacao_003-2022-vanderlei-valealimentacao.docx</t>
   </si>
   <si>
     <t>Solicitando ao senhor prefeito municipal que seja encaminhado a esta câmara municipal projeto de lei que viabiliza um vale alimentação aos funcionários públicos efetivos, no valor que achar possível.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Sérgio Magalhães da Silva</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/327/indicacao_004-2022-sergio-ecoponto.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/327/indicacao_004-2022-sergio-ecoponto.docx</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal a instalação de um “ecoponto” na entrada da Água do Avião – KM 8 – ao lado da propriedade do Sr. Antônio Gouveia Junior (ao lado o asfalto).</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/335/005-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/335/005-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando pista de caminhada ao redor da Escola Presidente Castelo Branco, sugerindo que o nome seja do nosso atleta Vanderlei Cordeiro de Lima.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/336/006-sergio-vanderlei.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/336/006-sergio-vanderlei.pdf</t>
   </si>
   <si>
     <t>Os Vereadores Sérgio e Vanderlei solicitam reparos na quadra do ginásio de esportes e que seja colocado uma proteção nas grades dos muros em volta da quadra.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/339/indicacao_007-2022-jucelino-ponto_de_onibus.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/339/indicacao_007-2022-jucelino-ponto_de_onibus.docx</t>
   </si>
   <si>
     <t>Solicitando um ponto de ônibus na beira do asfalto na entrada da cerâmica São Lucas.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/345/008-2022-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/345/008-2022-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando ampliação do barracão onde está instalada a fábrica K´naver.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/346/009-2022-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/346/009-2022-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando:_x000D_
 - Asfalto da Rua Irati (entre a Avenida Porto Alegre até a Rua Piraquara);_x000D_
 - Asfalto da Rua Palmeira (entre a Avenida Porto Alegre até a Rua Piraquara);_x000D_
 - Asfalto na Rua São Mateus (entre a Rua Antônio Hermínio de Aguiar até a Avenida Paraná);_x000D_
 - Asfalto na Rua Campo Largo (entre as Ruas São Mateus e Palmeiras).</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Rosangela Munhos Fernandes</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/347/010-2022-rosangela.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/347/010-2022-rosangela.pdf</t>
   </si>
   <si>
     <t>Solicitando uma faixa de pedestre no asfalto em frente à Igreja Católica e que seja colocado grama sintética no parquinho próximo ao barracão da feira do produtor.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/352/011-2022-jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/352/011-2022-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando asfalto na Rua Antônio Hermínio de Aguiar, entre a Rua Londrina e a Rua Jacarezinho.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Devair</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/354/012-devair.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/354/012-devair.pdf</t>
   </si>
   <si>
     <t>Solicitando manutenção em todas as Academias da Terceira Idade existentes no município.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/355/013-devair.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/355/013-devair.pdf</t>
   </si>
   <si>
     <t>Solicitando que entre em contato com o DER para solucionar a erosão existente na PR 182 (há mais ou menos mil metros da entrada do nosso município.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/356/014-devair.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/356/014-devair.pdf</t>
   </si>
   <si>
     <t>Solicitando reparos na tubulação da água do Distrito de Santa Felicidade.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/</t>
+    <t>http://sapl.tapira.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Solicitando construção de quebra-molas: _x000D_
 - um na Rua Lapa, próximo portão da Esc. Presidente Castelo Branco;_x000D_
 - um na Rua Almirante Tamandaré;_x000D_
 - um na Rua Colombo.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/358/016-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/358/016-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor prefeito municipal, que seja colocado grades coletoras que se encaixe dentro dos bueiros existentes em nosso município para conter e coletar os lixos que são trazidos pela água da chuva, para facilitar a limpeza.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/359/017-sergio-helio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/359/017-sergio-helio.pdf</t>
   </si>
   <si>
     <t>Os vereadores Sérgio Magalhães da Silva e Hélio Belter solicitam ao Senhor Prefeito Municipal a possibilidade de que seja feito um leilão dos veículos e outros equipamentos que se encontram inservíveis no pátio da prefeitura e que não são mais utilizados. E que seja feito uma limpeza geral e organização no pátio, evitando assim ocorrência de água parada com proliferação do mosquito da dengue.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/361/018-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/361/018-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando a possibilidade de que seja adquirido uma futmesa (mistura futebol, vôlei e tênis de mesa) para a prática de esporte._x000D_
 Todos os municípios da região já estão aderindo.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Solicitando ao senhor prefeito municipal que seja instalado um toldo na rampa que dá acesso ao agendamento e farmácia e também outro toldo no corredor que dá acesso a sala da vacina._x000D_
 Obs.: Tal pedido já foi feito no ano passado (Indicação n°095/2021).</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>solicitando que seja oferecido aos funcionários públicos (que ainda não tem) um EQUIPAMENTO DE PROTEÇÃO INDIVIDUAL – EPI. UNIFORME.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/364/21-devair.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/364/21-devair.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal reparos no telhado do prédio da rodoviária.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Claudemir Antônio de Abreu</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/365/22-claudemir.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/365/22-claudemir.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito readequação do final da Avenida Porto Alegre até a Rua Paranavaí (que seja colocado pedras e passado o rolo compactador.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/366/23.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/366/23.pdf</t>
   </si>
   <si>
     <t>Os vereadores e membros da Comissão de Educação, Cultura, Bem Estar Social e Ecologia: Hélio, Rosangela e Sérgio, solicitam do cópia da Lei Municipal n°001 de 21 de janeiro de 1992.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/367/24.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/367/24.pdf</t>
   </si>
   <si>
     <t>Os vereadores e membros da Comissão de Educação, Cultura, Bem Estar Social e Ecologia: Hélio, Rosangela e Sérgio solicitam que seja encaminhado pedido ao Presidente do Conselho Municipal de Saúde, solicitando cópia das atas deste mesmo conselho, de Janeiro de 2021 até a presente data.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/368/25.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/368/25.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção de quebra-molas na Avenida Porto Alegre, próximo ao barracão do Alex (metalúrgica do Evandro)._x000D_
 Obs.: Tal pedido já foi feito no ano passado (Indicação n°054/2021).</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/369/26-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/369/26-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando instalação de câmeras na praça da Igreja, prédios e espaços públicos._x000D_
 Obs.: Tal pedido já foi feito no ano passado (Indicação n°099/2021).</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/370/27-rosangela.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/370/27-rosangela.pdf</t>
   </si>
   <si>
     <t>Solicitando cobertura para os carros no pátio da UBS, cuidando assim dos bens públicos.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/371/028-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/371/028-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja usado o Plano Diretor e remova as árvores da cidade que estejam atrapalhando a iluminação, com riscos de quedas, inclusive as do cemitério que estão caindo sobre o muro e túmulos.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Os vereadores e membros da Comissão de Educação, Cultura, Bem Estar Social e Ecologia que abaixo subscreve, (Hélio, Sérgio e Rosangela) apresentamos a Vossa Excelência, a presente Indicação, de acordo com artigo 140 do Regimento Interno desta Câmara a ser encaminhada ao senhor Prefeito, solicitando cópia do Regimento ou Estatuto do Conselho Municipal de Saúde.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, limpeza e readequação (conforme a necessidade) das ruas: União da Vitória, Palmas e Clevelândia.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, que veja com os órgãos competentes, solicitando pintura e sinalização do quebra-molas localizado na Avenida Rio Grande do Sul (Vila Nova).</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/376/032-jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/376/032-jucelino.pdf</t>
   </si>
   <si>
     <t>Indico ao Poder Executivo a criação de convênio com o Corpo de Bombeiro para treinamento de funcionários públicos municipais para o combate ao incêndio e nas outras providências municipais, como eles devem se comportar diante de uma situação de incêndio.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/378/033-sergio-.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/378/033-sergio-.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, que seja adquirido um gerador de energia para a U.B.S. (Unidade Básica de Saúde).</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/379/034-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/379/034-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, que seja contratado um veterinário.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Hélio Belter</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/380/035-helio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/380/035-helio.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, que encaminhe, os balancetes da Saúde do exercício de 2020 e 2021, sendo os referido de forma analítica, com desmembramento até o nível de elemento da despesa e  desdobramento do Mesmo. Para não ficar dúvida tipo 339011 01....................., até último nível 449050,  também com convênios e recebimento fundo a fundo, tais como  ACS, Covid........</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/383/036-claudemir.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/383/036-claudemir.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor prefeito construção de capela mortuária no Distrito de Ouro Verde.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Alcides Masquietto</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/385/37-alcides.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/385/37-alcides.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal para que o chefe rodoviário venha a conversar com o “Zequinha da farmácia”  para que ele conceda autorização para que o município rebaixe o barranco da curva onde entra na estrada para o sítio do senhor Edézio Bozzano – estrada dos 3 tubos. Pois aquele local ocorre grande perigo por falta de visibilidade.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/386/38-alcides.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/386/38-alcides.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal para que tome as medidas cabíveis para promover a execução de rede de tubulação das águas fluviais de diversas ruas do Distrito de Santa Felicidade.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/387/39-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/387/39-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, uma ajuda de custo para exames de brucelose e tuberculose que são feitos anualmente nas vacas leiteiras.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/392/indicacao_040-2022-jucelino-nome_upa.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/392/indicacao_040-2022-jucelino-nome_upa.docx</t>
   </si>
   <si>
     <t>Solicitando ao senhor prefeito municipal, que seja prestada homenagem póstuma à senhora Rosa Lopes Smarzaro, colocando o nome da U.P.A. (Unidade de Pronto Atendimento) de nosso município.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/393/041-2022.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/393/041-2022.pdf</t>
   </si>
   <si>
     <t>Solicitando Prefeito Municipal a presente Indicação, de acordo com artigo 140 do Regimento Interno desta Câmara, solicitando com urgência, que seja colocada lama asfáltica na Rua Palmas entre a rua Imbituva até a Avenida Rio Grande do Sul (Vila Operária).</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito Municipal Claudio Sidiney de Lima a presente indicação, tomando as providências legais para estudar a viabilidade de contratar um médico pediatra para a Unidade Básica de Saúde de nosso município atendendo assim os anseios das crianças e adolescentes da comunidade Tapirense.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/399/43-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/399/43-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal que sejam iluminadas as entradas/saídas da nossa cidade, com destino e origem das cidades de Santa Mônica, Douradina e Nova Olímpia, para melhorar assim a visibilidade.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/409/044-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/409/044-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor prefeito municipal que sejam colocadas placas indicando o nome das estradas rurais do município de Tapira._x000D_
 (Observação: Tal indicação já foi apresentada no início do ano de 2021).</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/400/045-vanderlei_e_sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/400/045-vanderlei_e_sergio.pdf</t>
   </si>
   <si>
     <t>Os vereadores Vanderlei e Sérgio solicitam ao Senhor Prefeito Municipal para que seja feito reparos na cobertura do ginásio de esportes, pois a água está danificando a quadra e provocando quedas de atletas durante os jogos._x000D_
 Este pedido já foi solicitado em outras indicações, pois tal problema já persiste por vários anos e as reclamações estão cada vez mais constantes.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/408/046-jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/408/046-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor prefeito para estudar a viabilidade de fazer adequações nos banheiros masculino e feminino do ginásio de esportes Alnei Cezar Ibargoien Moreira, para pessoas portadoras de deficiência ou mobilidade reduzida e também um espaço na arquibancada com rampa de acesso e grade de proteção para cadeirantes para que assim eles possam assistir as competições esportivas.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/410/indicacao_047-2022-sergio-corrimao_ginasio_de_esportes.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/410/indicacao_047-2022-sergio-corrimao_ginasio_de_esportes.docx</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal a instalação de corrimão na parede, para segurança dos frequentadores no acesso a arquibancada do ginásio de esportes com demarcação dos degraus, melhorando assim a circulação das pessoas evitando acidentes.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/412/48-claudemir.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/412/48-claudemir.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor prefeito para que seja prestada homenagem póstuma à professora ANGELA AP.ª DA S. MUNHOZ PRIORI, colocando o nome da Escola Municipal Campos Sales de nosso município.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>solicitando ao senhor prefeito municipal, que seja instalado um parquinho, próximo ao campo sintético de nosso município, localizado na Rua Lapa.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Solicitando ao senhor prefeito que seja instalada uma ATI - Academia da Terceira Idade,  na Vila Operária, ao lado do parquinho</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/423/051-2022-jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/423/051-2022-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal para que tome as providências legais para estudar a viabilidade de construção de uma plataforma de embarque e desembarque, com uma rampa com acessibilidade até o Campo Society, para pessoas portadoras de deficiência e cadeirantes.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/424/052-2022-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/424/052-2022-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, para que sejam colocadas cadeiras e/ou bancos na recepção do UPA (Unidade de Pronto Atendimento) para maior comodidade das pessoas que esperam atendimento.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/427/053-claudemir.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/427/053-claudemir.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor prefeito que seja colocado perfilado de asfalto na Rua Antônio Hermínio de Aguiar, entre a Rua Londrina e a Rua Jacarezinho e da Rua Jacarezinho até a Avenida Porto Alegre.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Solicitando ao senhor prefeito municipal para que seja instalado na praça (onde era o antigo palanque) o letreiro: EU AMO TAPIRA.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/428/055-adenilson.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/428/055-adenilson.pdf</t>
   </si>
   <si>
     <t>O Vereador Adenilson Moura Solicita ao senhor prefeito municipal, tomando as providências legais para estudar a viabilidade da instalação de um toldo no portão da Escola Municipal Campos Sales.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/429/56-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/429/56-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor prefeito municipal para que seja instalado iluminação pública na Rua Maria Carraro de Aguiar entre as Rua Bocaiúva até a Rua Colombo.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/431/057-rosangela.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/431/057-rosangela.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito Municipal para que seja feito um quebra-molas na Rua Piraquara, esquina da Era do Gelo.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/432/058-devair.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/432/058-devair.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito Municipal, que seja repassado uma pá carregadeira para a Associação da Sede, atendendo assim os produtores rurais.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/433/059-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/433/059-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor prefeito municipal, para o Centro Comunitário localizado no Mutirão, a instalação de um alambrado, para proteção das crianças que brincam no referido local, que seja feita a manutenção da ATI e que sejam reformados os banheiros.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal a construção de um quebra-molas na entrada do Distrito de Santa Felicidade, vindo de Douradina.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/435/061-devair.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/435/061-devair.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito Municipal, uma reforma no banheiro na sala do Maternal.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/436/062-vanderlei.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/436/062-vanderlei.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, para que possa tomar as medidas cabíveis na aquisição de um carro novo para o Conselho Tutelar de nosso Município. Tal pedido se faz necessário, pois além dos deslocamentos que fazem dentro da cidade também há a necessidade de viagens para outros municípios. Desta forma solicito o empenho do Executivo para que disponibilize um veículo novo e adequado para melhorar a eficiência no atendimento do conselho Tutelar de Tapira.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/437/063-claudemir.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/437/063-claudemir.pdf</t>
   </si>
   <si>
     <t>Reiterando seu pedido apresentado no ano passado, solicitando uma adequação, (rotatória e/ou acostamento) no início do canteiro da Avenida Paraná (saída para o Distrito de Ouro Verde) com acesso a rua Castro. E que seja realizado um retorno também neste canteiro (alguns metros acima). Se possível que seja feito um retorno também no canteiro da Avenida Rio Grande do Sul (saída para Nova Olímpia).</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/441/064-jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/441/064-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor prefeito municipal, por intermédio de assessoria jurídica e os demais setores competentes, para que estudem a viabilidade técnica legal da elaboração de um projeto de lei complementar, e posterior envio ao Poder Legislativo de Tapira Paraná, dispondo sobre os prédios públicos do nosso município a energia fotovoltaica.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/442/065-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/442/065-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, para que possa verificar a possibilidade de fazer um tampa buraco e posteriormente uma lama asfáltica, na rua Lapa, entre a Avenida Rio Grande do Sul e a Avenida Paraná.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/443/066-jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/443/066-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, construção de uma passarela coberta, ligando o pavilhão até o portão de saída da escola CMEI Pedro Néia, para melhor atender o embarque e desembarque das crianças.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/444/067-devair.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/444/067-devair.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor prefeito municipal, instalação de iluminação pública no cemitério de Santa Felicidade e que possa ser feito uma readequação no mesmo.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/445/068-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/445/068-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor prefeito municipal que seja feita manutenção das Ruas Maria Helena e Mirador, localizadas no Distrito de Santa Felicidade.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/446/069-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/446/069-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja colocado perfilado (restos de asfalto) na Rua Palmeira entre a Avenida Porto Alegre e Rua Piraquara.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/447/070-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/447/070-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando que sejam cascalhados trechos críticos das estradas: Água do Avião, Três Figueiras e outras.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Solicitando para que seja removida a ATI (Academia da Terceira Idade), localizada ao lado do campo de bocha na rodoviária, e que a mesma seja reinstalada em frente o ginásio de esportes.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/453/072-claudemir.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/453/072-claudemir.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, que seja construído um ponto de ônibus escolar na Rua Mandaguari, localizada na Vila Nova (próximo à casa da Alessandra Cassandre).</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/461/073-vanderlei.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/461/073-vanderlei.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, para que possa tomar as medidas cabíveis no conserto dos Aparelhos da Academia ao Ar Livre localizada no Bosque CAETÉ, que seja realizada uma limpeza da quadra com reposição de areia, que possa ser instalado um suporte para rede de vôlei e iluminação da mesma. Que possa também ser feita uma pista de caminhada dentro do bosque.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/463/074-2022-claudemir.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/463/074-2022-claudemir.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor prefeito municipal construção de passarela no terreno do município (Casa das Irmãs), saindo do calçadão da Igreja Matriz até a Rua Ponta Grossa e construção de banheiros com laje para que sobre eles seja construído um palco, de frente para o calçadão da Igreja Matriz, o qual tem o objetivo de atender as demandas de eventos de nossa cidade a serem realizados na referida localidade._x000D_
 A presente indicação será edificada em inovar de prosperidade o Município.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/464/075-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/464/075-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, que seja colocado perfilado ou empedrado na Rua Jataizinho, saindo da Avenida Porto Alegre até a Rua Ponta Grossa. E na Rua Ponta Grossa até a Avenida Paraná.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Claudemir A. de Abreu e Devair dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/459/projeto_de_decreto_n001-2022_-__orcamento_da_camara.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/459/projeto_de_decreto_n001-2022_-__orcamento_da_camara.doc</t>
   </si>
   <si>
     <t>Elaboração da Proposta Orçamentária do Poder Legislativo Municipal de Tapira para o exercício financeiro de 2023.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Claudio Sidiney de Lima</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/462/projeto_de_lei_n1097-2022-regime_proprio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/462/projeto_de_lei_n1097-2022-regime_proprio.pdf</t>
   </si>
   <si>
     <t>Altera disposições da Lei Complementar n°101, de 30 de outubro de 2007, para adequar a contribuição do ente público ao Regime Próprio de Previdência Social do Município de Tapira, visando restabelecer o equilíbrio atuarial e financeiro do fundo.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/321/projeto_de_lei_1059-2022_-_permuta_area_do_municipio_-_veia_cota_1.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/321/projeto_de_lei_1059-2022_-_permuta_area_do_municipio_-_veia_cota_1.pdf</t>
   </si>
   <si>
     <t>Súmula: Autoriza o Chefe do Executivo Municipal a proceder à permuta de área de propriedade_x000D_
 do Município, na forma que especifica esta lei.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/323/projeto_de_lei_1060-2022_-_desmembramento.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/323/projeto_de_lei_1060-2022_-_desmembramento.pdf</t>
   </si>
   <si>
     <t>Desmembramento de Lote.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>prefeito</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/329/projeto_de_lei_1061-2022_-_recomposicao_salaria.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/329/projeto_de_lei_1061-2022_-_recomposicao_salaria.pdf</t>
   </si>
   <si>
     <t>Concede Recomposição Salarial e aumento real dos vencimentos dos Servidores Públicos do Poder Executivo e da outras providencias.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/330/projeto_de_lei_1062-2022_-_salario_minimo_municipal.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/330/projeto_de_lei_1062-2022_-_salario_minimo_municipal.pdf</t>
   </si>
   <si>
     <t>Dispoe sobre a recomposição inflacionária e aumento real do salário mínimo municipal e dá outras providencias, alterando a Lei Municipal 937/2020.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/331/projeto_de_lei_1063-2022-controle.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/331/projeto_de_lei_1063-2022-controle.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 933/2020</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/334/projeto_de_lei_1064-2022_-_altera_a_lei_637-2015_-_dobra_1.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/334/projeto_de_lei_1064-2022_-_altera_a_lei_637-2015_-_dobra_1.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 637/2015.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/348/projeto_de_lei_1065-2022_-_locacao_de_imovel.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/348/projeto_de_lei_1065-2022_-_locacao_de_imovel.pdf</t>
   </si>
   <si>
     <t>Súmula: Dispõe sobre autorização para locação de imóvel, dá outras providências.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/349/projeto_de_lei_1066-2022.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/349/projeto_de_lei_1066-2022.pdf</t>
   </si>
   <si>
     <t>Súmula: Dispõe sobre autorização para cessão em comodato, dá outras providências.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/353/projeto_de_lei_1067-2022_-_conselho_mun_meio_ambiente.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/353/projeto_de_lei_1067-2022_-_conselho_mun_meio_ambiente.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal 827/2018 para garantir a paridade de representantes do Poder Público e da Sociedade Civil no Conselho Municipal do Meio Ambiente.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/377/projeto_de_lei_1068-2022-desmembramento.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/377/projeto_de_lei_1068-2022-desmembramento.pdf</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/381/projeto_de_lei_1069-2022-ldo.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/381/projeto_de_lei_1069-2022-ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária para o exercício de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/382/projeto_de_lei_1070-2022-construcao_camara.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/382/projeto_de_lei_1070-2022-construcao_camara.pdf</t>
   </si>
   <si>
     <t>Construção de nova Sede para a Câmara Municipal de Tapira.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/389/projeto_de_lei_1071-2022.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/389/projeto_de_lei_1071-2022.pdf</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/384/projeto_de_lei_1072-2022_-_unificacao_de_lote.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/384/projeto_de_lei_1072-2022_-_unificacao_de_lote.pdf</t>
   </si>
   <si>
     <t>Unificação de Lote.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/388/projeto_de_lei_1073-2022_-_desmembramento_de_lote.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/388/projeto_de_lei_1073-2022_-_desmembramento_de_lote.pdf</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/401/projeto_de_lei_1074-2022_-_altera_lei_049-2007_1.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/401/projeto_de_lei_1074-2022_-_altera_lei_049-2007_1.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei N°1074/2022 - Súmula: Altera a Lei N°049/2007 do Sistema Viário do Município de Tapira, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/402/projeto_de_lei_1075-2022_-_altera_lei_050-2007.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/402/projeto_de_lei_1075-2022_-_altera_lei_050-2007.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei N°1075/2022 - Súmula: Altera a Lei N°050/2007 do Código de Obras do Município de Tapira, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/403/projeto_de_lei_1076-2022-altera_lei_048-2007.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/403/projeto_de_lei_1076-2022-altera_lei_048-2007.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei N°1076/2022 - Súmula: Altera a Lei N°048/2007 de Lei de Parcelamento do Solo do Município de Tapira, e_x000D_
 dá outras providências.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/404/projeto_de_lei_1077-2022_-_comodato.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/404/projeto_de_lei_1077-2022_-_comodato.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei N°1077/2022 - Súmula: Autoriza o chefe do poder Executivo Municipal, a celebrar contrato de comodato com a_x000D_
 Associação dos Separadores de Materiais Recicláveis de Tapira e, dá outras providências.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/405/projeto_de_lei_1078-2022_-_aumento_de_cargos_1.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/405/projeto_de_lei_1078-2022_-_aumento_de_cargos_1.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei N°1978/2022 - Súmula: Dispõe sobre o aumento do número de vagas para os cargos de enfermeiro, técnico em_x000D_
 enfermagem e agente comunitário de saúde.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/406/projeto_de_lei_1079-2022_-_desmembramento_1.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/406/projeto_de_lei_1079-2022_-_desmembramento_1.pdf</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/407/projeto_de_lei_1080-2022_-_desmembramento.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/407/projeto_de_lei_1080-2022_-_desmembramento.pdf</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/411/projeto_de_lei_1081-2022_-_desmembramento_de_lote.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/411/projeto_de_lei_1081-2022_-_desmembramento_de_lote.pdf</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/416/projeto_de_lei_n_1082-2022-previdencia.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/416/projeto_de_lei_n_1082-2022-previdencia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Regime de Previdência Complementar no âmbito do Município de Tapira, Estado do Paraná, fixa o limite máximo para a concessão de aposentadorias e pensões pelo regime de previdência de que trata o art. 40 da Constituição Federal, autoriza a adesão a plano de benefícios de previdência complementar, e dá outras providências.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/413/projeto_de_lei_1083-2022-desmembramento.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/413/projeto_de_lei_1083-2022-desmembramento.pdf</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/417/projeto_de_lei_1084-2022_-_vagas_para_os_cargos.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/417/projeto_de_lei_1084-2022_-_vagas_para_os_cargos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o aumento do número de vagas para os cargos de enfermeiro e técnico em enfermagem.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/420/projeto_de_lei_1085-2022_-_piso_ace_e_acs.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/420/projeto_de_lei_1085-2022_-_piso_ace_e_acs.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação do vencimento dos agentes comunitários de endemias em conformidade com a Emenda Constitucioanal 120/2022.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/425/projeto_de_lei_n1086-2022.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/425/projeto_de_lei_n1086-2022.pdf</t>
   </si>
   <si>
     <t>Desmembramento  de Lote.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/422/projeto_de_lei_1088-2022_-_horas_maquinas.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/422/projeto_de_lei_1088-2022_-_horas_maquinas.pdf</t>
   </si>
   <si>
     <t>Alteração a redação e substitui o anexo único da Lei Municipal 812/2018 com o fim de incluir o caminhão guindaste e o caminhão pipa no serviço de horas máquinas subsidiadas pelo Município de Tapira.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/438/projeto_de_lei_1089-2022_-_vaga_enfermeiro-correto.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/438/projeto_de_lei_1089-2022_-_vaga_enfermeiro-correto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o aumento do número de vagas para os cargos de enfermeiro.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/454/projeto_de_lei_1093-2022.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/454/projeto_de_lei_1093-2022.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei N°1093-2022 - Súmula: Altera os Programas Finalísticos de Apoio Administrativo para o período de 2022 a 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/455/projeto_de_lei_1094-2022.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/455/projeto_de_lei_1094-2022.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei N°1094-2022 - Súmula: Estima RECEITA e fixa a DESPESA do Município de Tapira, Estado do Paraná, para o exercício financeiro de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/457/projeto_de_lei_1095-2022_-_comodato-correto.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/457/projeto_de_lei_1095-2022_-_comodato-correto.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei N.°1095/2022 - Súmula: Dispõe sobre autorização para cessão em comodato e dá outras providências.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/458/projeto_de_lei_n1096-2022-turismo-correto.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/458/projeto_de_lei_n1096-2022-turismo-correto.pdf</t>
   </si>
   <si>
     <t>- Cria o Conselho Municipal de Turismo de Tapira, e o Fundo Municipal de Turismo de Tapira e dá ouras providências.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/465/projeto_de_lei_1097-2022-regime_proprio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/465/projeto_de_lei_1097-2022-regime_proprio.pdf</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/466/projeto_de_lei_1098-2022_-_contrato_osny.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/466/projeto_de_lei_1098-2022_-_contrato_osny.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para celebrar contrato de locação com a Osny Antônio de Souza Ávila e, dá outras providências;</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/467/projeto_de_lei_1099-2022-sistema_municipal_de_cultura.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/467/projeto_de_lei_1099-2022-sistema_municipal_de_cultura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema Municipal de Cultura do Município de Tapira e dá outras providências.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/332/projeto_de_resolucao_n_001-2022-recomposicao_edis.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/332/projeto_de_resolucao_n_001-2022-recomposicao_edis.pdf</t>
   </si>
   <si>
     <t>Ementa: Concede a recomposição conforme determina o inciso X do artigo 37 da Constituição Federal ao Subsidio dos Vereadores e do Presidente da Câmara Municipal de Tapira, Estado do Paraná, fixados pela Resolução nº 001/2020 e da outras providências.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/419/projeto_de_resolucao_n_002-2022.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/419/projeto_de_resolucao_n_002-2022.pdf</t>
   </si>
   <si>
     <t>Regulamenta a Lei n.º 14.133, de 1º de abril de 2021, que dispõe sobre licitações e contratos administrativos, no âmbito do Poder Legislativo de TAPIRA– PR e dá outras providências.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/360/001-helio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/360/001-helio.pdf</t>
   </si>
   <si>
     <t>Venho requerer ao senhor Presidente da Câmara, depois de ouvido o Plenário, seja encaminhado ao Exmo. Senhor Prefeito de Tapira, solicitando resposta feita pela Indicação Nº. 003/2021 de 04 de fevereiro de 2021, na qual encontra sem a devida resposta.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>Of.R</t>
   </si>
   <si>
     <t>Ofício Recebido</t>
   </si>
   <si>
     <t>Pe. Lucas Pereira dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/449/convite-paroquia-recepcao-praca.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/449/convite-paroquia-recepcao-praca.pdf</t>
   </si>
   <si>
     <t>Convite da Solene Recepção do Exmo. Revmo. Bispo Diocesano Dom João Mamede Filho, a ser realizada no dia 28 de outubro de 2022, às 9h, na praça da Matriz, por ocasião de sua Visita Pastoral.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/390/oficio_59-2022-extra.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/390/oficio_59-2022-extra.pdf</t>
   </si>
   <si>
     <t>Solicita urgência na apreciação do Projeto de Lei N°1068/2022.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/391/oficio_77-2022_-_solicitacao_de_extraordinaria.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/391/oficio_77-2022_-_solicitacao_de_extraordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita urgência na apreciação do Projeto de Lei N° 1071/2022.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/394/oficio_80-2022_-_audiencia_publica.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/394/oficio_80-2022_-_audiencia_publica.pdf</t>
   </si>
   <si>
     <t>Anexando Edital n°002/2022 de Audiência Pública.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/338/oficio_ministerio_publico.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/338/oficio_ministerio_publico.pdf</t>
   </si>
   <si>
     <t>Informando que na data de 14-02-2022 a senhora Clara de Campos Martins Rodrigues assumiu como Promotora de Justiça na Comarca de Cidade Gaúcha/PR.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>Con</t>
   </si>
   <si>
     <t>Convite</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/450/convite-paroquia-recepcao-camara.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/450/convite-paroquia-recepcao-camara.pdf</t>
   </si>
   <si>
     <t>Convite da Solene Recepção do Exmo. Revmo. Bispo Diocesano Dom João Mamede Filho, a ser realizada no dia 28 de outubro de 2022, às 19h, na Câmara de Vereadores, por ocasião de sua Visita Pastoral.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>Div.</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
     <t>Convite para o evento em alusão ao Agosto Lilás.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/344/projeto_recomposicao_servidores.doc</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/344/projeto_recomposicao_servidores.doc</t>
   </si>
   <si>
     <t>Ementa: Concede recomposição salarial dos vencimentos dos Servidores Públicos do Poder Legislativo, e da  outras providências</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/333/projeto_de_lei_legislativo_n_001-2022-recomposicao_servidores.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/333/projeto_de_lei_legislativo_n_001-2022-recomposicao_servidores.pdf</t>
   </si>
   <si>
     <t>Ementa: Concede recomposição salarial dos vencimentos dos Servidores Públicos do Poder Legislativo, e da  outras providências.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/340/projeto_de_lei_legislativo_n_002-2022-subsidio_prefeito_e_vice.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/340/projeto_de_lei_legislativo_n_002-2022-subsidio_prefeito_e_vice.pdf</t>
   </si>
   <si>
     <t>Ementa: Altera Subsidio do Prefeito Municipal, e Vice-Prefeito fixados pela Lei nº 097/2008.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/341/projeto_de_lei_legislativo_n_003-2022-subsidio_secretarios.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/341/projeto_de_lei_legislativo_n_003-2022-subsidio_secretarios.pdf</t>
   </si>
   <si>
     <t>Ementa: Altera Subsidio dos Secretários Municipais fixados pela Lei Legislativa nº004/2017</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/351/projeto_de_lei_legislativo_n_004-2022-jucelino_wifi.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/351/projeto_de_lei_legislativo_n_004-2022-jucelino_wifi.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o "Programa Wifi Comunitário", nas praças, parques e pontos turísticos do Município de Tapira, por intermédio de convênios e parcerias público-privadas e dá outras providências.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>Jucelino e Claudemir</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/372/projeto_de_lei_legislativo_n_005-2022-energia.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/372/projeto_de_lei_legislativo_n_005-2022-energia.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE UTILIZAÇÃO DE ENERGIA FOTOVOLTAICA NOS PRÉDIOS PÚBLICOS DO MUNICÍPIO DE TAPIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/456/projeto_de_lei_legislativo_n_006-2022-utilidade_publica-leite.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/456/projeto_de_lei_legislativo_n_006-2022-utilidade_publica-leite.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação dos Produtores de Leite do Município de Tapira – APLEIT.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/337/oficio_001-vereador_helio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/337/oficio_001-vereador_helio.pdf</t>
   </si>
   <si>
     <t>Solicitando a Contratação de Assessor Jurídico em Cargo de Comissão para atendimento dos despachos dos gabinetes dos vereadores, o qual no meu gabinete encontra-se varias demandas para serem analisadas Juridicamente, no que diz as indicações sem respostas, e as respondidas sem tomar os devidos encaminhamentos necessários. Sendo que o Poder Legislativo tem a obrigação de fiscalizar em todos sentidos, o atos do Poder Executivo, e a Câmara Municipal desde 2021, vem deixando a desejar, pois conta com Assessor Jurídico somente as segundas feiras, o que não atende a demanda que exige para exercer tal poder de fiscalizar.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/350/oficio_006-2022-resposta_ao_of._de_vereador.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/350/oficio_006-2022-resposta_ao_of._de_vereador.pdf</t>
   </si>
   <si>
     <t>Resposta  ao Ofício n°1/2022 do Vereador Hélio Belter.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/421/oficio_105-2022_-_extraordinaria.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/421/oficio_105-2022_-_extraordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita Urgencia na apreciação do Projeto de lei nº1085/2022</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>Rafael Silveira Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/451/prefeitura_-_oficio_127-2022.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/451/prefeitura_-_oficio_127-2022.pdf</t>
   </si>
   <si>
     <t>Falar sobre a implantação de um quebra-molas no Distrito de Santa Felicidade.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>EAP-P</t>
   </si>
   <si>
     <t>Edital de Audiência Pública da Prefeitura</t>
   </si>
   <si>
     <t>Edital de Audiência Pública  N°002/2022 referente o 1° Quadrimestre da Prefeitura.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>Edital de Audiência Pública da Câmara Municipal de Tapira, do 1° Quadrimestre de 2022.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/439/audiencia_publica_prefeitura_-_2_quadrimestre_de_2022.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/439/audiencia_publica_prefeitura_-_2_quadrimestre_de_2022.pdf</t>
   </si>
   <si>
     <t>Edital de Audiência Pública N°003/2022 da Prefeitura, referente o 2° quadrimestre de 2022.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>EAP-C</t>
   </si>
   <si>
     <t>Edital de Audiência Pública da Câmara</t>
   </si>
   <si>
     <t>Edital N°002/2022 de Audiência Pública da Câmara do 1° Quadrimestre de 2022.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/440/edital_de_audiencia_publica-camara.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/440/edital_de_audiencia_publica-camara.pdf</t>
   </si>
   <si>
     <t>Edital de Audiência Pública N°003/2022 da Câmara Municipal de Tapira, referente o 2° quadrimestre de 2022.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2072,68 +2072,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/324/indicacao_001-2022-edis.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/325/indicacao_002-2022-jucelino.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/326/indicacao_003-2022-vanderlei-valealimentacao.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/327/indicacao_004-2022-sergio-ecoponto.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/335/005-sergio.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/336/006-sergio-vanderlei.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/339/indicacao_007-2022-jucelino-ponto_de_onibus.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/345/008-2022-sergio.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/346/009-2022-sergio.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/347/010-2022-rosangela.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/352/011-2022-jucelino.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/354/012-devair.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/355/013-devair.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/356/014-devair.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/358/016-sergio.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/359/017-sergio-helio.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/361/018-sergio.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/364/21-devair.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/365/22-claudemir.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/366/23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/367/24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/368/25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/369/26-sergio.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/370/27-rosangela.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/371/028-sergio.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/376/032-jucelino.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/378/033-sergio-.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/379/034-sergio.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/380/035-helio.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/383/036-claudemir.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/385/37-alcides.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/386/38-alcides.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/387/39-sergio.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/392/indicacao_040-2022-jucelino-nome_upa.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/393/041-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/399/43-sergio.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/409/044-sergio.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/400/045-vanderlei_e_sergio.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/408/046-jucelino.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/410/indicacao_047-2022-sergio-corrimao_ginasio_de_esportes.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/412/48-claudemir.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/423/051-2022-jucelino.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/424/052-2022-sergio.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/427/053-claudemir.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/428/055-adenilson.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/429/56-sergio.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/431/057-rosangela.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/432/058-devair.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/433/059-sergio.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/435/061-devair.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/436/062-vanderlei.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/437/063-claudemir.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/441/064-jucelino.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/442/065-sergio.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/443/066-jucelino.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/444/067-devair.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/445/068-sergio.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/446/069-sergio.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/447/070-sergio.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/453/072-claudemir.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/461/073-vanderlei.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/463/074-2022-claudemir.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/464/075-sergio.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/459/projeto_de_decreto_n001-2022_-__orcamento_da_camara.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/462/projeto_de_lei_n1097-2022-regime_proprio.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/321/projeto_de_lei_1059-2022_-_permuta_area_do_municipio_-_veia_cota_1.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/323/projeto_de_lei_1060-2022_-_desmembramento.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/329/projeto_de_lei_1061-2022_-_recomposicao_salaria.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/330/projeto_de_lei_1062-2022_-_salario_minimo_municipal.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/331/projeto_de_lei_1063-2022-controle.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/334/projeto_de_lei_1064-2022_-_altera_a_lei_637-2015_-_dobra_1.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/348/projeto_de_lei_1065-2022_-_locacao_de_imovel.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/349/projeto_de_lei_1066-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/353/projeto_de_lei_1067-2022_-_conselho_mun_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/377/projeto_de_lei_1068-2022-desmembramento.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/381/projeto_de_lei_1069-2022-ldo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/382/projeto_de_lei_1070-2022-construcao_camara.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/389/projeto_de_lei_1071-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/384/projeto_de_lei_1072-2022_-_unificacao_de_lote.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/388/projeto_de_lei_1073-2022_-_desmembramento_de_lote.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/401/projeto_de_lei_1074-2022_-_altera_lei_049-2007_1.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/402/projeto_de_lei_1075-2022_-_altera_lei_050-2007.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/403/projeto_de_lei_1076-2022-altera_lei_048-2007.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/404/projeto_de_lei_1077-2022_-_comodato.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/405/projeto_de_lei_1078-2022_-_aumento_de_cargos_1.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/406/projeto_de_lei_1079-2022_-_desmembramento_1.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/407/projeto_de_lei_1080-2022_-_desmembramento.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/411/projeto_de_lei_1081-2022_-_desmembramento_de_lote.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/416/projeto_de_lei_n_1082-2022-previdencia.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/413/projeto_de_lei_1083-2022-desmembramento.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/417/projeto_de_lei_1084-2022_-_vagas_para_os_cargos.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/420/projeto_de_lei_1085-2022_-_piso_ace_e_acs.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/425/projeto_de_lei_n1086-2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/422/projeto_de_lei_1088-2022_-_horas_maquinas.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/438/projeto_de_lei_1089-2022_-_vaga_enfermeiro-correto.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/454/projeto_de_lei_1093-2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/455/projeto_de_lei_1094-2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/457/projeto_de_lei_1095-2022_-_comodato-correto.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/458/projeto_de_lei_n1096-2022-turismo-correto.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/465/projeto_de_lei_1097-2022-regime_proprio.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/466/projeto_de_lei_1098-2022_-_contrato_osny.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/467/projeto_de_lei_1099-2022-sistema_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/332/projeto_de_resolucao_n_001-2022-recomposicao_edis.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/419/projeto_de_resolucao_n_002-2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/360/001-helio.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/449/convite-paroquia-recepcao-praca.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/390/oficio_59-2022-extra.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/391/oficio_77-2022_-_solicitacao_de_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/394/oficio_80-2022_-_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/338/oficio_ministerio_publico.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/450/convite-paroquia-recepcao-camara.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/344/projeto_recomposicao_servidores.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/333/projeto_de_lei_legislativo_n_001-2022-recomposicao_servidores.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/340/projeto_de_lei_legislativo_n_002-2022-subsidio_prefeito_e_vice.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/341/projeto_de_lei_legislativo_n_003-2022-subsidio_secretarios.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/351/projeto_de_lei_legislativo_n_004-2022-jucelino_wifi.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/372/projeto_de_lei_legislativo_n_005-2022-energia.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/456/projeto_de_lei_legislativo_n_006-2022-utilidade_publica-leite.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/337/oficio_001-vereador_helio.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/350/oficio_006-2022-resposta_ao_of._de_vereador.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/421/oficio_105-2022_-_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/451/prefeitura_-_oficio_127-2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/439/audiencia_publica_prefeitura_-_2_quadrimestre_de_2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/440/edital_de_audiencia_publica-camara.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/324/indicacao_001-2022-edis.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/325/indicacao_002-2022-jucelino.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/326/indicacao_003-2022-vanderlei-valealimentacao.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/327/indicacao_004-2022-sergio-ecoponto.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/335/005-sergio.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/336/006-sergio-vanderlei.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/339/indicacao_007-2022-jucelino-ponto_de_onibus.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/345/008-2022-sergio.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/346/009-2022-sergio.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/347/010-2022-rosangela.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/352/011-2022-jucelino.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/354/012-devair.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/355/013-devair.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/356/014-devair.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/358/016-sergio.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/359/017-sergio-helio.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/361/018-sergio.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/364/21-devair.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/365/22-claudemir.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/366/23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/367/24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/368/25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/369/26-sergio.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/370/27-rosangela.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/371/028-sergio.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/376/032-jucelino.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/378/033-sergio-.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/379/034-sergio.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/380/035-helio.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/383/036-claudemir.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/385/37-alcides.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/386/38-alcides.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/387/39-sergio.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/392/indicacao_040-2022-jucelino-nome_upa.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/393/041-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/399/43-sergio.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/409/044-sergio.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/400/045-vanderlei_e_sergio.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/408/046-jucelino.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/410/indicacao_047-2022-sergio-corrimao_ginasio_de_esportes.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/412/48-claudemir.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/423/051-2022-jucelino.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/424/052-2022-sergio.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/427/053-claudemir.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/428/055-adenilson.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/429/56-sergio.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/431/057-rosangela.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/432/058-devair.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/433/059-sergio.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/435/061-devair.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/436/062-vanderlei.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/437/063-claudemir.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/441/064-jucelino.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/442/065-sergio.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/443/066-jucelino.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/444/067-devair.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/445/068-sergio.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/446/069-sergio.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/447/070-sergio.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/453/072-claudemir.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/461/073-vanderlei.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/463/074-2022-claudemir.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/464/075-sergio.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/459/projeto_de_decreto_n001-2022_-__orcamento_da_camara.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/462/projeto_de_lei_n1097-2022-regime_proprio.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/321/projeto_de_lei_1059-2022_-_permuta_area_do_municipio_-_veia_cota_1.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/323/projeto_de_lei_1060-2022_-_desmembramento.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/329/projeto_de_lei_1061-2022_-_recomposicao_salaria.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/330/projeto_de_lei_1062-2022_-_salario_minimo_municipal.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/331/projeto_de_lei_1063-2022-controle.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/334/projeto_de_lei_1064-2022_-_altera_a_lei_637-2015_-_dobra_1.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/348/projeto_de_lei_1065-2022_-_locacao_de_imovel.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/349/projeto_de_lei_1066-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/353/projeto_de_lei_1067-2022_-_conselho_mun_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/377/projeto_de_lei_1068-2022-desmembramento.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/381/projeto_de_lei_1069-2022-ldo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/382/projeto_de_lei_1070-2022-construcao_camara.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/389/projeto_de_lei_1071-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/384/projeto_de_lei_1072-2022_-_unificacao_de_lote.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/388/projeto_de_lei_1073-2022_-_desmembramento_de_lote.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/401/projeto_de_lei_1074-2022_-_altera_lei_049-2007_1.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/402/projeto_de_lei_1075-2022_-_altera_lei_050-2007.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/403/projeto_de_lei_1076-2022-altera_lei_048-2007.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/404/projeto_de_lei_1077-2022_-_comodato.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/405/projeto_de_lei_1078-2022_-_aumento_de_cargos_1.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/406/projeto_de_lei_1079-2022_-_desmembramento_1.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/407/projeto_de_lei_1080-2022_-_desmembramento.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/411/projeto_de_lei_1081-2022_-_desmembramento_de_lote.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/416/projeto_de_lei_n_1082-2022-previdencia.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/413/projeto_de_lei_1083-2022-desmembramento.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/417/projeto_de_lei_1084-2022_-_vagas_para_os_cargos.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/420/projeto_de_lei_1085-2022_-_piso_ace_e_acs.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/425/projeto_de_lei_n1086-2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/422/projeto_de_lei_1088-2022_-_horas_maquinas.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/438/projeto_de_lei_1089-2022_-_vaga_enfermeiro-correto.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/454/projeto_de_lei_1093-2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/455/projeto_de_lei_1094-2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/457/projeto_de_lei_1095-2022_-_comodato-correto.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/458/projeto_de_lei_n1096-2022-turismo-correto.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/465/projeto_de_lei_1097-2022-regime_proprio.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/466/projeto_de_lei_1098-2022_-_contrato_osny.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/467/projeto_de_lei_1099-2022-sistema_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/332/projeto_de_resolucao_n_001-2022-recomposicao_edis.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/419/projeto_de_resolucao_n_002-2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/360/001-helio.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/449/convite-paroquia-recepcao-praca.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/390/oficio_59-2022-extra.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/391/oficio_77-2022_-_solicitacao_de_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/394/oficio_80-2022_-_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/338/oficio_ministerio_publico.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/450/convite-paroquia-recepcao-camara.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/344/projeto_recomposicao_servidores.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/333/projeto_de_lei_legislativo_n_001-2022-recomposicao_servidores.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/340/projeto_de_lei_legislativo_n_002-2022-subsidio_prefeito_e_vice.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/341/projeto_de_lei_legislativo_n_003-2022-subsidio_secretarios.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/351/projeto_de_lei_legislativo_n_004-2022-jucelino_wifi.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/372/projeto_de_lei_legislativo_n_005-2022-energia.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/456/projeto_de_lei_legislativo_n_006-2022-utilidade_publica-leite.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/337/oficio_001-vereador_helio.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/350/oficio_006-2022-resposta_ao_of._de_vereador.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/421/oficio_105-2022_-_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/451/prefeitura_-_oficio_127-2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/439/audiencia_publica_prefeitura_-_2_quadrimestre_de_2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2022/440/edital_de_audiencia_publica-camara.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H142"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="38.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="136.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="135.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>