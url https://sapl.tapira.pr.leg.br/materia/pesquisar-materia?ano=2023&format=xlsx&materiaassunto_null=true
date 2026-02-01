--- v0 (2025-10-11)
+++ v1 (2026-02-01)
@@ -78,51 +78,51 @@
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/468/001-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor prefeito municipal, podas das árvores e tapa buracos na Rua Jaguariaiva. Solicito também poda nas árvores da Rua Ponta Grossa.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Os vereadores: Adenilson, Alcides, Claudemir, Devair, Jucelino, Rosangela e Vanderlei solicitam ao senhor prefeito municipal que seja colocado perfilado nas seguintes ruas: - CASTRO; - PARANAGUÁ; - PALMAS; - PONTA GROSSA; - PALMEIRA; - CAMPO LARGO; - ANTONIO HERMÍNIO DE AGUIAR; - IRATI; - SÃO MATEUS; - BOCAIUVA; - APUCARANA; - RIO BRANCO.  Também na AVENIDA PORTO ALEGRE e na VILA RURAL.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>Jucelino da Conceição Alcântara</t>
+    <t>Jucelino</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, por intermédio de assessoria jurídica e os demais setores competentes, a contratação de empresa especializada em dedetização e limpeza de calhas, para fazer a manutenção dos prédios públicos, principalmente nas escolas de nosso município.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Os vereadores: Adenilson, Alcides, Claudemir, Devair, Jucelino, Rosangela e Vanderlei solicitam ao senhor prefeito municipal os seguintes pedidos:_x000D_
 - Aquisição de três carros para a saúde;_x000D_
 - Calçamento ao redor do bosque;_x000D_
 - Cobertura para UPA;_x000D_
 - Edificação dos muros e fachada e calçamento da nova capela mortuária, bem como edificação da praça;_x000D_
 - poda urgente das árvores do cemitério.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
@@ -185,51 +185,51 @@
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/491/011-edis.pdf</t>
   </si>
   <si>
     <t>Os vereadores Adenilson, Alcides, Devair, João, Jucelino, Rosangela e Vanderlei, solicitando ao senhor prefeito municipal  alteração da data base da recomposição salarial dos servidores públicos, para o mês de janeiro de cada ano.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/492/012-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito Municipal, que seja realizada uma troca das lixeiras das ruas e que sejam pintados os meios-fios.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>Devair dos Santos</t>
+    <t>Devair</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito Municipal, troca nas placas de "REGULAMENTAÇÃO PARE", que se encontram danificadas.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/494/014-edis.pdf</t>
   </si>
   <si>
     <t>Os vereadores Adenilson, Alcides, Devair, Hélio, João, Jucelino, Rosangela, Sérgio e Vanderlei, solicitam ao Senhor Prefeito Municipal, para que faça uma passarela coberta ligando o pavilhão da Escola Municipal Campos Sales até a calçada da Rua Paranaguá, protegendo assim os alunos e pais, principalmente nos dias de chuva.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/495/015-jucelino.pdf</t>
   </si>
@@ -313,51 +313,51 @@
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito,  revitalização da calçada e do muro de contenção localizado na Rua Ponta Grossa, entre a rodoviária e a antiga Casa Portugal.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/530/023-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor prefeito municipal para que seja colocada uma tampa na boca de lobo da Avenida Curitiba, à 70 metros abaixo da esquina da Rua Guaratuba.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>Vanderlei Vieira Mendes</t>
+    <t>Vanderlei</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, uma limpeza na Avenida Paraná de frente com o Jardim Itália._x000D_
 Tal pedido se faz necessário porque o mato tomou conta da avenida e os moradores estão reclamando, pois já houve roubos nas proximidades e constante aparições de vários insetos .</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/531/025-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor prefeito municipal,  que se possível, tome as devidas providências para que no recesso escolar seja realizada uma revisão nos ônibus escolares.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/532/026-jucelino.pdf</t>