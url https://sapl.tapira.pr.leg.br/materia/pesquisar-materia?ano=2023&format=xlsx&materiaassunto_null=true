--- v1 (2026-02-01)
+++ v2 (2026-03-28)
@@ -54,476 +54,476 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Sérgio Magalhães da Silva</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/468/001-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/468/001-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor prefeito municipal, podas das árvores e tapa buracos na Rua Jaguariaiva. Solicito também poda nas árvores da Rua Ponta Grossa.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/</t>
+    <t>http://sapl.tapira.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Os vereadores: Adenilson, Alcides, Claudemir, Devair, Jucelino, Rosangela e Vanderlei solicitam ao senhor prefeito municipal que seja colocado perfilado nas seguintes ruas: - CASTRO; - PARANAGUÁ; - PALMAS; - PONTA GROSSA; - PALMEIRA; - CAMPO LARGO; - ANTONIO HERMÍNIO DE AGUIAR; - IRATI; - SÃO MATEUS; - BOCAIUVA; - APUCARANA; - RIO BRANCO.  Também na AVENIDA PORTO ALEGRE e na VILA RURAL.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>Jucelino</t>
+    <t>Jucelino da Conceição Alcântara</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, por intermédio de assessoria jurídica e os demais setores competentes, a contratação de empresa especializada em dedetização e limpeza de calhas, para fazer a manutenção dos prédios públicos, principalmente nas escolas de nosso município.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Os vereadores: Adenilson, Alcides, Claudemir, Devair, Jucelino, Rosangela e Vanderlei solicitam ao senhor prefeito municipal os seguintes pedidos:_x000D_
 - Aquisição de três carros para a saúde;_x000D_
 - Calçamento ao redor do bosque;_x000D_
 - Cobertura para UPA;_x000D_
 - Edificação dos muros e fachada e calçamento da nova capela mortuária, bem como edificação da praça;_x000D_
 - poda urgente das árvores do cemitério.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/484/indicacao_006-2023-jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/484/indicacao_006-2023-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor prefeito municipal, um toldo na frente do prédio da fisioterapia de nosso município.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/487/007-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/487/007-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, para que possa cercar com alambrado ao redor da quadra de areia do Bosque Municipal Leonardo Oliveira da Cruz.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/488/008-helio_e_sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/488/008-helio_e_sergio.pdf</t>
   </si>
   <si>
     <t>Os vereadores Hélio Belter e Sérgio Magalhães da Silva solicitam ao Senhor Prefeito Municipal para que seja pago retroativo a reposição salarial/aumento dos meses de janeiro e fevereiro de 2023 para todos os funcionários públicos municipais.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/489/009-jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/489/009-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, calçamento com piso antiderrapante embaixo da passarela da recepção de chegada da Escola Cemei Cláudio Ivantes e uma revitalização com pintura em todo o prédio.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Os vereadores Adenilson, Alcides, Devair, Hélio, João, Jucelino, Rosangela, Sérgio e Vanderlei, solicitando ao senhor prefeito municipal revisão e manutenção dos ônibus escolares.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/491/011-edis.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/491/011-edis.pdf</t>
   </si>
   <si>
     <t>Os vereadores Adenilson, Alcides, Devair, João, Jucelino, Rosangela e Vanderlei, solicitando ao senhor prefeito municipal  alteração da data base da recomposição salarial dos servidores públicos, para o mês de janeiro de cada ano.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/492/012-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/492/012-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito Municipal, que seja realizada uma troca das lixeiras das ruas e que sejam pintados os meios-fios.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>Devair</t>
+    <t>Devair dos Santos</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito Municipal, troca nas placas de "REGULAMENTAÇÃO PARE", que se encontram danificadas.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/494/014-edis.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/494/014-edis.pdf</t>
   </si>
   <si>
     <t>Os vereadores Adenilson, Alcides, Devair, Hélio, João, Jucelino, Rosangela, Sérgio e Vanderlei, solicitam ao Senhor Prefeito Municipal, para que faça uma passarela coberta ligando o pavilhão da Escola Municipal Campos Sales até a calçada da Rua Paranaguá, protegendo assim os alunos e pais, principalmente nos dias de chuva.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/495/015-jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/495/015-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, mudança de local do poste localizado no canteiro central da Avenida Paraná no encontro com a Rua Paranavaí no Distrito de Santa Felicidade, dificultando o trânsito de veículos de grande porte.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/497/016-sergio_e_adenilson.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/497/016-sergio_e_adenilson.pdf</t>
   </si>
   <si>
     <t>Os vereadores Sérgio e Adenilson solicitam que seja construído um quebra-molas na Rua Maria Carraro de Aguiar (em frente à casa do “paraíba pintor”).</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/498/017-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/498/017-sergio.pdf</t>
   </si>
   <si>
     <t>O vereador Sérgio solicita iluminação na Rua Londrina entre a Avenida Rio Grande do Sul e a Rua Bocaiúva e que se possível seja colocado pedras no aterro do rio da Estrada do Facão.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/500/018-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/500/018-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando que sejam trocados os toldos da lanchonete do Distrito de Gleba Quatro.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Os vereadores Adenilson, Alcides, Devair, Hélio, João, Jucelino, Rosangela, Sérgio e Vanderlei, solicitam ao senhor prefeito municipal para que realize um estudo emergencial para oferecer segurança nas escolas municipais._x000D_
 Tendo em vista as notícias veiculadas no cenário nacional, o município de Tapira necessita antecipar suas ações para dar segurança aos nossos alunos e colaboradores da rede de ensino. _x000D_
 Neste sentido solicitamos a instalação de cercas elétricas nos muros das escolas, bem como a instalação de câmeras de monitoramento, além de segurança privada nos portões de acesso.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/507/020-jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/507/020-jucelino.pdf</t>
   </si>
   <si>
     <t>Reiterando os pedidos apresentados pelo ex-vereador Claudemir, onde solicita uma adequação, (rotatória e/ou acostamento) no início do canteiro da Avenida Paraná (saída para o Distrito de Ouro Verde) com acesso a rua Castro. E que seja realizado um retorno também neste canteiro (alguns metros acima). Se possível que seja feito um retorno também no canteiro da Avenida Rio Grande do Sul (saída para Nova Olímpia).</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/508/021-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/508/021-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando que se possível fique estabelecido sentido único de tráfego na Rua Ponta Grossa, no trecho compreendido entre a Avenida Rio Grande do Sul e a Rua Lapa, com placas de sinalização. Tal pedido se faz necessário para evitar novos acidentes.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito,  revitalização da calçada e do muro de contenção localizado na Rua Ponta Grossa, entre a rodoviária e a antiga Casa Portugal.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/530/023-jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/530/023-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor prefeito municipal para que seja colocada uma tampa na boca de lobo da Avenida Curitiba, à 70 metros abaixo da esquina da Rua Guaratuba.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>Vanderlei</t>
+    <t>Vanderlei Vieira Mendes</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, uma limpeza na Avenida Paraná de frente com o Jardim Itália._x000D_
 Tal pedido se faz necessário porque o mato tomou conta da avenida e os moradores estão reclamando, pois já houve roubos nas proximidades e constante aparições de vários insetos .</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/531/025-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/531/025-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor prefeito municipal,  que se possível, tome as devidas providências para que no recesso escolar seja realizada uma revisão nos ônibus escolares.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/532/026-jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/532/026-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor prefeito municipal a possibilidade, dentro das normas legais, uma escola de aprendizagem para ministrar cursos diversos, dentro do projeto menor aprendiz, gratuito, para os nossos jovens Tapirenses.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/536/027-2023-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/536/027-2023-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal, construção de quebra-molas na Rua Londrina, próximo a residência do Sr. Nivaldo Monteiro.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/534/028-2023-jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/534/028-2023-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal que seja colocada uma placa com os dizeres SEJA BEM-VINDO nos seguintes locais: Jardim Itália; Jardim Vitória; Jardim Sol Nascente. Também colocar os nomes das ruas, nos postes destas localidades acima referida, para seguir os padrões da cidade.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/535/029-2023-jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/535/029-2023-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, as seguintes providências: realizar um tapa buraco, nas ruas do Jardim Itália  e jardim Sol Nascente, para que assim, os nossos  condutores trafeguem sem dificuldades.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/541/indicacao_030-2023-vanderlei_iluminacaovila_rural.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/541/indicacao_030-2023-vanderlei_iluminacaovila_rural.docx</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal iluminação da entrada da Vila Rural Fany Lerner e iluminação da ATI lá existente e que sejam iluminadas também todas as demais ATIs que necessitam. Solicito ainda manutenção das lâmpadas de toda a vila rural  e que seja colocado perfilado (restos de asfalto) nas ruas.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>HÉLIO E SÉRGIO</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, construção de quebra-molas na Rua Maria Carraro de Aguiar, esquina com a Rua Guaratuba (próximo a APAE).</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Solicitam ao Senhor Prefeito Municipal, construção de quebra-molas na Rua Irati esquina com a Avenida Porto Alegre, (de frente com a casa do Sr. Natalino).</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/557/33-jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/557/33-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal a demolição do barracão, (com construção de outro) onde fica localizada a fábrica de bloquete e meio fio, pois o mesmo se encontra em alto risco, colocando em perigo a vida dos trabalhadores que ali permanecem. Que remaneje os maquinários para um outro barracão dando continuidade ao serviço de fabricação.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/560/034-vanderlei.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/560/034-vanderlei.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, que seja colocado perfilado (restos de asfalto) na RUA MARINGÁ, entre a Avenida Rio Grande do Sul e a Rua Cerro Azul e na RUA ARAUCÁRIA, entre a Rua Maringá e a Rua Venceslau Braz. Tais ruas se localizam próximas a fábrica Tap Cadeiras.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/561/035-sergio_e_vanderlei.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/561/035-sergio_e_vanderlei.pdf</t>
   </si>
   <si>
     <t>Solicitando ao prefeito municipal que seja feito uma limpeza e recolocado uma nova areia, na quadra localizada no Bosque Leonardo Oliveira da Cruz. E também que seja feita uma manutenção nas traves dos gols. Solicitamos ainda que seja substituída a placa com o nome correto do bosque.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/562/036-edis.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/562/036-edis.pdf</t>
   </si>
   <si>
     <t>Todos os nove vereadores da câmara municipal solicitam ao prefeito de Tapira para que tome as medidas cabíveis no sentido de ser instalada uma ATI na localidade Água do Avião.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/563/037-sergio_e_vanderlei.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/563/037-sergio_e_vanderlei.pdf</t>
   </si>
   <si>
     <t>Os vereadores Sérgio e Vanderlei solicitam ao prefeito municipal, que seja construído banheiros e instalado um bebedouro no Campo Society.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/578/038-2023-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/578/038-2023-sergio.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, reforma no forro de gesso da Casa da Cultura e também que seja reparado os estragos do barracão de ração, que se localiza ao lado da fábrica K´naver.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, construção de quebra-molas na Rua Piraquara esquina com a rua Lapa.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Rosangela Munhos Fernandes</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal readequação da estrada da D. Zefa (Curva das Moças).</t>
   </si>
@@ -563,1202 +563,1202 @@
   <si>
     <t>616</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>A Câmara Municipal de Tapira, Estado do Paraná, por seus vereadores infra assinados, vem respeitosamente apresentar a presente Moção de Apoio ao Projeto de Lei nº 931/2023, de autoria do Deputado Estadual Soldado Adriano José.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Devair-Presidente e João-1° Secretário</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/595/projeto_de_decreto_legislativo_001-2023.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/595/projeto_de_decreto_legislativo_001-2023.pdf</t>
   </si>
   <si>
     <t>Elaboração da Proposta Orçamentária do Poder Legislativo Municipal de Tapira para o exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/475/projeto_de_lei_1100-2023_-_recomposicao_salarial_1.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/475/projeto_de_lei_1100-2023_-_recomposicao_salarial_1.pdf</t>
   </si>
   <si>
     <t>Ementa: Concede a recomposição salarial e aumento real dos vencimentos dos Servidores Públicos do Poder Executivo e dá outras providências.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>Claudio Sidiney de Lima</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/476/projeto_de_lei_1101-2023_-_recomposicao_salario_minimo.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/476/projeto_de_lei_1101-2023_-_recomposicao_salario_minimo.pdf</t>
   </si>
   <si>
     <t>Ementa: Dispõe sobre a recomposição inflacionária e aumento real do salário mínimo municipal e dá outras providências, alterando a Lei Municipal 937/2020.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/477/projeto_de_lei_1102-2023-nome_do_bosque.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/477/projeto_de_lei_1102-2023-nome_do_bosque.pdf</t>
   </si>
   <si>
     <t>Súmula: Dispõe sobre a denominação do Bosque Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>prefeito</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/502/projeto_de_lei_1103-2023_-_aposentadoria_servidores.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/502/projeto_de_lei_1103-2023_-_aposentadoria_servidores.pdf</t>
   </si>
   <si>
     <t>Altera a idade da aposentadoria compulsória dos servidores públicos municipais para 75 anos de idade.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão do Plano Diretor do Município de Tapira de acordo com o disposto no art.40, § 3° do Estatuto da Cidade, para orientação e controle do desenvolvimento integrado do município.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/503/projeto_de_lei_1105-2023_-_opera_parana.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/503/projeto_de_lei_1105-2023_-_opera_parana.pdf</t>
   </si>
   <si>
     <t>Autoriza a celebração de Termo de Cooperação entre entes públicos com os municípios no âmbito da 12ª Regional de Saúde, para transparência de recursos para realização do Programa Paranaense de Ampliação do Acesso aos Procedimentos Cirúrgicos Eletivos - Opera Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 101.050,83 (cento e um mil e cinquenta reais e oitenta e três centavos).</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/506/projeto_de_lei_1108-2023_-_credito_adicional.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/506/projeto_de_lei_1108-2023_-_credito_adicional.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 12.500,00 (doze mil e quinhentos reais).</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/523/projeto_de_lei_1109-2023_-_ldo_-_2024.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/523/projeto_de_lei_1109-2023_-_ldo_-_2024.pdf</t>
   </si>
   <si>
     <t>Súmula: Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária para o exercício de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/537/projeto_de_lei_1110-2023_-credito_correto_27-10-2023.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/537/projeto_de_lei_1110-2023_-credito_correto_27-10-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito junto a SEDU - Secretaria de Desenvolvimento Urbano do Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/540/projeto_de_lei_1112-2023-piso_salarial_saude.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/540/projeto_de_lei_1112-2023-piso_salarial_saude.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a efetuar a aplicação e o pagamento do piso salarial dos Enfermeiros, Técnicos de Enfermagem e Auxiliares de Enfermagem, nos termos da Lei Federal N° 14.434/2022.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/551/projeto_1114_de_14-08-2023_excesso_procad.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/551/projeto_1114_de_14-08-2023_excesso_procad.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 12.900,00 (doze mil novecentos reais).</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/552/projeto_1115_de_14-08-2023_excesso_secid.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/552/projeto_1115_de_14-08-2023_excesso_secid.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 6.989.000,00 (seis milhões novecentos e oitenta e nove mil reais).</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/553/projeto_de_lei_1116-2023_-_alienar_venda_3.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/553/projeto_de_lei_1116-2023_-_alienar_venda_3.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo alienar mediante venda, imóveis urbanos que adiante especifica e dá outras providências.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/567/projeto_lei_1117-2023_-_desmembramento_2.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/567/projeto_lei_1117-2023_-_desmembramento_2.pdf</t>
   </si>
   <si>
     <t>Desmembramento de Lote.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/568/projeto_lei_1118-2023_-_desmembramento_1.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/568/projeto_lei_1118-2023_-_desmembramento_1.pdf</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/574/projeto_de_lei_1119-2023_-_transporte_universitario.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/574/projeto_de_lei_1119-2023_-_transporte_universitario.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a utilizar veículos municipais e motoristas para realizar o transporte de estudantes universitários</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/585/projeto_1120-2023-retroativo-correto.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/585/projeto_1120-2023-retroativo-correto.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a complementar o piso da enfermagem e da outras providências.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/580/projeto_lei_1121-2023_-_desmembramento_1.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/580/projeto_lei_1121-2023_-_desmembramento_1.pdf</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/586/projeto_de_lei_1122-2023_ppa-completo.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/586/projeto_de_lei_1122-2023_ppa-completo.pdf</t>
   </si>
   <si>
     <t>Altera os Programas Finalísticos de Apoio Administrativo para o período de 2022 a 2025, e Metas e Prioridades para o exercício de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/587/projeto_de_lei_1123-2023-completo.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/587/projeto_de_lei_1123-2023-completo.pdf</t>
   </si>
   <si>
     <t>Estima a RECEITA e fixa a DESPESA do Município de TAPIRA, Estado do Paraná, para o exercício financeiro de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/588/projeto_de_lei_1124-2023_-_socioeducativo.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/588/projeto_de_lei_1124-2023_-_socioeducativo.pdf</t>
   </si>
   <si>
     <t>Institui o Sistema Municipal de Atendimento Socioeducativo, regulamenta a execução das medidas socioeducativas destinadas a adolescente que pratique ato infracional.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/591/plano_diretor.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/591/plano_diretor.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão do plano diretor do município de Tapira de acordo com o disposto no art. 40, § 3º, do estatuto da cidade, para orientação e controle do desenvolvimento integrado do município.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/598/projeto_de_lei_1132-2023-credito_especial.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/598/projeto_de_lei_1132-2023-credito_especial.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até R$ 32.418,04 (trinta e dois mil quatrocentos e dezoito reais e quatro centavos.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/599/projeto_de_lei1133-2023-credito_especial.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/599/projeto_de_lei1133-2023-credito_especial.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até R$ 100.000,00 (cem mil reais)</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/601/projeto_de_lei_1134-2023_-_permissao_de_uso.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/601/projeto_de_lei_1134-2023_-_permissao_de_uso.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder permissão de uso do canteiro situado no cruzamento da Av. Curitiba com a Rua Dr. Antônio Hermínio de Aguiar.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/602/projeto_de_lei_1135-2023_-_credito.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/602/projeto_de_lei_1135-2023_-_credito.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 475.000,00 (quatrocentos e setenta e cinco mil reais).</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 450.000,00 (quatrocentos e cinquenta mil reais).</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/604/projeto_de_lei_1137-2023_-_credito.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/604/projeto_de_lei_1137-2023_-_credito.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 56.240,00 (cinquenta e seis mil duzentos e quarenta reais).</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/612/projeto_de_lei_1138-2023_-_leilao.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/612/projeto_de_lei_1138-2023_-_leilao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a promover leilão para alienar veículos e sucatas inservíveis de propriedade do município de Tapira, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 2.800.000,00 (dois milhões oitocentos mil reais).</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/613/projeto_de_lei_1140-2023_-_mais_medicos.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/613/projeto_de_lei_1140-2023_-_mais_medicos.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio moradia e auxílio alimentação aos médicos vinculados ao Programa Mais Médicos e dá outras providências.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/614/projeto_de_lei_1141-2023_-_cmdrs.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/614/projeto_de_lei_1141-2023_-_cmdrs.pdf</t>
   </si>
   <si>
     <t>Altera a composição do Conselho Municipal de Desenvolvimento Rural Sustentável.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/615/projeto_de_lei_1142-2023_-_credito.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/615/projeto_de_lei_1142-2023_-_credito.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 1.886.130,00 (um milhão oitocentos e oitenta e seis mil cento e trinta reais).</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/481/projeto_de_resolucao_001-2023-edis.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/481/projeto_de_resolucao_001-2023-edis.pdf</t>
   </si>
   <si>
     <t>Concede a recomposição conforme determina o inciso X do artigo 37 da Constituição Federal ao Subsidio dos Vereadores e do Presidente da Câmara Municipal de Tapira, Estado do Paraná, fixados pela Resolução nº 001/2020 e da outras providências.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Serviço de Informação ao Cidadão - SIC no âmbito da Câmara Municipal de Tapira, nos termos da Lei Federal n. 12.527, de 18 de novembro de 2011.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Os nove vereadores apresentaram o Requerimento solicitando ao Poder Executivo informações:_x000D_
 1. Quais os motivos do não cumprimento do percentual de 4% (quatro por cento) estabelecido para ser repassado para o CMDRS (Conselho Municipal de Desenvolvimento Rural e Sustentável.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>Os 9 Vereadores</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/575/requerimento_de_mocao_em_defesa_da_vida.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/575/requerimento_de_mocao_em_defesa_da_vida.pdf</t>
   </si>
   <si>
     <t>Requer o envio de MOÇÃO EM DEFESA DA VIDA e em repúdio à aprovação da ADPF 442 em trâmite no Supremo Tribunal Federal.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/605/requerimento_003-2023-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/605/requerimento_003-2023-sergio.pdf</t>
   </si>
   <si>
     <t>Requerimento de Convocação do Sr. Prefeito Municipal para Comparecimento em Plenário.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>Of.R</t>
   </si>
   <si>
     <t>Ofício Recebido</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/471/oficio_03-2023-secretario_de_agricultura.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/471/oficio_03-2023-secretario_de_agricultura.pdf</t>
   </si>
   <si>
     <t>Informações referente o serviço de poda e supressão de árvores.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/521/sergio-of._021-2023.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/521/sergio-of._021-2023.pdf</t>
   </si>
   <si>
     <t>Solicita ao presidente da câmara para que entre em contato com o Poder Executivo ou responsáveis, solicitando informação sobre os gastos dos 4% que foi destinado para a Agricultura neste ano de 2023.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/472/oficio_03-secretaria_meio_ambiente.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/472/oficio_03-secretaria_meio_ambiente.pdf</t>
   </si>
   <si>
     <t>Informações a respeito de poda e supressão de árvores.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/486/oficio_005_2023_presidente_camara_vereadores_1.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/486/oficio_005_2023_presidente_camara_vereadores_1.pdf</t>
   </si>
   <si>
     <t>Ofício N°005/2023 recebido do TRE informando sobre a realização de audiência para retotalização dos votos das eleições proporcionais 2020 de Tapira/PR.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/512/sergio-devair-of-018-associacoes_prod..pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/512/sergio-devair-of-018-associacoes_prod..pdf</t>
   </si>
   <si>
     <t>O vereador Sérgio solicita ao Senhor Presidente para que busque informações juntos aos responsáveis, referente a situação em que se encontra as associações de produtores rurais, que têm implementos ou comodatos com o município de Tapira.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/474/oficio_19-2023_-_alteracao_subsidio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/474/oficio_19-2023_-_alteracao_subsidio.pdf</t>
   </si>
   <si>
     <t>Solicita alteração de subsídio.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/513/sergio-devair-of-019-quebra-molas.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/513/sergio-devair-of-019-quebra-molas.pdf</t>
   </si>
   <si>
     <t>O vereador Sérgio solicita ao senhor presidente para que entre em contato com o Poder Executivo no sentido que seja tomado providência referente aos vários pedidos apresentados por mim (Indicação N°054/2021 e Indicação N°025/2022: conforme em anexo), antes que aconteça um acidente grave.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/577/oficio_21-cartorio_eleitoral.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/577/oficio_21-cartorio_eleitoral.pdf</t>
   </si>
   <si>
     <t>Retorno do Atendimento Biométrico - Eleições Municipais 2024.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/522/sergio-of-022-2023.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/522/sergio-of-022-2023.pdf</t>
   </si>
   <si>
     <t>Solicita ao presidente da câmara para que entre em contato com o Poder Executivo solicitando informação sobre como está a questão da segurança mas escolas, quais medidas já foram tomadas?</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/485/oficio_no_59-2023_-_camara_municipal_de_tapira.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/485/oficio_no_59-2023_-_camara_municipal_de_tapira.pdf</t>
   </si>
   <si>
     <t>Ofício n°59/2023 recebido do TRE. Assunto: afastar imediatamente do mandato de vereador o candidato eleito Claudemir Antônio de Abreu.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/576/conselho_tutelar.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/576/conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>O Conselho Tutelar dos Direitos da Criança e do Adolescente de Tapira apresentou ofício, solicitando ao Senhor Prefeito Municipal em caráter de urgência a aquisição de um veículo para o órgão.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/539/oficio_120-2023-prefeitura.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/539/oficio_120-2023-prefeitura.pdf</t>
   </si>
   <si>
     <t>Ofício N°120/2023 recebido do Senhor Prefeito Municipal. Assunto: Solicita a retirada de pauta do Projeto de Lei n°1110/2023. Não havendo possibilidade de apreciação em regime de urgência do mencionado projeto de lei, que o mesmo siga o seu rito normal em Regime Ordinário.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/597/oficio_223-2023_-_resposta_comissao_retroativo.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/597/oficio_223-2023_-_resposta_comissao_retroativo.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício N° 01 da Comissão de Economia, Finanças e Fiscalização referente ao Projeto de Lei N° 1120/2023 (piso da enfermagem).</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/609/oficio_234-2023_-_camara_abreviacao_do_rito.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/609/oficio_234-2023_-_camara_abreviacao_do_rito.pdf</t>
   </si>
   <si>
     <t>O Senhor Prefeito Municipal solicita alteração de rito.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/594/of._397__gugu_bueno.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/594/of._397__gugu_bueno.pdf</t>
   </si>
   <si>
     <t>Ofício recebido do Deputado Estadual Gugu Bueno.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/571/of._0618-2023-tj-cidade_gaucha.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/571/of._0618-2023-tj-cidade_gaucha.pdf</t>
   </si>
   <si>
     <t>O Tribunal de Justiça do Estado do Paraná comunica CORREIÇÃO na Comarca de Cidade Gaúcha.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>Con</t>
   </si>
   <si>
     <t>Convite</t>
   </si>
   <si>
     <t>A Secretaria de Assistência Social, em conjunto com as demais secretarias, convida para uma caminhada referente ao agosto lilás, mês de conscientização e combate a violência contra a mulher.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>Div.</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
     <t>Requerimento da APAE - Associação de Pais e Amigos dos Excepcionais de Tapira para Uso da Palavra na sessão ordinãria do dia 28 de agosto de 2023.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/478/projeto_legislativo_001-2023-prefeitoevice.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/478/projeto_legislativo_001-2023-prefeitoevice.pdf</t>
   </si>
   <si>
     <t>Altera Subsidio do Prefeito Municipal, e Vice-Prefeito fixados pela Lei nº 097/2008.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/479/projeto_legislativo_002-2023-servidores.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/479/projeto_legislativo_002-2023-servidores.pdf</t>
   </si>
   <si>
     <t>Concede recomposição salarial dos vencimentos dos Servidores Públicos do Poder Legislativo, e dá outras providências.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/480/projeto_legislativo_003-2023-secretarios.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/480/projeto_legislativo_003-2023-secretarios.pdf</t>
   </si>
   <si>
     <t>Altera Subsidio dos Secretários Municipais fixados pela Lei Legislativa nº004/2017.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/504/projeto_legislativo_004-2023-pescasdores.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/504/projeto_legislativo_004-2023-pescasdores.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação dos Pescadores do Município de Tapira - APEMUT.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/538/projeto_legislativo_005-2023-contratacao_de_pessoal.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/538/projeto_legislativo_005-2023-contratacao_de_pessoal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação de pessoal por tempo determinado para atender a necessidade temporária de excepcional interesse público no âmbito do Poder Legislativo.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Prédio Público Municipal: Unidade de Pronto Atendimento (UPA).</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>Os vereadores Hélio e Sérgio solicitam ao presidente da Câmara de Vereadores cópia do processo de licitação, referente o pagamento do projeto arquitetônico do prédio da câmara, conforme nota fiscal N° 108 que se encontra anexada no portal de transparência.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>Os vereadores: Adenilson, Alcides, Claudemir, Devair, Jucelino, Rosangela e Vanderlei solicitam ao senhor prefeito municipal para que busque recursos para asfaltar as seguintes ruas: - IMBITUVA, CASTRO; - PARANAGUÁ; - PALMAS; - PONTA GROSSA; - PALMEIRA; - CAMPO LARGO; - ANTONIO HERMÍNIO DE AGUIAR; - IRATI; - SÃO MATEUS; - BOCAIUVA; - APUCARANA; - RIO BRANCO. Também na AVENIDA PORTO ALEGRE e na VILA RURAL.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/509/oficio_018_-associacao_dos_produtores_rurais.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/509/oficio_018_-associacao_dos_produtores_rurais.pdf</t>
   </si>
   <si>
     <t>O Vereador Sérgio solicita ao presidente da câmara Devair,  para que busque informações juntos aos responsáveis, referente a situação em que se encontra as associações de produtores rurais, que têm implementos ou comodatos com o município de Tapira.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>O Vereador Sérgio, solicita ao presidente da câmara para que entre em contato com o Poder Executivo no sentido que seja tomado providência referente aos vários pedidos apresentados por mim (Indicação N°054/2021 e Indicação N°025/2022: conforme em anexo), antes que aconteça um acidente grave.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>O vereador Sérgio solicita ao senhor presidente para que busque informação junto ao Poder Executivo referente aos resíduos de asfalto, conhecido como fresado, que se encontram na data próximo ao Bosque do Leonardo. Uma vez que as ruas da cidade irão ser asfaltadas com programa do Governo do Estado, gostaria de saber qual será o destino destes resíduos.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/518/of.021-convocacao_audiencias.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/518/of.021-convocacao_audiencias.pdf</t>
   </si>
   <si>
     <t>CONVOCAR todos os membros da Comissão de Economia, Finanças e Fiscalização para Audiência Pública da Câmara e Prefeitura Municipal de Tapira, que ocorrerá no dia 31 de maio do corrente ano a partir das nove horas nesta câmara municipal, para demonstrar e avaliar o cumprimento das metas fiscais do 1º Quadrimestre de 2023 – Lei de Responsabilidade Fiscal.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>Lucia da Silva Munhoz Lima</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/520/convite_conferencia.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/520/convite_conferencia.pdf</t>
   </si>
   <si>
     <t>Convite para a 12ª Conferência Municipal de Assistência Social, a ser realizada no dia 26 de maio de 2023 das 8h:00 às 12h:00 na Assemuta.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/496/oficio_038-2023-prefeitura.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/496/oficio_038-2023-prefeitura.pdf</t>
   </si>
   <si>
     <t>Resposta a Indicação 008/2023 apresentada pelos vereadores Sérgio e Hélio.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/499/of.40-2023-prefeitura.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/499/of.40-2023-prefeitura.pdf</t>
   </si>
   <si>
     <t>Encaminhamento de documentos contábeis do Exercício de 2022.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/516/of.55-2023-prefeitura.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/516/of.55-2023-prefeitura.pdf</t>
   </si>
   <si>
     <t>Ofício n° 55/2023 recebido da prefeitura, solicitando urgência na apreciação do Projeto de Lei n°1105/2023 que trata sobre o Programa Opera Paraná.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/517/oficio_56-2023_-_audiencia_publica_-_1_quadrimestre_2023.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/517/oficio_56-2023_-_audiencia_publica_-_1_quadrimestre_2023.pdf</t>
   </si>
   <si>
     <t>Ofício n°56/2023 recebido do Poder Executivo, encaminhando o Edital n°003/2023 que trata de audiência pública do 1° Quadrimestre de 2023.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/545/83.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/545/83.pdf</t>
   </si>
   <si>
     <t>Ofício recebido do Poder Executivo Municipal em resposta ao Ofício 005/2023 desta Casa de Leis.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/546/84.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/546/84.pdf</t>
   </si>
   <si>
     <t>Ofício recebido do Poder Executivo Municipal em resposta ao Ofício 006/2023 desta Casa de Leis.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/547/85.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/547/85.pdf</t>
   </si>
   <si>
     <t>Ofício recebido do Poder Executivo Municipal em resposta ao Ofício 007/2023 desta Casa de Leis.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/548/86.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/548/86.pdf</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/549/87.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/549/87.pdf</t>
   </si>
   <si>
     <t>Ofício recebido do Poder Executivo Municipal em resposta ao Ofício 024/2023 desta Casa de Leis.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/550/88.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/550/88.pdf</t>
   </si>
   <si>
     <t>Ofício recebido do Poder Executivo Municipal em resposta ao Ofício 009/2023 desta Casa de Leis.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/592/of.214-2023-prefeitura.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/592/of.214-2023-prefeitura.pdf</t>
   </si>
   <si>
     <t>Resposta ao ofício 01/2023 da Comissão de Educação, Cultura, Bem Estar Social e Ecologia.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/590/oficio_215-2023_-_plano_diretor.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/590/oficio_215-2023_-_plano_diretor.pdf</t>
   </si>
   <si>
     <t>O Prefeito Municipal encaminha os seguintes Projetos de Leis: Projeto de Lei Nº 1.125/2023 (Lei do Plano Diretor); Projeto de Lei Nº 1.126/2023 (Lei do Perímetro Urbano) Projeto de Lei Nº 1.127/2023 (Lei do Uso e Ocupação do Solo); Projeto de Lei Nº 1.128/2023 (Lei do Parcelamento do Solo); Projeto de Lei Nº 1.129/2023 (Lei do Sistema Viário); Projeto de Lei Nº 1.130/2023 (Código de Obras); Projeto de Lei Nº 1.131/2023 (Código de Posturas).</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/589/oficio_216-2023-executivo_-_retirar_projeto.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/589/oficio_216-2023-executivo_-_retirar_projeto.pdf</t>
   </si>
   <si>
     <t>Poder Executivo solicita a retirada do Projeto de Lei n°1104/2023 referente a revisão do Plano Diretor, em razão de erros no projeto.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/593/of._217-2023-prefeitura-retirar_projeto.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/593/of._217-2023-prefeitura-retirar_projeto.pdf</t>
   </si>
   <si>
     <t>Solicita a retirada do Projeto de Lei N°1120/2023.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/610/projeto_1124_oficio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/610/projeto_1124_oficio.pdf</t>
   </si>
   <si>
     <t>Executivo Municipal Solicita alteração de Rito.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>ceff - Comissão de Economia, Finanças e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/600/emenda_modificativa_001-projeto_1123.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/600/emenda_modificativa_001-projeto_1123.pdf</t>
   </si>
   <si>
     <t>O Artigo 11° do Projeto de Lei passe a constar com a seguinte redação: _x000D_
 Art. 11° - Os recursos oriundos de convênios, acordos ou ajustes, não previstos no Orçamento da Receita ou seu excesso, poderão ser utilizados como fontes de recursos para abertura de créditos adicionais, somente através de Lei, de projetos, atividades ou operações especiais, mediante acréscimo ou abertura de nova fonte.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>EAP-P</t>
   </si>
   <si>
     <t>Edital de Audiência Pública da Prefeitura</t>
   </si>
   <si>
     <t>CONVOCA, para efeitos de transparência na gestão fiscal, AUDIÊNCIA PÚBLICA DA PREFEITURA MUNICIPAL DE TAPIRA, para demonstrar e avaliar o cumprimento das metas fiscais do 2º Quadrimestre de 2023, conforme previsto no Parágrafo 4º, do artigo 9º, da Lei Complementar Nº. 101 de 04 de maio de 2000 – Lei de Responsabilidade Fiscal, a ser realizada no dia 27-09-2023 às 09:30 na Câmara Municipal de Tapira.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>EAP-C</t>
   </si>
   <si>
     <t>Edital de Audiência Pública da Câmara</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/519/edital_02-2023-camara.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/519/edital_02-2023-camara.pdf</t>
   </si>
   <si>
     <t>CONVOCA, para efeitos de transparência na gestão fiscal, AUDIÊNCIA PÚBLICA DA CÂMARA MUNICIPAL DE TAPIRA, para demonstrar e avaliar o cumprimento das metas fiscais do 1º Quadrimestre de 2023.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>CONVOCA, para efeitos de transparência na gestão fiscal, AUDIÊNCIA PÚBLICA DA CÂMARA MUNICIPAL DE TAPIRA, para demonstrar e avaliar o cumprimento das metas fiscais do 2º Quadrimestre de 2023, conforme previsto no Parágrafo 4º, do artigo 9º, da Lei Complementar Nº. 101 de 04 de maio de 2000 – Lei de Responsabilidade Fiscal, a ser realizada no dia vinte e sete do mês de setembro do ano de dois mil e vinte e três, com início às nove horas, nesta Câmara Municipal de Tapira. Tal audiência será realizada pela Comissão de Economia Finanças e Fiscalização.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>OE</t>
   </si>
   <si>
     <t>Ofícios Expedidos</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/515/oficio_017-prefeito-predio_da_camara.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/515/oficio_017-prefeito-predio_da_camara.pdf</t>
   </si>
   <si>
     <t>O Presidente da Câmara solicita ao prefeito municipal informações sobre o andamento do processo judicial de reintegração de posse do terreno que será realizada a construção da nova sede da CÂMARA. Tendo em vista que no ano de 2022 já foi pago por esta edilidade o projeto arquitetônico.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/514/oficio_018-prefeito-leilao.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/514/oficio_018-prefeito-leilao.pdf</t>
   </si>
   <si>
     <t>O Presidente da Câmara solicita ao senhor Prefeito Municipal providências para que seja feito o quanto antes um leilão de bens móveis inservíveis que se encontram no pátio da prefeitura.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, o mais breve possível, informações dos valores referentes a manutenção, mês a mês da frota da educação, com planilha individualizada por veículo.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/558/oficio_035-2023-resposta_helio-audiencias.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/558/oficio_035-2023-resposta_helio-audiencias.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício 002/2023 do Vereador Hélio, em relação à comissão que presidirá os atos da audiência pública, por simetria ao estabelecido na CF/88 art. 166, e LC 101/2000, sugere-se que a Audiência Pública aconteça na Comissão de Economia Finanças e Fiscalização e sob sua responsabilidade e Presidência, por se tratar de matéria pertinente conforme o Art. 60, I do Regimento Interno.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>ORP</t>
   </si>
   <si>
     <t>Ofício recebido de parlamentar</t>
   </si>
   <si>
     <t>Hélio Belter</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/554/oficio_002-2023-audiencia_publica.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/554/oficio_002-2023-audiencia_publica.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, solicita informações por escrito, referente as audiências públicas tanto o Poder Legislativo quanto o Poder Executivo onde a cada quadrimestres se reúnem para demonstrar o cumprimento das metas fiscais de cada quadrimestre.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/555/oficio_003-2023-comissoes_-_sedu.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/555/oficio_003-2023-comissoes_-_sedu.pdf</t>
   </si>
   <si>
     <t>Os vereadores e membros da Comissão de Economia, Finanças e Fiscalização da Câmara Municipal de Tapira, após reunião para analisar o Projeto de Lei N° 1110/2023, que trata sobre a contratação de operação de crédito, concluíram que por ter o projeto recebido parecer jurídico contrário, encaminha  ao senhor presidente da câmara a solicitação dos seguintes documentos complementares: 1 – justificativa do projeto; 2 – quantos ônibus serão adquiridos?; - 3 capacidade e passageiro de cada veículo; 4 – quantos anos serão feito o empréstimo e quantos de carência?; 5 – projeto de lei revogando o empréstimo já aprovado de 2 milhões. E solicito o cumprimento do Artigo 70 – XII no dia da próxima reunião da comissão. Informaram ao Senhor Presidente da Câmara que fica suspensos os prazos até a complementação devida.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/565/oficio_004-2023-helio-copia_de_lei.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/565/oficio_004-2023-helio-copia_de_lei.pdf</t>
   </si>
   <si>
     <t>Solicita ao presidente da câmara, cópia da Lei N.° 855/2018, bem como cópia do projeto que deu origem a referida lei, com parecer jurídico e pareceres das comissões.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/566/oficio_005-helio-copia_das_convocacoes.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/566/oficio_005-helio-copia_das_convocacoes.pdf</t>
   </si>
   <si>
     <t>Solicita ao presidente da câmara, as convocações das sessões extraordinárias dos anos de 2005 à 2012.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/524/sergio-of._021-2023.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/524/sergio-of._021-2023.pdf</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/525/sergio-of._022-2023.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/525/sergio-of._022-2023.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor presidente para que entre em contato com o Poder Executivo solicitando informação sobre como está a questão da segurança mas escolas, quais medidas já foram tomadas?</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/526/sergio-of._023-2023.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/526/sergio-of._023-2023.pdf</t>
   </si>
   <si>
     <t>Os vereadores Sérgio e Hélio solicitam ao senhor presidente para que entre em contato com o Poder Executivo ou responsável, solicitando informação sobre o não cumprimento da Lei N°980/2021 que dispõe sobre controle de zoonoses, controle das populações de animais e do bem-estar animal do município de Tapira e dá outras providências.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>Sérgio e Hélio</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/529/of-024-sergio_e_helio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/529/of-024-sergio_e_helio.pdf</t>
   </si>
   <si>
     <t>Solicitam ao presidente da câmara para que entre em contato com o Poder Executivo, solicitando informações referente a senhora Jandira Cordeiro Bahia que é assessora da saúde do município. Por onde a mesma recebe seus vencimentos: se é por Concurso Público, por Processo Seletivo Simplificado ou por meio de licitação. Haja vista que no portal de transparência nada foi localizado.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Solicita ao presidente da câmara para que envie ofício ao Presidente do CMDRS – Conselho Municipal de Desenvolvimento Rural Sustentável, pedindo informações sobre o porquê ainda não criaram o fundo e conta específica com CNPJ para assim receber o repasse dos 4% da agricultura?</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/606/of._047-2023-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/606/of._047-2023-sergio.pdf</t>
   </si>
   <si>
     <t>Requer que seja votado em plenário um requerimento para a convocação do Excelentíssimo Senhor Prefeito Municipal para prestar esclarecimentos sobre o não cumprimento da Lei Orçamentária no que diz respeito ao repasse de verbas para a agricultura.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>ORC</t>
   </si>
   <si>
     <t>Ofício Recebido de Comissão Permanente</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/596/of.comissao_financas-saude.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/596/of.comissao_financas-saude.pdf</t>
   </si>
   <si>
     <t>Os vereadores e membros da Comissão de Economia, Finanças e Fiscalização da Câmara Municipal de Tapira, solicitam ao Poder Executivo Municipal para que seja prestado conta - através de link – sobre o retroativo do piso da enfermagem: qual o valor pra cada função.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2065,68 +2065,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/468/001-sergio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/484/indicacao_006-2023-jucelino.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/487/007-sergio.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/488/008-helio_e_sergio.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/489/009-jucelino.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/491/011-edis.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/492/012-sergio.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/494/014-edis.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/495/015-jucelino.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/497/016-sergio_e_adenilson.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/498/017-sergio.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/500/018-sergio.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/507/020-jucelino.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/508/021-sergio.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/530/023-jucelino.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/531/025-sergio.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/532/026-jucelino.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/536/027-2023-sergio.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/534/028-2023-jucelino.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/535/029-2023-jucelino.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/541/indicacao_030-2023-vanderlei_iluminacaovila_rural.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/557/33-jucelino.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/560/034-vanderlei.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/561/035-sergio_e_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/562/036-edis.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/563/037-sergio_e_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/578/038-2023-sergio.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/595/projeto_de_decreto_legislativo_001-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/475/projeto_de_lei_1100-2023_-_recomposicao_salarial_1.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/476/projeto_de_lei_1101-2023_-_recomposicao_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/477/projeto_de_lei_1102-2023-nome_do_bosque.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/502/projeto_de_lei_1103-2023_-_aposentadoria_servidores.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/503/projeto_de_lei_1105-2023_-_opera_parana.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/506/projeto_de_lei_1108-2023_-_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/523/projeto_de_lei_1109-2023_-_ldo_-_2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/537/projeto_de_lei_1110-2023_-credito_correto_27-10-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/540/projeto_de_lei_1112-2023-piso_salarial_saude.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/551/projeto_1114_de_14-08-2023_excesso_procad.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/552/projeto_1115_de_14-08-2023_excesso_secid.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/553/projeto_de_lei_1116-2023_-_alienar_venda_3.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/567/projeto_lei_1117-2023_-_desmembramento_2.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/568/projeto_lei_1118-2023_-_desmembramento_1.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/574/projeto_de_lei_1119-2023_-_transporte_universitario.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/585/projeto_1120-2023-retroativo-correto.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/580/projeto_lei_1121-2023_-_desmembramento_1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/586/projeto_de_lei_1122-2023_ppa-completo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/587/projeto_de_lei_1123-2023-completo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/588/projeto_de_lei_1124-2023_-_socioeducativo.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/591/plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/598/projeto_de_lei_1132-2023-credito_especial.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/599/projeto_de_lei1133-2023-credito_especial.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/601/projeto_de_lei_1134-2023_-_permissao_de_uso.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/602/projeto_de_lei_1135-2023_-_credito.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/604/projeto_de_lei_1137-2023_-_credito.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/612/projeto_de_lei_1138-2023_-_leilao.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/613/projeto_de_lei_1140-2023_-_mais_medicos.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/614/projeto_de_lei_1141-2023_-_cmdrs.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/615/projeto_de_lei_1142-2023_-_credito.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/481/projeto_de_resolucao_001-2023-edis.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/575/requerimento_de_mocao_em_defesa_da_vida.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/605/requerimento_003-2023-sergio.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/471/oficio_03-2023-secretario_de_agricultura.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/521/sergio-of._021-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/472/oficio_03-secretaria_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/486/oficio_005_2023_presidente_camara_vereadores_1.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/512/sergio-devair-of-018-associacoes_prod..pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/474/oficio_19-2023_-_alteracao_subsidio.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/513/sergio-devair-of-019-quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/577/oficio_21-cartorio_eleitoral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/522/sergio-of-022-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/485/oficio_no_59-2023_-_camara_municipal_de_tapira.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/576/conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/539/oficio_120-2023-prefeitura.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/597/oficio_223-2023_-_resposta_comissao_retroativo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/609/oficio_234-2023_-_camara_abreviacao_do_rito.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/594/of._397__gugu_bueno.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/571/of._0618-2023-tj-cidade_gaucha.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/478/projeto_legislativo_001-2023-prefeitoevice.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/479/projeto_legislativo_002-2023-servidores.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/480/projeto_legislativo_003-2023-secretarios.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/504/projeto_legislativo_004-2023-pescasdores.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/538/projeto_legislativo_005-2023-contratacao_de_pessoal.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/509/oficio_018_-associacao_dos_produtores_rurais.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/518/of.021-convocacao_audiencias.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/520/convite_conferencia.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/496/oficio_038-2023-prefeitura.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/499/of.40-2023-prefeitura.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/516/of.55-2023-prefeitura.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/517/oficio_56-2023_-_audiencia_publica_-_1_quadrimestre_2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/545/83.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/546/84.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/547/85.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/548/86.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/549/87.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/550/88.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/592/of.214-2023-prefeitura.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/590/oficio_215-2023_-_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/589/oficio_216-2023-executivo_-_retirar_projeto.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/593/of._217-2023-prefeitura-retirar_projeto.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/610/projeto_1124_oficio.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/600/emenda_modificativa_001-projeto_1123.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/519/edital_02-2023-camara.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/515/oficio_017-prefeito-predio_da_camara.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/514/oficio_018-prefeito-leilao.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/558/oficio_035-2023-resposta_helio-audiencias.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/554/oficio_002-2023-audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/555/oficio_003-2023-comissoes_-_sedu.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/565/oficio_004-2023-helio-copia_de_lei.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/566/oficio_005-helio-copia_das_convocacoes.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/524/sergio-of._021-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/525/sergio-of._022-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/526/sergio-of._023-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/529/of-024-sergio_e_helio.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/606/of._047-2023-sergio.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/596/of.comissao_financas-saude.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/468/001-sergio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/484/indicacao_006-2023-jucelino.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/487/007-sergio.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/488/008-helio_e_sergio.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/489/009-jucelino.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/491/011-edis.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/492/012-sergio.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/494/014-edis.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/495/015-jucelino.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/497/016-sergio_e_adenilson.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/498/017-sergio.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/500/018-sergio.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/507/020-jucelino.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/508/021-sergio.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/530/023-jucelino.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/531/025-sergio.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/532/026-jucelino.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/536/027-2023-sergio.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/534/028-2023-jucelino.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/535/029-2023-jucelino.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/541/indicacao_030-2023-vanderlei_iluminacaovila_rural.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/557/33-jucelino.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/560/034-vanderlei.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/561/035-sergio_e_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/562/036-edis.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/563/037-sergio_e_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/578/038-2023-sergio.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/595/projeto_de_decreto_legislativo_001-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/475/projeto_de_lei_1100-2023_-_recomposicao_salarial_1.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/476/projeto_de_lei_1101-2023_-_recomposicao_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/477/projeto_de_lei_1102-2023-nome_do_bosque.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/502/projeto_de_lei_1103-2023_-_aposentadoria_servidores.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/503/projeto_de_lei_1105-2023_-_opera_parana.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/506/projeto_de_lei_1108-2023_-_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/523/projeto_de_lei_1109-2023_-_ldo_-_2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/537/projeto_de_lei_1110-2023_-credito_correto_27-10-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/540/projeto_de_lei_1112-2023-piso_salarial_saude.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/551/projeto_1114_de_14-08-2023_excesso_procad.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/552/projeto_1115_de_14-08-2023_excesso_secid.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/553/projeto_de_lei_1116-2023_-_alienar_venda_3.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/567/projeto_lei_1117-2023_-_desmembramento_2.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/568/projeto_lei_1118-2023_-_desmembramento_1.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/574/projeto_de_lei_1119-2023_-_transporte_universitario.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/585/projeto_1120-2023-retroativo-correto.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/580/projeto_lei_1121-2023_-_desmembramento_1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/586/projeto_de_lei_1122-2023_ppa-completo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/587/projeto_de_lei_1123-2023-completo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/588/projeto_de_lei_1124-2023_-_socioeducativo.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/591/plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/598/projeto_de_lei_1132-2023-credito_especial.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/599/projeto_de_lei1133-2023-credito_especial.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/601/projeto_de_lei_1134-2023_-_permissao_de_uso.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/602/projeto_de_lei_1135-2023_-_credito.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/604/projeto_de_lei_1137-2023_-_credito.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/612/projeto_de_lei_1138-2023_-_leilao.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/613/projeto_de_lei_1140-2023_-_mais_medicos.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/614/projeto_de_lei_1141-2023_-_cmdrs.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/615/projeto_de_lei_1142-2023_-_credito.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/481/projeto_de_resolucao_001-2023-edis.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/575/requerimento_de_mocao_em_defesa_da_vida.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/605/requerimento_003-2023-sergio.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/471/oficio_03-2023-secretario_de_agricultura.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/521/sergio-of._021-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/472/oficio_03-secretaria_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/486/oficio_005_2023_presidente_camara_vereadores_1.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/512/sergio-devair-of-018-associacoes_prod..pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/474/oficio_19-2023_-_alteracao_subsidio.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/513/sergio-devair-of-019-quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/577/oficio_21-cartorio_eleitoral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/522/sergio-of-022-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/485/oficio_no_59-2023_-_camara_municipal_de_tapira.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/576/conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/539/oficio_120-2023-prefeitura.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/597/oficio_223-2023_-_resposta_comissao_retroativo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/609/oficio_234-2023_-_camara_abreviacao_do_rito.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/594/of._397__gugu_bueno.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/571/of._0618-2023-tj-cidade_gaucha.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/478/projeto_legislativo_001-2023-prefeitoevice.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/479/projeto_legislativo_002-2023-servidores.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/480/projeto_legislativo_003-2023-secretarios.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/504/projeto_legislativo_004-2023-pescasdores.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/538/projeto_legislativo_005-2023-contratacao_de_pessoal.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/509/oficio_018_-associacao_dos_produtores_rurais.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/518/of.021-convocacao_audiencias.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/520/convite_conferencia.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/496/oficio_038-2023-prefeitura.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/499/of.40-2023-prefeitura.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/516/of.55-2023-prefeitura.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/517/oficio_56-2023_-_audiencia_publica_-_1_quadrimestre_2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/545/83.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/546/84.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/547/85.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/548/86.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/549/87.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/550/88.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/592/of.214-2023-prefeitura.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/590/oficio_215-2023_-_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/589/oficio_216-2023-executivo_-_retirar_projeto.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/593/of._217-2023-prefeitura-retirar_projeto.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/610/projeto_1124_oficio.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/600/emenda_modificativa_001-projeto_1123.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/519/edital_02-2023-camara.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/515/oficio_017-prefeito-predio_da_camara.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/514/oficio_018-prefeito-leilao.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/558/oficio_035-2023-resposta_helio-audiencias.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/554/oficio_002-2023-audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/555/oficio_003-2023-comissoes_-_sedu.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/565/oficio_004-2023-helio-copia_de_lei.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/566/oficio_005-helio-copia_das_convocacoes.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/524/sergio-of._021-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/525/sergio-of._022-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/526/sergio-of._023-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/529/of-024-sergio_e_helio.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/606/of._047-2023-sergio.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2023/596/of.comissao_financas-saude.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H149"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="47.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="125.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="124.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>