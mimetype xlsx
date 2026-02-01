--- v0 (2025-10-11)
+++ v1 (2026-02-01)
@@ -120,69 +120,69 @@
   <si>
     <t>Solicitando que seja feito um estacionamento com calçamento ou bloquete, na Avenida Porto Alegre entre as Ruas Lapa e São Mateus, no local que achar adequado.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>João  Batista Cidade</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/624/005-2024-joao_-_gleba_4.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, que seja feita uma reforma na praça da Gleba 04 - Distrito de Tapira, e também q seja construído um barracão comunitário na quadra de esportes que se encontra abandonada, para eventos familiares e festas da igreja.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>Jucelino da Conceição Alcântara</t>
+    <t>Jucelino</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/628/006-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, as seguintes providências para a nova capela mortuária:_x000D_
 - Adquira um carrinho para facilitar o cortejo de movimentação de corpos da capela mortuária até o local de sepultamento no cemitério;_x000D_
 - Iluminação externa da frente da capela, final da Rua Piraquara;_x000D_
 - Instalação de uma cortina de ar para a porta principal da capela.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>Devair dos Santos</t>
+    <t>Devair</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/630/007-devair.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, aquisição de 2 monitores multiparâmetros de sinais vitais, para a área da saúde, bem como 4 macas hospitalares, 10 cadeiras de rodas e 5 aparelhos de aferir pressão.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/631/008-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal um reparo no asfalto da Rua Guarapuava entre as ruas São Mateus e Irati, pois o buraco está quase chegando no meio da pista, dificultando o ir e vir da comunidade.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>9</t>
   </si>
@@ -400,51 +400,51 @@
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/680/027-adenilson.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal, que seja colocado perfilado (restos de asfalto), no trecho da rua Ponta Grossa, entre as ruas Londrina e Jataizinho, saindo na Avenida Porto Alegre.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/681/028-sergio.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal construção de quebra-molas na Vila Rural Jaime Lerner (Ouro Verde), quadra 01 - lote 12.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>Vanderlei Vieira Mendes</t>
+    <t>Vanderlei</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/701/029-2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor prefeito para seja utilizado a prática do fumacê na cidade. Tal medida se faz de extrema necessidade, pois temos níveis elevados de pessoas com dengue e o fumacê é um inseticida dissipado no ar para matar o Aedes aegypti, mosquito transmissor da dengue, já adulto, sendo assim uma medida adicional no combate contra a dengue.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/728/030.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal que sejam refeitas as demarcações das faixas de pedestres e quebra-molas, pois a maioria estão apagadas e que sejam providenciadas nas ruas que ainda não tem sinalização. Solicita também para que tome as devidas providências quanto as placas de sinalização que se encontram encobertas por vegetação e as que estão repetidas.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>31</t>
   </si>