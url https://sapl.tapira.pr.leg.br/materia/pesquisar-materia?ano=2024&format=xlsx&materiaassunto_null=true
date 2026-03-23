--- v1 (2026-02-01)
+++ v2 (2026-03-23)
@@ -10,1632 +10,1968 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1064" uniqueCount="523">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1246" uniqueCount="621">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Sérgio Magalhães da Silva</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/620/indicacao_001-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/620/indicacao_001-sergio.pdf</t>
   </si>
   <si>
     <t>O vereador Sérgio solicita ao senhor prefeito informações sobre como está a situação dos barracões que foram construídos na Vila Nova, o motivo pelo qual não houve a instalação da energia e qual a previsão de entrega?</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/621/indicacao_002-vand_e_dev..pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/621/indicacao_002-vand_e_dev..pdf</t>
   </si>
   <si>
     <t>Os vereadores Vanderlei e Devair solicitam ao prefeito municipal uma revitalização do campo sintético, com pintura, conserto da tela e arquibancadas e que seja instalado bebedouro, construído banheiros e que seja colocado um sombrite.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Rosangela Munhos Fernandes</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/623/003-2024-rosangela.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/623/003-2024-rosangela.pdf</t>
   </si>
   <si>
     <t>Reiterando sua indicação apresentada no dia 27 de novembro de 2023, solicitando que seja feito um trabalho de revisão dos bueiros, pois há vários sem tampa.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/622/n004-2024-sergio-estacionamentono_canteiro.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/622/n004-2024-sergio-estacionamentono_canteiro.docx</t>
   </si>
   <si>
     <t>Solicitando que seja feito um estacionamento com calçamento ou bloquete, na Avenida Porto Alegre entre as Ruas Lapa e São Mateus, no local que achar adequado.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>João  Batista Cidade</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/624/005-2024-joao_-_gleba_4.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/624/005-2024-joao_-_gleba_4.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, que seja feita uma reforma na praça da Gleba 04 - Distrito de Tapira, e também q seja construído um barracão comunitário na quadra de esportes que se encontra abandonada, para eventos familiares e festas da igreja.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Jucelino</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/628/006-jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/628/006-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, as seguintes providências para a nova capela mortuária:_x000D_
 - Adquira um carrinho para facilitar o cortejo de movimentação de corpos da capela mortuária até o local de sepultamento no cemitério;_x000D_
 - Iluminação externa da frente da capela, final da Rua Piraquara;_x000D_
 - Instalação de uma cortina de ar para a porta principal da capela.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Devair</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/630/007-devair.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/630/007-devair.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, aquisição de 2 monitores multiparâmetros de sinais vitais, para a área da saúde, bem como 4 macas hospitalares, 10 cadeiras de rodas e 5 aparelhos de aferir pressão.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/631/008-jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/631/008-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal um reparo no asfalto da Rua Guarapuava entre as ruas São Mateus e Irati, pois o buraco está quase chegando no meio da pista, dificultando o ir e vir da comunidade.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Alcides Masquietto</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/641/009-alcides.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/641/009-alcides.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, a instalação de luz led em todos os super postes que se encontram nos canteiros, aproximadamente oito postes ao todo.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/642/010-jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/642/010-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, para que faça a manutenção dos meios fios de todas as ruas do nosso município e distritos.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/</t>
+    <t>http://sapl.tapira.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, para que dentro das normas possíveis, faça a poda das árvores e o rebaixamento da iluminação da Avenida Paraná entre as ruas Maria Carraro de Aguiar e a Rua Castro.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/652/012-jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/652/012-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor prfeito municipal para que faça um calçamento com bloquetes, do asfalto até a cabeceira da rampa de acesso ao Rio Ivaí do nosso município.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/653/013-sergio_e_jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/653/013-sergio_e_jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, iluminação na Rua Londrina entre a Avenida Rio Grande do Sul e a Rua Bocaiúva.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Solicitando ao senhor prefeito municipal as seguintes informações:_x000D_
  - Quanto ao dinheiro adquirido no leilão da prefeitura municipal, realizado neste ano;_x000D_
 - Referente a situação em que se encontra a pá carregadeira caterpillar, que está no conserto há mais de 1 ano na cidade de Maringá.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Solicito ao senhor prefeito municipal para que seja feito a troca da iluminação comum para a luz de led nas ruas da vila Rural Fany Lerner. _x000D_
 E que seja instalado também luz de led na Avenida Rio Grande do Sul: saída para Nova Olímpia até Vila Nova no trecho que falta. Aproveitando tal pedido, solicito a limpeza do referido trecho (na lateral da pista), para que assim as pessoas que utilizam o transporte de tração animal possam trafegar com menos risco de acidentes.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Solicito ao senhor prefeito municipal, que seja instalado postes de iluminação pública na Rua Morretes, no perímetro entre a Rua Foz do Iguaçu e a Avenida Rio Grande do Sul.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/659/017-rosangela.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/659/017-rosangela.pdf</t>
   </si>
   <si>
     <t>Solicito ao senhor prefeito municipal para que organize uma sala no UPA, para que os pacientes que estão no aguardo de atendimento, possam ficar.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/660/018-rosangela.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/660/018-rosangela.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito Municipal, que seja colocado uma grade no bueiro localizado na esquina da Escola Municipal Campos Sales, na Rua Irati.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/661/019-joao_cidade.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/661/019-joao_cidade.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito Municipal, para que seja feito uma manutenção no posto de saúde do Distrito de Santa Felicidade, porque quando chove infiltra muita água em todas as repartições e que também seja feito uma manutenção no muro do cemitério da referida localidade, que se encontra todo danificado.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/665/020-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/665/020-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja colocado meio-fio junto à pista de rolamento na Rua Antônio Hermínio de Aguiar esquina com rua Lapa. Aproveitando a oportunidade solicito que verifique outros pontos da cidade que também precisam ser recuperados.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Solicitando que faça o rebaixamento da tubulação de drenagem de água de dentro do cemitério municipal, para que assim não venha acumular água lá dentro nos dias de chuvas. E também que faça um calçamento com estacionamento na frente do cemitério e do outro lado da rua.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/668/022-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/668/022-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando instalação de câmeras na praça da Igreja, prédios e espaços públicos._x000D_
 Obs.: Tal pedido já foi feito no ano de 2021 por meio da Indicação n°099/2021), e no ano de 2022 através da Indicação 026/2022.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/670/023-rosangela.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/670/023-rosangela.pdf</t>
   </si>
   <si>
     <t>Solicitando COM URGÊNCIA, uma readequação do asfalto da Rua Guaratuba em frente à casa 847 e colocar uma tampa na boca de lobo. E na casa 817 da mesma rua que também seja feito uma readequação do asfalto.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Apresentamos esta Indicação, de acordo com artigo 140 do Regimento Interno desta Câmara a ser encaminhada ao Senhor Prefeito Municipal, reiterando o pedido feito no ano passado pelos vereadores Hélio e Sérgio, solicitando construção de quebra-molas na Rua Maria Carraro de Aguiar, esquina com a Rua Guaratuba (próximo a APAE). Rosangela, Vanderlei e Sérgio.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/672/025-jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/672/025-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando que tome as seguintes providências dentro das normas possíveis para que faça a readequação de estradas rurais, aproveitando os cascalhos que estão sendo retirados das ruas que vão ser pavimentadas. O uso imediato deste material, deixará as estradas rurais com melhores condições de uso.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Adenilson Aparecido da Silva Moura</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/682/026-adenilson.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/682/026-adenilson.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, construção de quebra-molas na Avenida Porto Alegre, próximo ao barracão do Alex (metalúrgica do Evandro).</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/680/027-adenilson.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/680/027-adenilson.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal, que seja colocado perfilado (restos de asfalto), no trecho da rua Ponta Grossa, entre as ruas Londrina e Jataizinho, saindo na Avenida Porto Alegre.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/681/028-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/681/028-sergio.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal construção de quebra-molas na Vila Rural Jaime Lerner (Ouro Verde), quadra 01 - lote 12.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Vanderlei</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/701/029-2024.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/701/029-2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor prefeito para seja utilizado a prática do fumacê na cidade. Tal medida se faz de extrema necessidade, pois temos níveis elevados de pessoas com dengue e o fumacê é um inseticida dissipado no ar para matar o Aedes aegypti, mosquito transmissor da dengue, já adulto, sendo assim uma medida adicional no combate contra a dengue.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/728/030.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/728/030.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal que sejam refeitas as demarcações das faixas de pedestres e quebra-molas, pois a maioria estão apagadas e que sejam providenciadas nas ruas que ainda não tem sinalização. Solicita também para que tome as devidas providências quanto as placas de sinalização que se encontram encobertas por vegetação e as que estão repetidas.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/732/031-jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/732/031-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municípal um ponto de ônibus para servir de proteção para os alunos que aguardam ônibus escolar, no Bairro Vila Nova, na Rua Mandaguari esquina com a Avenida Rio Grande do Sul.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/733/032-devair.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/733/032-devair.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, os seguintes pedidos:_x000D_
 - reforma da quadra do distrito de Santa Felicidade;_x000D_
 - reforma e ativação da creche do Distrito de Santa Felicidade;_x000D_
 - aquisição de um furgão um carro fiorino furgão para atendimento da inseminação.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/736/033-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/736/033-sergio.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, uma ajuda aos produtores de maracujá do município e Tapira, como mudas, insumos, fertilizantes e outros. Obs. Fonte: 4% da agricultura.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/737/034-devair.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/737/034-devair.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, para que seja feito uma revitalização da praça central de nossa cidade, pintura dos meios-fios e arrumar as calçadas do centro, pois há lugar que as pedras estão soltas.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Solicitandoao senhor prefeito municipal a aquisição de 6 parquinhos para Tapira,  1 para o Distrito de Gleba 4, 1 para o Distrito de Santa Felicidade e 1 para o Distrito de Ouro Verde.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/741/036-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/741/036-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal, seja colocado cascalho ou perfilado na Rua Maria Carraro de Aguiar entre a rua Colombo e a Rua Cerro Azul (canavieira), bem como na Rua Almirante Tamandaré entre a Rua Maria Carraro de Aguiar e a Avenida Curitiba.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/747/037-devair.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/747/037-devair.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, a possibilidade de uma operação “tapa buracos” na Estrada do Alto Café.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/753/038-2024-alcides.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/753/038-2024-alcides.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, a construção de quebra-molas na Avenida Curitiba próximo ao cruzamento com a Rua Ponta Grossa.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/704/mocao_de_apoio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/704/mocao_de_apoio.pdf</t>
   </si>
   <si>
     <t>Declarar apoio irrestrito a Resolução CFM N° 2.378/2024, reconhecendo sua relevância fundamental na salvaguarda da vida humana.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>ceff - Comissão de Economia, Finanças e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/725/projeto_de_decreto_legislativo_011-2024.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/725/projeto_de_decreto_legislativo_011-2024.pdf</t>
   </si>
   <si>
     <t>Ficam aprovadas as contas do Executivo Municipal de Tapira, referentes ao exercício financeiro de 2016, conforme parecer nº 011/2024 desta comissão, com base no Parecer Prévio do Tribunal de Contas do Estado do Paraná (TCE/PR), Processo nº 306787/17.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/726/projeto_de_decreto_legislativo_012-2024.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/726/projeto_de_decreto_legislativo_012-2024.pdf</t>
   </si>
   <si>
     <t>Ficam aprovadas as contas do Executivo Municipal de Tapira, referentes ao exercício financeiro de 2018, conforme parecer nº 012/2024 desta comissão, com base no Parecer Prévio do Tribunal de Contas do Estado do Paraná (TCE/PR), Processo nº 208260/19.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/727/projeto_de_decreto_legislativo_013-2024.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/727/projeto_de_decreto_legislativo_013-2024.pdf</t>
   </si>
   <si>
     <t>Ficam aprovadas as contas do Executivo Municipal de Tapira, referentes ao exercício financeiro de 2019, conforme parecer nº 013/2024 desta comissão, com base no Parecer Prévio do Tribunal de Contas do Estado do Paraná (TCE/PR), Processo nº 205627/20.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/743/projeto_de_decreto_legislativo_014-2024-_prestacao_de_contas_2020.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/743/projeto_de_decreto_legislativo_014-2024-_prestacao_de_contas_2020.pdf</t>
   </si>
   <si>
     <t>Ficam aprovadas as contas do Executivo Municipal de Tapira, referentes ao exercício financeiro de 2020, conforme parecer nº 014/2024 desta comissão, com base no Parecer Prévio do Tribunal de Contas do Estado do Paraná (TCE/PR), Processo nº 150/23.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/744/projeto_de_decreto_legislativo_015-2024-prestacao_de_contas_2021.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/744/projeto_de_decreto_legislativo_015-2024-prestacao_de_contas_2021.pdf</t>
   </si>
   <si>
     <t>Ficam aprovadas as contas do Executivo Municipal de Tapira, referentes ao exercício financeiro de 2021, conforme parecer nº 015/2024 desta comissão, com base no Parecer Prévio do Tribunal de Contas do Estado do Paraná (TCE/PR), Processo nº 352/22.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>Ficam aprovadas as contas do Executivo Municipal de Tapira, referentes ao exercício financeiro de 2022, conforme parecer nº 016/2024 desta comissão, com base no Parecer Prévio do Tribunal de Contas do Estado do Paraná (TCE/PR), Processo nº 126/24.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Claudio Sidiney de Lima</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/618/projeto_de_lei_no_1143-2024.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/618/projeto_de_lei_no_1143-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 24.000,00 (vinte e quatro mil reais).</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/619/projeto_de_lei_no_1143-2024.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/619/projeto_de_lei_no_1143-2024.pdf</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/625/projeto_de_lei_1144-2024_-_operacao_de_credito.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/625/projeto_de_lei_1144-2024_-_operacao_de_credito.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar operações de crédito com a agência de fomento do Paraná S.A., e dá outras providências.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/626/projeto_de_lei_1145-2024-credito_ad._suplem..pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/626/projeto_de_lei_1145-2024-credito_ad._suplem..pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 9.192.675,90 (nove milhões cento e noventa e dois mil seiscentos e setenta e cinco reais e noventa centavos).</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 722.102,04 (setecentos e vinte e dois mil cento e dois reais e quatro centavos.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/633/projeto_de_lei_1147-2024.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/633/projeto_de_lei_1147-2024.pdf</t>
   </si>
   <si>
     <t>Concede a recomposição salarial e aumento real dos vencimentos dos Servidores Públicos do Poder Executivo e dá outras providências.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/634/projeto_de_lei_1148-2024.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/634/projeto_de_lei_1148-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a recomposição inflacionária e aumento real do salário mínimo municipal e dá outras providências, alterando a Lei Municipal 1031/2023.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/650/projeto_de_lei_no_1149-2024_assistencia_social.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/650/projeto_de_lei_no_1149-2024_assistencia_social.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 271.471,76 (duzentos e setenta e um mil quatrocentos e setenta e um reais e setenta e seis centavos).</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/651/projeto_de_lei_no_1150-2024_assistencia_social.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/651/projeto_de_lei_no_1150-2024_assistencia_social.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até  8.600,00 (oito mil seiscentos reais).</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/656/projeto_de_lei_no_1151-2024_veiculos_saude.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/656/projeto_de_lei_no_1151-2024_veiculos_saude.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 195.000,00 (cento e noventa e cinco mil reais).</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/673/projeto_de_lei_no_1152-2024-credito_especial.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/673/projeto_de_lei_no_1152-2024-credito_especial.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até R$ 3.477,85 (três mil quatrocentos e setenta e sete reais e oitenta e cinco centavos).</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/674/projeto_de_lei_no_1153-2024-credito_especial.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/674/projeto_de_lei_no_1153-2024-credito_especial.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até R$ 1.000,00 (um mil reais).</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>prefeito</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/675/projeto_de_lei_no_1154-2024__excesso_fonte_848.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/675/projeto_de_lei_no_1154-2024__excesso_fonte_848.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 238.856,00 (duzentos e trinta e oito mil oitocentos e cinqüenta e seis reais).</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/676/projeto_de_lei_no_1155-2024__suplementar_auxilio_medicos.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/676/projeto_de_lei_no_1155-2024__suplementar_auxilio_medicos.pdf</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/678/projeto_de_lei__n1156-2024-altera_lei_do_plano_diretor.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/678/projeto_de_lei__n1156-2024-altera_lei_do_plano_diretor.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 37 e 52 da Lei n°1054 de 21 de novembro de 2023, que dospõe sobre o parcelamento do solo e dá outras providências.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/697/projeto_de_lei_1157-2024_amerios.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/697/projeto_de_lei_1157-2024_amerios.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do poder executivo municipal a realizar transferência financeira a associação dos municípios de entre rios - Amerios, bem como de celebrar convênio e da outras providências.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/691/projeto_de_lei_1158-2024__superavit_fonte_recursos_escola_integral.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/691/projeto_de_lei_1158-2024__superavit_fonte_recursos_escola_integral.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 40.627,72 (quarenta mil seiscentos e vinte e sete reais e setenta e dois centavos)</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/692/projeto_de_lei_1159-2024__convenio_secid_370_e_372.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/692/projeto_de_lei_1159-2024__convenio_secid_370_e_372.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 932.168,33 (novecentos e trinta e dois mil cento e sessenta e oito reais e trinta e três centavos)</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/693/projeto_de_lei_1160-2024__emenda_equipamentos_apae.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/693/projeto_de_lei_1160-2024__emenda_equipamentos_apae.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até_x000D_
 250.000,00 (duzentos e cinqüenta mil reais)</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/694/projeto_de_lei_1161-2024__excesso_alienacao.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/694/projeto_de_lei_1161-2024__excesso_alienacao.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na_x000D_
 importância de até 418.850,00 (quatrocentos e dezoito mil_x000D_
 oitocentos e cinqüenta reais)</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/698/2024-06-11.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/698/2024-06-11.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a criação e delimitação dos bairros situados na macrozona urbana de Tapira e dá outras providências.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária para o exercício de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>Dispõe sobre a composição, estrutura, competências e funcionamento do Conselho Municipal de Planejamento Urbano de Tapira e dá outras providências.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/707/projeto__de_lei_1165-2024-completo.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/707/projeto__de_lei_1165-2024-completo.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 850.000,00 (oitocentos e cinqüenta mil reais).</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/709/projeto_de_lei_1166-2024-credito.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/709/projeto_de_lei_1166-2024-credito.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 411.777,71 (quatrocentos e onze mil setecentos e setenta e sete reais e setenta e um centavos).</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/710/projeto_de_lei_1167-2024-credito.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/710/projeto_de_lei_1167-2024-credito.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 99.999,47 (noventa e nove mil novecentos e noventa e nove reais e quarenta e sete centavos).</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/717/projeto_de_lei_1168-2024_-_aposentadoria.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/717/projeto_de_lei_1168-2024_-_aposentadoria.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a alterar a Lei n° 009/2005 do Município de Tapira, Paraná, para prever o acréscimo de 25% na aposentadoria por invalidez e dá outras providências.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/720/projeto_de_lei_1169-2024__aquisicao_de_terreno.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/720/projeto_de_lei_1169-2024__aquisicao_de_terreno.pdf</t>
   </si>
   <si>
     <t>Sumula: Autoriza crédito especial na importância de até 120.000,00 (cento e vinte mil reais).</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/721/projeto_de_lei_1170-2024_-_completo.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/721/projeto_de_lei_1170-2024_-_completo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo, em nome do Município de Tapira adquirir a titulo oneroso o bem imóvel que especifica e da outras providências.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/729/projeto_de_lei_1171-credito.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/729/projeto_de_lei_1171-credito.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei N°1171/2024 - Súmula: Autoriza crédito adicional suplementar na importância de até 1.304.792,16 (um milhão trezentos e quatro mil setecentos e noventa e dois reais e dezesseis centavos).</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/734/projeto_de_lei_1173-2024___anulacao.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/734/projeto_de_lei_1173-2024___anulacao.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 70.114,60 (setenta mil cento e catorze reais e sessenta centavos).</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/735/projeto_de_lei_1174-2024__excesso_portarias_e_resolucoes_saude.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/735/projeto_de_lei_1174-2024__excesso_portarias_e_resolucoes_saude.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 198.275,89 (cento e noventa e oito mil duzentos e setenta e cinco reais e oitenta e nove centavos).</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/738/projeto_de_lei_1175-revoga_lei.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/738/projeto_de_lei_1175-revoga_lei.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei 1.025/2022</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/746/projeto_de_lei_1176-2024-desmembramento.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/746/projeto_de_lei_1176-2024-desmembramento.pdf</t>
   </si>
   <si>
     <t>Desmembramento de Lote.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/749/projeto_de_lei_1177-plano_municipal_de_cultura.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/749/projeto_de_lei_1177-plano_municipal_de_cultura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Municipal de Cultura e dá outras providências.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/750/projeto_de_lei_1178-2024-atuarial.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/750/projeto_de_lei_1178-2024-atuarial.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a forma de amortização do déficit técnico atuarial de acordo com a portaria 1467/2022, de 02 junho de 2022, que “disciplina os parâmetros e as diretrizes gerais para organização e funcionamento dos regimes próprios de previdência social dos servidores públicos da união, dos estados, do distrito federal e dos municípios, em cumprimento à lei nº 9.717, de 1998, aos artigos 1º e 2º da lei nº 10.887, de 2004 e à emenda constitucional nº 103, de 2019” - custo suplementar por aportes financeiros - do regime próprio de previdência social do município de Tapira – Paraná, mediante atualização anual, e dá outras providências.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/751/projeto_de_lei_1179-2024__alteracao_metas_plurianual_e_ldo_p_2025.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/751/projeto_de_lei_1179-2024__alteracao_metas_plurianual_e_ldo_p_2025.pdf</t>
   </si>
   <si>
     <t>Altera os Programas Finalísticos de Apoio Administrativo para o período de 2022 a 2025 e Metas e prioridades para exercício de 2024 dá outras providências.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/752/projeto_de_lei_1180-2024__loa_p_2025.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/752/projeto_de_lei_1180-2024__loa_p_2025.pdf</t>
   </si>
   <si>
     <t>Estima a RECEITA e fixa a DESPESA do Município de TAPIRA, Estado do Paraná, para o exercício financeiro de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/755/projeto_de_lei_n_1181-2024_anulacao_-_escola_integral.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/755/projeto_de_lei_n_1181-2024_anulacao_-_escola_integral.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 40.627,72 (quarenta mil seiscentos e vinte e sete reais e setenta e dois centavos).</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/756/projeto_de_lei_n_1182-2024_excesso_-_escola_integral_1.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/756/projeto_de_lei_n_1182-2024_excesso_-_escola_integral_1.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 71.132,87 (setenta e um mil cento e trinta e dois reais e oitenta e sete centavos).</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/757/projeto_de_lei_1183-2024.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/757/projeto_de_lei_1183-2024.pdf</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento de débitos de pequeno valor contra a fazenda pública municipal, suas autarquias e fundações, resultantes de condenações judiciais transitadas em julgado e dá outras providências.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 35.005,61 (trinta e cinco mil e cinco reais e sessenta e um centavos).</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/760/projeto_de_lei_n._o_1.186_-_2024_-_servico_de_inspecao_municipal_2.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/760/projeto_de_lei_n._o_1.186_-_2024_-_servico_de_inspecao_municipal_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do serviço de inspeção municipal de produtos de origem animal (SIM/POA).</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/761/projeto_de_lei_1187-2024_-_parcelamento_-_aporte_2.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/761/projeto_de_lei_1187-2024_-_parcelamento_-_aporte_2.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a efetuar o parcelamento parcial do débito oriundo do aporte financeiro do ano de 2024, relativo ao plano de amortização para o equacionamento do déficit técnico atuarial com o fundo próprio de previdência municipal e dá outras providências.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>Autoriza Crédito Adicional Suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Devair-Presidente e João-1° Secretário</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/640/projeto_de_resolucao_001-2024.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/640/projeto_de_resolucao_001-2024.pdf</t>
   </si>
   <si>
     <t>Concede a recomposição conforme determina o inciso X do artigo 37 da Constituição Federal ao Subsidio dos Vereadores e do Presidente da Câmara Municipal de Tapira, Estado do Paraná, fixados pela Resolução nº 001/2020 e da outras providências.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/742/requerimento_001-sergio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/742/requerimento_001-sergio.pdf</t>
   </si>
   <si>
     <t>Solicitando construção de quebra-molas.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>Of.R</t>
   </si>
   <si>
     <t>Ofício Recebido</t>
   </si>
   <si>
     <t>Resposta ao Ofício 062/2023 da câmara.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>Resposta ao Ofício 001/2024 da câmara.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/647/oficio_19-2024-prefeitura.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/647/oficio_19-2024-prefeitura.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício 002/2024 da câmara.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/632/of.028-2024-prefeitura.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/632/of.028-2024-prefeitura.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício 004-2024, referente as indicações: N° 003 da vereadora Rosangela; N°004 do vereador Sérgio e N°005 do vereador João Batista Cidade.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>Convite para os Fóruns regionais de  Planejamento e Desenvolvimento Territorial - Etapa Cascavel.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/648/oficio_039-2024-prefeitura.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/648/oficio_039-2024-prefeitura.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício 008/2024 da câmara.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/649/oficio_040-2024-prefeitura.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/649/oficio_040-2024-prefeitura.pdf</t>
   </si>
   <si>
     <t>Resposta ao Ofício 009/2024 da câmara.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Silvana M. da Silva</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/663/oficio_52-2024-doc._prestacao_de_contas.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/663/oficio_52-2024-doc._prestacao_de_contas.pdf</t>
   </si>
   <si>
     <t>Encaminhar documentos que compõem a Prestação de Contas-exerc. 2023</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/700/of._088-prefeitura.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/700/of._088-prefeitura.pdf</t>
   </si>
   <si>
     <t>Em resposta ao Ofício N° 026/2024 desta câmara.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/705/of.95-prefeitura.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/705/of.95-prefeitura.pdf</t>
   </si>
   <si>
     <t>Solicita a utilização do Plenário desta Câmara Municipal  no dia 05 de junho para realização da Conferência Extraordinária Municipal da Cidade de Tapira.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/696/oficio_244_comunicacao_novo_horario.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/696/oficio_244_comunicacao_novo_horario.pdf</t>
   </si>
   <si>
     <t>O MINISTÉRIO PÚBLICO DO ESTADO DO PARANÁ, torna público que, a partir do dia 15/05/2024, o horário de expediente nas Unidades do Ministério Público do Estado do Paraná será de turno único e ininterrupto das 12 horas às 19 horas.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>4239</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/731/oficio-caixa_economica_federal.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/731/oficio-caixa_economica_federal.docx</t>
   </si>
   <si>
     <t>Ofício N°4239/2024 - Recebido da Caixa Econômica Federal - Assunto: Crédito de Recursos Financeiros - Orçamento Geral da União.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>Con</t>
   </si>
   <si>
     <t>Convite</t>
   </si>
   <si>
     <t>Convite para o Desfile de 07 de setembro.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>Div.</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/702/prestacao_de_contas-convocacao_da_comissao.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/702/prestacao_de_contas-convocacao_da_comissao.pdf</t>
   </si>
   <si>
     <t>Convocar todos os membros da Comissão de Economia, Finanças e Fiscalização, para se reunir, no intuito de estar emitindo pareceres das Prestações de Contas do Poder Executivo dos anos de 2016, 2018 e 2019.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/637/projeto_legislativo_001-2024-prefeitoevice.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/637/projeto_legislativo_001-2024-prefeitoevice.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo N°001/2024 - Ementa: Altera Subsidio do Prefeito Municipal, e Vice-Prefeito fixados pela Lei nº 097/2008.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/638/projeto_legislativo_002-2024-camara.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/638/projeto_legislativo_002-2024-camara.pdf</t>
   </si>
   <si>
     <t>- Projeto de Lei Legislativo N°002/2024 – Ementa: Concede recomposição salarial dos vencimentos dos Servidores Públicos do Poder Legislativo, e dá outras providências.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/639/projeto_legislativo_003-2024-subsidio_secretarios.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/639/projeto_legislativo_003-2024-subsidio_secretarios.pdf</t>
   </si>
   <si>
     <t>- Projeto de Lei Legislativo N°003/2024 - Ementa: Altera Subsidio dos Secretários Municipais fixados pela Lei Legislativa nº004/2017.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/664/projeto_legislativo_004-2024.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/664/projeto_legislativo_004-2024.pdf</t>
   </si>
   <si>
     <t>Altera o art. 213 na Lei n°029/2003 do Município de Tapira, Paraná, para estabelecer nova data base para os funcionários do Município de Tapira.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/662/5-projeto_legislativo_005-2024-_25_aposentadoria_por_invalidez.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/662/5-projeto_legislativo_005-2024-_25_aposentadoria_por_invalidez.pdf</t>
   </si>
   <si>
     <t>Inclui o art. 19-A na Lei n°009/2005 do município de Tapira, Paraná, para prever o acréscimo de 25% na aposentadoria por invalidez.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>Hélio Belter</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/666/projeto_legislativo_006-2024.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/666/projeto_legislativo_006-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Prédio Público Municipal, Centro do Trabalhador Volante.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>Denomina Denominação Escolhida da Capela Mortuária Municipal "Thamara Pereira Noerenberg", e dá outras providências.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/730/resposta_requerimento_001.2024_maria_carraro_.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/730/resposta_requerimento_001.2024_maria_carraro_.pdf</t>
   </si>
   <si>
     <t>Ofício recebido da Prefeitura Municipal, assinado pelo Engenheiro Civil - Rafael Silveira Ferreira, em resposta ao Requerimento N°001/2024 do vereador Sérgio.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>CONVOCAR todos os membros da Comissão de Economia, Finanças e Fiscalização para Audiência Pública da Câmara e Prefeitura Municipal de Tapira, que ocorrerá no dia 29 de fevereiro do corrente ano a partir das nove horas, nesta Câmara Municipal, para demonstrar e avaliar o cumprimento das metas fiscais do 3º Quadrimestre de 2023 – Lei de Responsabilidade Fiscal.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>Resposta da câmara referente o Inquérito Civil  N° MPPR - 0037.23.000579-7</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>127ª zona eleitoral</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/636/oficio_035-2024_-_alteracao_subsidio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/636/oficio_035-2024_-_alteracao_subsidio.pdf</t>
   </si>
   <si>
     <t>Solicita alteração de subsídio.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/685/of.071.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/685/of.071.pdf</t>
   </si>
   <si>
     <t>Ofício N°071/2024 - Resposta ao Ofício n°014/2024 desta câmara.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/686/072.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/686/072.pdf</t>
   </si>
   <si>
     <t>Ofício N°072/2024 - Resposta ao Ofício n°016/2024 desta câmara.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Ofício N°073/2024 - Resposta ao Ofício n°017/2024 desta câmara.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/688/74.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/688/74.pdf</t>
   </si>
   <si>
     <t>Ofício N°074/2024 - Resposta ao Ofício n°019/2024 desta câmara.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/689/75.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/689/75.pdf</t>
   </si>
   <si>
     <t>Ofício N°075/2024 - Resposta ao Ofício n°020/2024 desta câmara.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/690/76.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/690/76.pdf</t>
   </si>
   <si>
     <t>Ofício N°076/2024 - Resposta ao Ofício n°022/2024 desta câmara.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>Ofício N°80/2024 - O senhor Prefeito Municipal solicita alteração de rito.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>O Prefeito Municipal solicita urgência na apreciação do Projeto de Lei N°1156/2024.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/708/oficio_98-2024_-_camara_solicitacao_de_extraordinaria_1.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/708/oficio_98-2024_-_camara_solicitacao_de_extraordinaria_1.pdf</t>
   </si>
   <si>
     <t>Solicita urgência na apreciação do Projeto de Lei de N°1165/2024.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/754/oficio_1158-2024_-_extraodinaria_1.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/754/oficio_1158-2024_-_extraodinaria_1.pdf</t>
   </si>
   <si>
     <t>Ofício  158/2024 - Solicita urgência na apreciação dos Projetos de Leis de n°1181/2024 e 1182/2024.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>EAP-C</t>
   </si>
   <si>
     <t>Edital de Audiência Pública da Câmara</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/629/edital_de_audiencia_publica_3_quad._de_2023.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/629/edital_de_audiencia_publica_3_quad._de_2023.pdf</t>
   </si>
   <si>
     <t>AUDIÊNCIA PÚBLICA DA CÂMARA MUNICIPAL DE TAPIRA, para demonstrar e avaliar o cumprimento das metas fiscais do 3º Quadrimestre de 2023, conforme previsto no Parágrafo 4º, do artigo 9º, da Lei Complementar Nº. 101 de 04 de maio de 2000 – Lei de Responsabilidade Fiscal, a ser realizada no dia vinte e nove de fevereiro de dois mil e vinte e quatro, a partir das nove horas, nesta Câmara Municipal de Tapira.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/699/edital_02-audiencia_piblica-camara.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/699/edital_02-audiencia_piblica-camara.pdf</t>
   </si>
   <si>
     <t>CONVOCA, para efeitos de transparência na gestão fiscal, AUDIÊNCIA PÚBLICA DA CÂMARA MUNICIPAL DE TAPIRA, para demonstrar e avaliar o cumprimento das metas fiscais do 1º Quadrimestre de 2024, a ser realizada no dia 29-05-2024, a partir das 09h30, nesta Câmara Municipal de Tapira, situada à Rua Paranaguá, n°528.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>Edital de Audiência Pública N°03/2024 - Convoca, para efeitos de transparência na gestão fiscal, Audiência Pública da Câmara Municipal, para demonstrar e avaliar o cumprimento das metas fiscais do 2º Quadrimestre de 2024, conforme previsto no Parágrafo 4º, do artigo 9º, da Lei Complementar Nº. 101 de 04 de maio de 2000 – Lei de Responsabilidade Fiscal, a ser realizada no dia 30-09-2024, a partir das 09h30, nesta Câmara Municipal de Tapira.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>OE</t>
   </si>
   <si>
     <t>Ofícios Expedidos</t>
   </si>
   <si>
     <t>Desta Camara em resposta ao Of. 025 da 127ª zona eleitoral.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/724/oficio_032-2024.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/724/oficio_032-2024.pdf</t>
   </si>
   <si>
     <t>Desta  câmara em resposta ao Of. 017 da 127ª zona eleitoral</t>
+  </si>
+  <si>
+    <t>1117</t>
+  </si>
+  <si>
+    <t>1075</t>
+  </si>
+  <si>
+    <t>L</t>
+  </si>
+  <si>
+    <t>LEIS</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÕES DE CRÉDITO COM A AGÊNCIA DE FOMENTO DO PARANÁ S.A., E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1118</t>
+  </si>
+  <si>
+    <t>1076</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1118/lei_1076_de_27-02-2024_referente_projeto_1145-2024.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza Adicional Suplementar na importancia_x000D_
+de até R$ 9.192.675,90(nove milhões cento e noventa e dois_x000D_
+mil seiscentos e setenta e cinco reais e noventa centavos).</t>
+  </si>
+  <si>
+    <t>1119</t>
+  </si>
+  <si>
+    <t>1077</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1119/lei_1077-2024_-_altera_subsidio_prefeito_e_vice_1.pdf</t>
+  </si>
+  <si>
+    <t>Altera Subsidio do Prefeito_x000D_
+Municipal, e Vice-Prefeito fixados pela Lei n°_x000D_
+097/2008.</t>
+  </si>
+  <si>
+    <t>1120</t>
+  </si>
+  <si>
+    <t>1078</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1120/lei_1078-2024_-_recomposicao_salarial_servidores_-_legislativo_1.pdf</t>
+  </si>
+  <si>
+    <t>Concede recomposição salarial_x000D_
+dos vencimentos dos Servidores Públicos_x000D_
+do Poder Legislativo, e dá outras_x000D_
+providências.</t>
+  </si>
+  <si>
+    <t>1121</t>
+  </si>
+  <si>
+    <t>1093</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1121/lei_1093-2024-vanderlei_sancionou.pdf</t>
+  </si>
+  <si>
+    <t>Altera o art. 213 na Lei nº 029/2003 do Município de Tapira, Paraná, para estabelecer nova data base para os funcionários do Município de Tapira.</t>
+  </si>
+  <si>
+    <t>1122</t>
+  </si>
+  <si>
+    <t>1094</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1122/lei_1094-2024_referente_projeto_1158-2024.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza Adicional Suplementar na importancia_x000D_
+de até R$ 40.627,72(quarenta mil seiscentos e vinte e sete_x000D_
+reais e setenta e dois centavos).</t>
+  </si>
+  <si>
+    <t>1123</t>
+  </si>
+  <si>
+    <t>1095</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1123/lei_1095-2024_referente_projeto_1159-2024.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza Adicional Suplementar na importancia_x000D_
+de até R$ 932.168,33(novecentos e trinta e dois mil cento e_x000D_
+sessenta e oito reais e trinta e três centavos).</t>
+  </si>
+  <si>
+    <t>1124</t>
+  </si>
+  <si>
+    <t>1096</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1124/lei_1096-2024_referente_projeto_1160-2024.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza Especial na importancia de até R$_x000D_
+250.000,00(duzentos e cinqüenta mil reais).</t>
+  </si>
+  <si>
+    <t>1125</t>
+  </si>
+  <si>
+    <t>1097</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1125/lei_1097-2024_referente_projeto_1161-2024.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza Adicional Suplementar na importancia_x000D_
+de até R$ 418.850,00(quatrocentos e dezoito mil oitocentos e_x000D_
+cinqüenta reais).</t>
+  </si>
+  <si>
+    <t>1126</t>
+  </si>
+  <si>
+    <t>1098</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1126/lei_1098-2024_referente_projeto_1165-2024.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza Adicional Suplementar na importancia_x000D_
+de até R$ 850.000,00(oitocentos e cinqüenta mil reais).</t>
+  </si>
+  <si>
+    <t>1127</t>
+  </si>
+  <si>
+    <t>1099</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1127/lei_1099_-2024_referente_projeto_1166-2024.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza Especial na importancia de até R$_x000D_
+411.777,71(quatrocentos e onze mil setecentos e setenta e_x000D_
+sete reais e setenta e um centavos).</t>
+  </si>
+  <si>
+    <t>1128</t>
+  </si>
+  <si>
+    <t>1100</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1128/lei_1100-2024_referente_projeto_1167-2024.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza Adicional Suplementar na importancia_x000D_
+de até R$ 99.999,47(noventa e nove mil novecentos e_x000D_
+noventa e nove reais e quarenta e sete centavos).</t>
+  </si>
+  <si>
+    <t>1129</t>
+  </si>
+  <si>
+    <t>1101</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1129/lei_1101-2024_-_amerios.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA 0 CHEFE DO PODER EXECUTIVO MUNICIPAL_x000D_
+A REALIZAR TRANSFERÊNCIA FINANCEIRA A ASSOCIAÇÃO DOS_x000D_
+MUNICÍPIOS DE ENTRE RIOS — AMERIOS, BEM COMO DE_x000D_
+CELEBRAR CONVÊNIO E DA OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1130</t>
+  </si>
+  <si>
+    <t>1102</t>
+  </si>
+  <si>
+    <t>Autoriza o chefe do Poder Executivo Municipal a realizar transferência financeira à Associação dos municípios de Entre Rios – Amerios, bem como de celebrar convênio e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1131</t>
+  </si>
+  <si>
+    <t>1103</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1131/lei_1103-2024_-_terreno_-_creche.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo, em nome do_x000D_
+Município de Tapira adquirir a titulo oneroso_x000D_
+o bem imóvel que especifica e da outras_x000D_
+providências.</t>
+  </si>
+  <si>
+    <t>1132</t>
+  </si>
+  <si>
+    <t>1104</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1132/lei_1104-2024_-_criacao_e_delimitacao_dos_bairros.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação e_x000D_
+delimitação dos bairros situados na_x000D_
+Macrozona Urbana de Tapira e dá outras_x000D_
+providências.</t>
+  </si>
+  <si>
+    <t>1133</t>
+  </si>
+  <si>
+    <t>1107</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1133/lei_1107-2024_-_credito_adicional.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza Adicional Suplementar na importancia_x000D_
+de até R$ 1.304.792,16(um milhão trezentos e quatro mil_x000D_
+setecentos e noventa e dois reais e dezesseis centavos).</t>
+  </si>
+  <si>
+    <t>1142</t>
+  </si>
+  <si>
+    <t>1111</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1142/lei_1111-2024_-_plano_municipal_de_cultura.pdf</t>
+  </si>
+  <si>
+    <t>1134</t>
+  </si>
+  <si>
+    <t>1112</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1134/lei_1112_de_04-11-2024_referente_projeto_1181-2024.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza Especial na importancia de até R$_x000D_
+40.627,72(quarenta mil seiscentos e vinte e sete reais e_x000D_
+setenta e dois centavos).</t>
+  </si>
+  <si>
+    <t>1135</t>
+  </si>
+  <si>
+    <t>1113</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1135/lei_1113_de_04-11-2024_referente_projeto_1182-2024.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza Especial na importancia de até R$_x000D_
+71.132,87(setenta e um mil cento e trinta e dois reais e_x000D_
+oitenta e sete centavos).</t>
+  </si>
+  <si>
+    <t>1136</t>
+  </si>
+  <si>
+    <t>1116</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1136/lei_1116-2024_-_altera_a_lei_009-2005_-_aposentadoria_por_invalidez.pdf</t>
+  </si>
+  <si>
+    <t>1137</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1137/lei_1117-2024_-_calculo_atuarial.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A FORMA DE AMORTIZAÇÃO DO DÉFICIT TÉCNICO ATUARIAL DE ACORDO COM A PORTARIA 1467/2022, DE 02 JUNHO DE 2022, QUE “DISCIPLINA OS PARÂMETROS E AS DIRETRIZES GERAIS PARA ORGANIZAÇÃO E FUNCIONAMENTO DOS REGIMES PRÓPRIOS DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS DA UNIÃO, DOS ESTADOS, DO DISTRITO FEDERAL E DOS MUNICÍPIOS, EM CUMPRIMENTO À LEI Nº 9.717, DE 1998, AOS ARTIGOS. 1º E 2º DA LEI Nº 10.887, DE 2004 E À EMENDA CONSTITUCIONAL Nº 103, DE 2019” - CUSTO SUPLEMENTAR POR APORTES FINANCEIROS - DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE TAPIRA – PARANÁ, MEDIANTE ATUALIZAÇÃO ANUAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1138</t>
+  </si>
+  <si>
+    <t>1139</t>
+  </si>
+  <si>
+    <t>1190</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1139/lei_1190-2024_-_trabalhador_volante.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A DENOMINAÇÃO DE_x000D_
+PRÉDIO PÚBLICO MUNICIPAL, CENTRO DO_x000D_
+TRABALHADOR VOLANTE.</t>
+  </si>
+  <si>
+    <t>1140</t>
+  </si>
+  <si>
+    <t>1191</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1140/lei_1191-2024_-_capela_mortuaria.pdf</t>
+  </si>
+  <si>
+    <t>Denomina Denominação_x000D_
+Escolhida da Capela Mortuária Municipal_x000D_
+"THAMARA PEREIRA NOERENBERG", e da_x000D_
+outras providências.</t>
+  </si>
+  <si>
+    <t>1141</t>
+  </si>
+  <si>
+    <t>1192</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1141/lei_1192-2024_-_altera_parcelamento_do_solo.pdf</t>
+  </si>
+  <si>
+    <t>Altera os artigos 37 e 52 da Lei n°_x000D_
+1.054 de 21 de novembro de 2023, que dispõe_x000D_
+sobre o parcelamento do solo e dá outras_x000D_
+providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1939,68 +2275,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/620/indicacao_001-sergio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/621/indicacao_002-vand_e_dev..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/623/003-2024-rosangela.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/622/n004-2024-sergio-estacionamentono_canteiro.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/624/005-2024-joao_-_gleba_4.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/628/006-jucelino.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/630/007-devair.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/631/008-jucelino.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/641/009-alcides.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/642/010-jucelino.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/652/012-jucelino.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/653/013-sergio_e_jucelino.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/659/017-rosangela.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/660/018-rosangela.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/661/019-joao_cidade.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/665/020-sergio.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/668/022-sergio.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/670/023-rosangela.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/672/025-jucelino.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/682/026-adenilson.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/680/027-adenilson.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/681/028-sergio.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/701/029-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/728/030.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/732/031-jucelino.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/733/032-devair.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/736/033-sergio.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/737/034-devair.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/741/036-sergio.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/747/037-devair.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/753/038-2024-alcides.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/704/mocao_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/725/projeto_de_decreto_legislativo_011-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/726/projeto_de_decreto_legislativo_012-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/727/projeto_de_decreto_legislativo_013-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/743/projeto_de_decreto_legislativo_014-2024-_prestacao_de_contas_2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/744/projeto_de_decreto_legislativo_015-2024-prestacao_de_contas_2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/618/projeto_de_lei_no_1143-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/619/projeto_de_lei_no_1143-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/625/projeto_de_lei_1144-2024_-_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/626/projeto_de_lei_1145-2024-credito_ad._suplem..pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/633/projeto_de_lei_1147-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/634/projeto_de_lei_1148-2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/650/projeto_de_lei_no_1149-2024_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/651/projeto_de_lei_no_1150-2024_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/656/projeto_de_lei_no_1151-2024_veiculos_saude.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/673/projeto_de_lei_no_1152-2024-credito_especial.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/674/projeto_de_lei_no_1153-2024-credito_especial.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/675/projeto_de_lei_no_1154-2024__excesso_fonte_848.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/676/projeto_de_lei_no_1155-2024__suplementar_auxilio_medicos.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/678/projeto_de_lei__n1156-2024-altera_lei_do_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/697/projeto_de_lei_1157-2024_amerios.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/691/projeto_de_lei_1158-2024__superavit_fonte_recursos_escola_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/692/projeto_de_lei_1159-2024__convenio_secid_370_e_372.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/693/projeto_de_lei_1160-2024__emenda_equipamentos_apae.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/694/projeto_de_lei_1161-2024__excesso_alienacao.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/698/2024-06-11.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/707/projeto__de_lei_1165-2024-completo.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/709/projeto_de_lei_1166-2024-credito.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/710/projeto_de_lei_1167-2024-credito.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/717/projeto_de_lei_1168-2024_-_aposentadoria.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/720/projeto_de_lei_1169-2024__aquisicao_de_terreno.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/721/projeto_de_lei_1170-2024_-_completo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/729/projeto_de_lei_1171-credito.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/734/projeto_de_lei_1173-2024___anulacao.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/735/projeto_de_lei_1174-2024__excesso_portarias_e_resolucoes_saude.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/738/projeto_de_lei_1175-revoga_lei.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/746/projeto_de_lei_1176-2024-desmembramento.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/749/projeto_de_lei_1177-plano_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/750/projeto_de_lei_1178-2024-atuarial.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/751/projeto_de_lei_1179-2024__alteracao_metas_plurianual_e_ldo_p_2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/752/projeto_de_lei_1180-2024__loa_p_2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/755/projeto_de_lei_n_1181-2024_anulacao_-_escola_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/756/projeto_de_lei_n_1182-2024_excesso_-_escola_integral_1.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/757/projeto_de_lei_1183-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/760/projeto_de_lei_n._o_1.186_-_2024_-_servico_de_inspecao_municipal_2.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/761/projeto_de_lei_1187-2024_-_parcelamento_-_aporte_2.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/640/projeto_de_resolucao_001-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/742/requerimento_001-sergio.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/647/oficio_19-2024-prefeitura.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/632/of.028-2024-prefeitura.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/648/oficio_039-2024-prefeitura.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/649/oficio_040-2024-prefeitura.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/663/oficio_52-2024-doc._prestacao_de_contas.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/700/of._088-prefeitura.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/705/of.95-prefeitura.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/696/oficio_244_comunicacao_novo_horario.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/731/oficio-caixa_economica_federal.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/702/prestacao_de_contas-convocacao_da_comissao.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/637/projeto_legislativo_001-2024-prefeitoevice.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/638/projeto_legislativo_002-2024-camara.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/639/projeto_legislativo_003-2024-subsidio_secretarios.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/664/projeto_legislativo_004-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/662/5-projeto_legislativo_005-2024-_25_aposentadoria_por_invalidez.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/666/projeto_legislativo_006-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/730/resposta_requerimento_001.2024_maria_carraro_.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/636/oficio_035-2024_-_alteracao_subsidio.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/685/of.071.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/686/072.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/688/74.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/689/75.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/690/76.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/708/oficio_98-2024_-_camara_solicitacao_de_extraordinaria_1.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/754/oficio_1158-2024_-_extraodinaria_1.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/629/edital_de_audiencia_publica_3_quad._de_2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/699/edital_02-audiencia_piblica-camara.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/724/oficio_032-2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/620/indicacao_001-sergio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/621/indicacao_002-vand_e_dev..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/623/003-2024-rosangela.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/622/n004-2024-sergio-estacionamentono_canteiro.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/624/005-2024-joao_-_gleba_4.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/628/006-jucelino.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/630/007-devair.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/631/008-jucelino.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/641/009-alcides.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/642/010-jucelino.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/652/012-jucelino.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/653/013-sergio_e_jucelino.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/659/017-rosangela.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/660/018-rosangela.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/661/019-joao_cidade.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/665/020-sergio.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/668/022-sergio.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/670/023-rosangela.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/672/025-jucelino.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/682/026-adenilson.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/680/027-adenilson.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/681/028-sergio.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/701/029-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/728/030.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/732/031-jucelino.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/733/032-devair.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/736/033-sergio.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/737/034-devair.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/741/036-sergio.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/747/037-devair.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/753/038-2024-alcides.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/704/mocao_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/725/projeto_de_decreto_legislativo_011-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/726/projeto_de_decreto_legislativo_012-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/727/projeto_de_decreto_legislativo_013-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/743/projeto_de_decreto_legislativo_014-2024-_prestacao_de_contas_2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/744/projeto_de_decreto_legislativo_015-2024-prestacao_de_contas_2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/618/projeto_de_lei_no_1143-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/619/projeto_de_lei_no_1143-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/625/projeto_de_lei_1144-2024_-_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/626/projeto_de_lei_1145-2024-credito_ad._suplem..pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/633/projeto_de_lei_1147-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/634/projeto_de_lei_1148-2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/650/projeto_de_lei_no_1149-2024_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/651/projeto_de_lei_no_1150-2024_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/656/projeto_de_lei_no_1151-2024_veiculos_saude.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/673/projeto_de_lei_no_1152-2024-credito_especial.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/674/projeto_de_lei_no_1153-2024-credito_especial.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/675/projeto_de_lei_no_1154-2024__excesso_fonte_848.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/676/projeto_de_lei_no_1155-2024__suplementar_auxilio_medicos.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/678/projeto_de_lei__n1156-2024-altera_lei_do_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/697/projeto_de_lei_1157-2024_amerios.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/691/projeto_de_lei_1158-2024__superavit_fonte_recursos_escola_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/692/projeto_de_lei_1159-2024__convenio_secid_370_e_372.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/693/projeto_de_lei_1160-2024__emenda_equipamentos_apae.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/694/projeto_de_lei_1161-2024__excesso_alienacao.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/698/2024-06-11.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/707/projeto__de_lei_1165-2024-completo.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/709/projeto_de_lei_1166-2024-credito.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/710/projeto_de_lei_1167-2024-credito.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/717/projeto_de_lei_1168-2024_-_aposentadoria.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/720/projeto_de_lei_1169-2024__aquisicao_de_terreno.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/721/projeto_de_lei_1170-2024_-_completo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/729/projeto_de_lei_1171-credito.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/734/projeto_de_lei_1173-2024___anulacao.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/735/projeto_de_lei_1174-2024__excesso_portarias_e_resolucoes_saude.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/738/projeto_de_lei_1175-revoga_lei.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/746/projeto_de_lei_1176-2024-desmembramento.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/749/projeto_de_lei_1177-plano_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/750/projeto_de_lei_1178-2024-atuarial.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/751/projeto_de_lei_1179-2024__alteracao_metas_plurianual_e_ldo_p_2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/752/projeto_de_lei_1180-2024__loa_p_2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/755/projeto_de_lei_n_1181-2024_anulacao_-_escola_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/756/projeto_de_lei_n_1182-2024_excesso_-_escola_integral_1.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/757/projeto_de_lei_1183-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/760/projeto_de_lei_n._o_1.186_-_2024_-_servico_de_inspecao_municipal_2.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/761/projeto_de_lei_1187-2024_-_parcelamento_-_aporte_2.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/640/projeto_de_resolucao_001-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/742/requerimento_001-sergio.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/647/oficio_19-2024-prefeitura.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/632/of.028-2024-prefeitura.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/648/oficio_039-2024-prefeitura.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/649/oficio_040-2024-prefeitura.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/663/oficio_52-2024-doc._prestacao_de_contas.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/700/of._088-prefeitura.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/705/of.95-prefeitura.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/696/oficio_244_comunicacao_novo_horario.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/731/oficio-caixa_economica_federal.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/702/prestacao_de_contas-convocacao_da_comissao.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/637/projeto_legislativo_001-2024-prefeitoevice.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/638/projeto_legislativo_002-2024-camara.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/639/projeto_legislativo_003-2024-subsidio_secretarios.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/664/projeto_legislativo_004-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/662/5-projeto_legislativo_005-2024-_25_aposentadoria_por_invalidez.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/666/projeto_legislativo_006-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/730/resposta_requerimento_001.2024_maria_carraro_.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/636/oficio_035-2024_-_alteracao_subsidio.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/685/of.071.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/686/072.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/688/74.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/689/75.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/690/76.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/708/oficio_98-2024_-_camara_solicitacao_de_extraordinaria_1.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/754/oficio_1158-2024_-_extraodinaria_1.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/629/edital_de_audiencia_publica_3_quad._de_2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/699/edital_02-audiencia_piblica-camara.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/724/oficio_032-2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1118/lei_1076_de_27-02-2024_referente_projeto_1145-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1119/lei_1077-2024_-_altera_subsidio_prefeito_e_vice_1.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1120/lei_1078-2024_-_recomposicao_salarial_servidores_-_legislativo_1.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1121/lei_1093-2024-vanderlei_sancionou.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1122/lei_1094-2024_referente_projeto_1158-2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1123/lei_1095-2024_referente_projeto_1159-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1124/lei_1096-2024_referente_projeto_1160-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1125/lei_1097-2024_referente_projeto_1161-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1126/lei_1098-2024_referente_projeto_1165-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1127/lei_1099_-2024_referente_projeto_1166-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1128/lei_1100-2024_referente_projeto_1167-2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1129/lei_1101-2024_-_amerios.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1131/lei_1103-2024_-_terreno_-_creche.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1132/lei_1104-2024_-_criacao_e_delimitacao_dos_bairros.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1133/lei_1107-2024_-_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1142/lei_1111-2024_-_plano_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1134/lei_1112_de_04-11-2024_referente_projeto_1181-2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1135/lei_1113_de_04-11-2024_referente_projeto_1182-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1136/lei_1116-2024_-_altera_a_lei_009-2005_-_aposentadoria_por_invalidez.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1137/lei_1117-2024_-_calculo_atuarial.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1139/lei_1190-2024_-_trabalhador_volante.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1140/lei_1191-2024_-_capela_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/1141/lei_1192-2024_-_altera_parcelamento_do_solo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H135"/>
+  <dimension ref="A1:H161"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="47.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="135.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="134.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -5420,50 +5755,648 @@
       <c r="H134" t="s">
         <v>519</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>520</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
         <v>139</v>
       </c>
       <c r="D135" t="s">
         <v>517</v>
       </c>
       <c r="E135" t="s">
         <v>518</v>
       </c>
       <c r="G135" s="1" t="s">
         <v>521</v>
       </c>
       <c r="H135" t="s">
         <v>522</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>523</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>524</v>
+      </c>
+      <c r="D136" t="s">
+        <v>525</v>
+      </c>
+      <c r="E136" t="s">
+        <v>526</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H136" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>528</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>529</v>
+      </c>
+      <c r="D137" t="s">
+        <v>525</v>
+      </c>
+      <c r="E137" t="s">
+        <v>526</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="H137" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>532</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>533</v>
+      </c>
+      <c r="D138" t="s">
+        <v>525</v>
+      </c>
+      <c r="E138" t="s">
+        <v>526</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="H138" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>536</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>537</v>
+      </c>
+      <c r="D139" t="s">
+        <v>525</v>
+      </c>
+      <c r="E139" t="s">
+        <v>526</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="H139" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>540</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>541</v>
+      </c>
+      <c r="D140" t="s">
+        <v>525</v>
+      </c>
+      <c r="E140" t="s">
+        <v>526</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="H140" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>544</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>545</v>
+      </c>
+      <c r="D141" t="s">
+        <v>525</v>
+      </c>
+      <c r="E141" t="s">
+        <v>526</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="H141" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>548</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>549</v>
+      </c>
+      <c r="D142" t="s">
+        <v>525</v>
+      </c>
+      <c r="E142" t="s">
+        <v>526</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="H142" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>552</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>553</v>
+      </c>
+      <c r="D143" t="s">
+        <v>525</v>
+      </c>
+      <c r="E143" t="s">
+        <v>526</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="H143" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>556</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>557</v>
+      </c>
+      <c r="D144" t="s">
+        <v>525</v>
+      </c>
+      <c r="E144" t="s">
+        <v>526</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="H144" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>560</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>561</v>
+      </c>
+      <c r="D145" t="s">
+        <v>525</v>
+      </c>
+      <c r="E145" t="s">
+        <v>526</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="H145" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>564</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>565</v>
+      </c>
+      <c r="D146" t="s">
+        <v>525</v>
+      </c>
+      <c r="E146" t="s">
+        <v>526</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="H146" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>568</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>569</v>
+      </c>
+      <c r="D147" t="s">
+        <v>525</v>
+      </c>
+      <c r="E147" t="s">
+        <v>526</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="H147" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>572</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>573</v>
+      </c>
+      <c r="D148" t="s">
+        <v>525</v>
+      </c>
+      <c r="E148" t="s">
+        <v>526</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="H148" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>576</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>577</v>
+      </c>
+      <c r="D149" t="s">
+        <v>525</v>
+      </c>
+      <c r="E149" t="s">
+        <v>526</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H149" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>579</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>580</v>
+      </c>
+      <c r="D150" t="s">
+        <v>525</v>
+      </c>
+      <c r="E150" t="s">
+        <v>526</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="H150" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>583</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>584</v>
+      </c>
+      <c r="D151" t="s">
+        <v>525</v>
+      </c>
+      <c r="E151" t="s">
+        <v>526</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="H151" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>587</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>588</v>
+      </c>
+      <c r="D152" t="s">
+        <v>525</v>
+      </c>
+      <c r="E152" t="s">
+        <v>526</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="H152" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>591</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>592</v>
+      </c>
+      <c r="D153" t="s">
+        <v>525</v>
+      </c>
+      <c r="E153" t="s">
+        <v>526</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="H153" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>594</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>595</v>
+      </c>
+      <c r="D154" t="s">
+        <v>525</v>
+      </c>
+      <c r="E154" t="s">
+        <v>526</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="H154" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>598</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>599</v>
+      </c>
+      <c r="D155" t="s">
+        <v>525</v>
+      </c>
+      <c r="E155" t="s">
+        <v>526</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="H155" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>602</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>603</v>
+      </c>
+      <c r="D156" t="s">
+        <v>525</v>
+      </c>
+      <c r="E156" t="s">
+        <v>526</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="H156" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>605</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>523</v>
+      </c>
+      <c r="D157" t="s">
+        <v>525</v>
+      </c>
+      <c r="E157" t="s">
+        <v>526</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="H157" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>608</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>540</v>
+      </c>
+      <c r="D158" t="s">
+        <v>525</v>
+      </c>
+      <c r="E158" t="s">
+        <v>526</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H158" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>609</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>610</v>
+      </c>
+      <c r="D159" t="s">
+        <v>525</v>
+      </c>
+      <c r="E159" t="s">
+        <v>526</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="H159" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>613</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>614</v>
+      </c>
+      <c r="D160" t="s">
+        <v>525</v>
+      </c>
+      <c r="E160" t="s">
+        <v>526</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="H160" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>617</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>618</v>
+      </c>
+      <c r="D161" t="s">
+        <v>525</v>
+      </c>
+      <c r="E161" t="s">
+        <v>526</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="H161" t="s">
+        <v>620</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -5558,50 +6491,76 @@
     <hyperlink ref="G111" r:id="rId110"/>
     <hyperlink ref="G112" r:id="rId111"/>
     <hyperlink ref="G113" r:id="rId112"/>
     <hyperlink ref="G114" r:id="rId113"/>
     <hyperlink ref="G115" r:id="rId114"/>
     <hyperlink ref="G116" r:id="rId115"/>
     <hyperlink ref="G117" r:id="rId116"/>
     <hyperlink ref="G118" r:id="rId117"/>
     <hyperlink ref="G119" r:id="rId118"/>
     <hyperlink ref="G120" r:id="rId119"/>
     <hyperlink ref="G121" r:id="rId120"/>
     <hyperlink ref="G122" r:id="rId121"/>
     <hyperlink ref="G123" r:id="rId122"/>
     <hyperlink ref="G124" r:id="rId123"/>
     <hyperlink ref="G125" r:id="rId124"/>
     <hyperlink ref="G126" r:id="rId125"/>
     <hyperlink ref="G127" r:id="rId126"/>
     <hyperlink ref="G128" r:id="rId127"/>
     <hyperlink ref="G129" r:id="rId128"/>
     <hyperlink ref="G130" r:id="rId129"/>
     <hyperlink ref="G131" r:id="rId130"/>
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
     <hyperlink ref="G134" r:id="rId133"/>
     <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>