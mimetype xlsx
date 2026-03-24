--- v2 (2026-03-23)
+++ v3 (2026-03-24)
@@ -120,69 +120,69 @@
   <si>
     <t>Solicitando que seja feito um estacionamento com calçamento ou bloquete, na Avenida Porto Alegre entre as Ruas Lapa e São Mateus, no local que achar adequado.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>João  Batista Cidade</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/624/005-2024-joao_-_gleba_4.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, que seja feita uma reforma na praça da Gleba 04 - Distrito de Tapira, e também q seja construído um barracão comunitário na quadra de esportes que se encontra abandonada, para eventos familiares e festas da igreja.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>Jucelino</t>
+    <t>Jucelino da Conceição Alcântara</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/628/006-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, as seguintes providências para a nova capela mortuária:_x000D_
 - Adquira um carrinho para facilitar o cortejo de movimentação de corpos da capela mortuária até o local de sepultamento no cemitério;_x000D_
 - Iluminação externa da frente da capela, final da Rua Piraquara;_x000D_
 - Instalação de uma cortina de ar para a porta principal da capela.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>Devair</t>
+    <t>Devair dos Santos</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/630/007-devair.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, aquisição de 2 monitores multiparâmetros de sinais vitais, para a área da saúde, bem como 4 macas hospitalares, 10 cadeiras de rodas e 5 aparelhos de aferir pressão.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/631/008-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal um reparo no asfalto da Rua Guarapuava entre as ruas São Mateus e Irati, pois o buraco está quase chegando no meio da pista, dificultando o ir e vir da comunidade.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>9</t>
   </si>
@@ -400,51 +400,51 @@
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/680/027-adenilson.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal, que seja colocado perfilado (restos de asfalto), no trecho da rua Ponta Grossa, entre as ruas Londrina e Jataizinho, saindo na Avenida Porto Alegre.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/681/028-sergio.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal construção de quebra-molas na Vila Rural Jaime Lerner (Ouro Verde), quadra 01 - lote 12.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>Vanderlei</t>
+    <t>Vanderlei Vieira Mendes</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/701/029-2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor prefeito para seja utilizado a prática do fumacê na cidade. Tal medida se faz de extrema necessidade, pois temos níveis elevados de pessoas com dengue e o fumacê é um inseticida dissipado no ar para matar o Aedes aegypti, mosquito transmissor da dengue, já adulto, sendo assim uma medida adicional no combate contra a dengue.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2024/728/030.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal que sejam refeitas as demarcações das faixas de pedestres e quebra-molas, pois a maioria estão apagadas e que sejam providenciadas nas ruas que ainda não tem sinalização. Solicita também para que tome as devidas providências quanto as placas de sinalização que se encontram encobertas por vegetação e as que estão repetidas.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>31</t>
   </si>