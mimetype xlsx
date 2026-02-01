--- v0 (2025-10-11)
+++ v1 (2026-02-01)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1864" uniqueCount="920">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2143" uniqueCount="1048">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -129,124 +129,124 @@
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/768/005.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, iluminação na Rua Guarapuava n° 1.363.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/769/006.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, reforma do antigo prédio da capela mortuária e em seguida transferir para os funcionários do Conselho Tutelar Municipal trabalharem.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>Alcenir Antonio Piloto</t>
+    <t>Alcenir</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/772/indicacao_007-2025-alcenir.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal a implantação de um quebra molas no cruzamento da Rua Adão de Oliveira com a Avenida Curitiba.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/773/indicacao_008-2025-alcenir.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal para que viabilize junto ao DER, a implantação de uma alça de acesso  na PR 576 - próxima ao KM 72.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>Jucelino da Conceição Alcântara</t>
+    <t>Jucelino</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/771/indicacao_009-2025-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito Municipal Ronald Smazaro, solicitando por intermédio do setor competente para que estudem a viabilidade técnica legal junto ao secretário de esportes Hugo Assis, da construção de um banheiro com acessibilidade no Ginásio de Esportes Alnei Cezar e que também seja construída uma plataforma com rampa de chegada para cadeirantes, para que assim eles possam ter um espaço reservado para assistir aos jogos.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/774/indicacao_010-2025-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Ronald Smarzaro, que por intermédio do setor competente para que estudem a viabilidade técnica legal, da elaboração de revitalização do Cemitério do Distrito de Santa Felicidade. E também fazer manutenção da cobertura do postinho de saúde do Distrito de Santa Felicidade, pois nos dias de chuvas causa muito transtorno para os colaboradores daquele setor.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>Devair dos Santos</t>
+    <t>Devair</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/775/indicacao_011-2025-devair.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Ronald Smarzaro,  as seguintes providências:_x000D_
 - Reforma completa no campo sintético;_x000D_
 - Revitalização da Praça do Distrito de Gleba Quatro;_x000D_
 - Reforma da quadra de Santa Felicidade; _x000D_
 - Manutenção das estradas rurais.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>Micheli de Lima Rodrigues</t>
+    <t>Micheli</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/776/indicacao_012-2025-micheli.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Ronald Smarzaro,  que seja realizado pelo departamento de tributação a comunicação aos munícipes residentes no Distrito de Santa Felicidade, que este departamento possui mapa atualizado e numerado deste distrito, possibilitando aos mesmos identificar suas residências com a numeração predial oficial do município, conforme croqui em anexo. _x000D_
 Sugere-se que seja feita a comunicação por carro de som preferencialmente dias de semana, após as 18h e finais de semana, na intenção de que todos os moradores do referido distrito tenham conhecimento e possam regularizar seus imóveis.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Devair e Jucelino</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/784/013-2025-jucelino_e_devair.pdf</t>
   </si>
   <si>
     <t>Solicitam ao senhor Prefeito Municipal, Ronald Smarzaro, que por intermédio de assessoria jurídica e os demais setores competentes, com recursos estadual ou federal ou até mesmo com recurso próprio, para que estudem a viabilidade técnica legal da elaboração de um projeto de lei complementar, e posterior envio ao Poder Legislativo de Tapira Paraná, dispondo sobre os prédios públicos do nosso município a energia fotovoltaica.</t>
   </si>
   <si>
     <t>785</t>
@@ -269,51 +269,51 @@
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/786/015-2025-devair_e_jucelino.pdf</t>
   </si>
   <si>
     <t>Os referidos Edis solicitam ao Prefeito Municipal e ao Secretário da Agricultura Municipal, Tiago, aquisição de uma caminhonete furgão, juntamente com aparelho de ultrassom animal e um botijão para sêmen, para assim atender os pequenos produtores rurais.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/787/016-2025-devair.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Ronald Smarzaro, as devidas providências para que seja instalado um corrimão na escadaria que dá acesso à rodoviária.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>Anelise Prado Lopes</t>
+    <t>Anelise</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/788/017-2025-anelise.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, Ronald, a construção de quebra-molas na rua Ponta Grossa, cruzamento com a Avenida Curitiba (próximo a bocha).</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/789/018-2025-anelise.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, a construção de quebra-molas na rua Bocaiúva, cruzamento com a Rua Rio Negro, próximo ao Colégio Estadual São José.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>19</t>
   </si>
@@ -323,51 +323,51 @@
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/791/019-micheli_e_vanderlei.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Senhor Prefeito Municipal, Ronald, solicitando a aquisição de Playgrounds Temáticos Inclusivos, para nosso município.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/794/020-2025-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito Municipal Ronald Smarzaro, que por intermédio de assessoria jurídica e os demais setores competentes, através de convênio e parcerias públicas privadas para disponibilizar sinal público de internet através do sistema de wifi, nas praças públicas do município (Praça Central, Distritos de Ouro Verde, Santa Felicidade Gleba Quatro).</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>Alcides Masquietto</t>
+    <t>Alcides</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/795/021-alcides.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito Municipal Ronald Smarzaro, a construção de um portal na entrada da cidade, na Avenida Rio Grande do Sul (saída para a cidade de Nova Olímpia). Pois este portal vai trazer uma grande beleza em nosso município.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/796/022-alcides.pdf</t>
   </si>
   <si>
     <t>Solicitando que o senhor prefeito tome as devidas providências para que volte  a colocar novamente as tartarugas nas rotatórias da avenida Curitiba, nos seguintes locais: perto do Correio, próximo à loja Gonçalves, próximo ao poço Zabini, próximo à loja do Nino, próximo ao Banco Sicoob e próximo ao poço do Satoshi. Na gestão passada, foi indicado por mim e foram colocadas, mas o pessoal que fizeram o recape do asfalto, retiraram, e é muito importante que sejam colocadas novamente, para que sejam evitados acidentes.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>23</t>
   </si>
@@ -1028,51 +1028,51 @@
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/890/078-2025-neide-quebra-molas.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito a construção de quebra-molas na Rua Maria Carraro de Aguiar, N° 1553, em frente a APAE.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/891/079-2025-alcenir-quebra-molas.pdf</t>
   </si>
   <si>
     <t>Solicitando para que o Prefeito viabilize a implantação de um quebra molas no cruzamento da Rua São Mateus com a Rua Colombo.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>Devair dos Santos, Jucelino da Conceição Alcântara</t>
+    <t>Devair, Jucelino</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/892/080-2025-devair_e_jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando recape das ruas do Jardim Itália bem como no trecho da Avenida Paraná próximo ao Jardim Itália.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Anelise Prado Lopes e Jucineide Ap. de Brito da Silva</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/893/081-2025-anelise_e_jucineide-recurso200mil.pdf</t>
   </si>
   <si>
     <t>As nobres vereadoras solicitam que o Executivo Municipal possa utilizar o valor residual dos R$ 200.000,00 - o qual será utilizado para comprar 2 veículos para saúde - para aquisição de bicicletas elétricas para uso das ACS do município.</t>
   </si>
   <si>
     <t>895</t>
   </si>
@@ -1136,51 +1136,51 @@
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Solicita por intermédio do setor competente a viabilidade de adquirir carteiras escolares para o CMEI Claudio Ivantes, e que seja realizado uma pintura interna e externa do prédio, aproveitando as férias escolares do mês de julho. Solicito ainda que seja pintado uma faixa no asfalto delimitando os lugares dos ônibus.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/905/088-2025-edis-feiras_livres.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que busque junto aos deputados, apoio à Estruturação de Feiras Livres (10 barracas 3m x 4m, bancadas, mesas, expositores, expositores refrigerados, balança tipo plataforma, balança de mesa, estufa para salgado, conjunto de mesas e cadeiras, etc.)  no valor de R$ 200.000,00 (duzentos mil reais).</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>Vanderlei Vieira Mendes</t>
+    <t>Vanderlei</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/906/089-2025-vanderlei-reforma_dos_vestiarios_pardalzao.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja tomada as providências necessárias para acionar o Departamento de Engenharia do Município para realizar o projeto de reforma dos vestiários do Estádio Pardalzão.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/907/090-2025-edis-sinalizacao_viaria.pdf</t>
   </si>
   <si>
     <t>Apresentamos esta Indicação, de acordo com artigo 140 do Regimento Interno desta Câmara a ser encaminhada ao Senhor Prefeito Municipal, para que manifeste interesse junto ao Governador do Estado na celebração de convênio para Sinalização Viária - Detran 2025. O programa faz parte de uma ação mais ampla do Detran-PR para municipalizar o trânsito e melhorar a mobilidade urbana.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>91</t>
   </si>
@@ -1859,71 +1859,240 @@
   <si>
     <t>Solicitam ao senhor prefeito municipal para que providencie a realização de uma limpeza no Distrito de Santa Felicidade.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo para que disponibilize uma geladeira para o prédio da fisioterapia.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1000/150-2025-anelise-iluminacao_bairo_fenix.pdf</t>
   </si>
   <si>
     <t>Solicitando manutenção da iluminação pública do bairro FÊNIX I (fundos do laticínio) e a padronização das luminárias, pois algumas são led e outras de incidência amarela.</t>
   </si>
   <si>
+    <t>1005</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1005/151-2025-jucineide.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que o Senhor Prefeito Municipal determine ao setor competente a adoção de providências para reparos da iluminação pública na entrada da cidade (vindo do Distrito de Ouro Verde). Pois o referido local se encontra às escuras.</t>
+  </si>
+  <si>
+    <t>1006</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>Alcides e João César</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1006/152-2025-alcides_e_cesar.pdf</t>
+  </si>
+  <si>
+    <t>Solicitam ao prefeito para que seja instalado o letreiro “EU AMO DISTRITO DE OURO VERDE” na entrada do referido distrito.</t>
+  </si>
+  <si>
+    <t>1007</t>
+  </si>
+  <si>
+    <t>153</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1007/153-2025-alcides_e_cesar.pdf</t>
+  </si>
+  <si>
+    <t>Solicitam ao prefeito para que seja instalado o letreiro “EU AMO DISTRITO DE SANTA FELICIDADE”, na entrada do referido distrito.</t>
+  </si>
+  <si>
+    <t>1008</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1008/154-2025-alcides_e_cesar.pdf</t>
+  </si>
+  <si>
+    <t>Solicitam ao prefeito municipal para que seja instalado o letreiro “EU AMO DISTRITO DE GLEBA QUATRO”, na entrada do referido distrito.</t>
+  </si>
+  <si>
+    <t>1009</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1009/155-2025-alcenir.pdf</t>
+  </si>
+  <si>
+    <t>Que o prefeito municipal,  viabilize a limpeza, desassoreamento e manutenção das caixas d´água das estradas rurais.</t>
+  </si>
+  <si>
+    <t>1012</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>Promova a regulamentação municipal da atividade de condutor/motorista de ambulância, com normas e procedimentos internos que atendam aos requisitos e atribuições previstos na Lei nº 15.250/2025 (em especial os arts. 1º, 2º e 3º) e garanta sua aplicabilidade no âmbito do Município.</t>
+  </si>
+  <si>
+    <t>1013</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>Solicitando que seja construído quebra-molas na Avenida Paraná, ao lado da mecânica do Edmundo, e que também seja feita uma readequação da iluminação.</t>
+  </si>
+  <si>
+    <t>1020</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1020/158-2025-alcenir-reparos_creche.pdf</t>
+  </si>
+  <si>
+    <t>Que viabilize a revitalização e execute reparos emergenciais, no Centro de Educação Infantil Claudio Ivantes, localizado na Rua Paranaguá, nº 690.</t>
+  </si>
+  <si>
+    <t>1023</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1023/159-2025-jucineide_e_anelise-horas_maquinas.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando ao prefeito municipal:_x000D_
+1.	Que adote medidas necessárias para garantir o cumprimento integral da Lei Municipal Nº812/2018, que trata sobre a prestação de serviços de horas-máquina pelo Município de Tapira-PR. _x000D_
+2.	Que viabilize um Termo de Responsabilidade para o secretário do setor responsável e servidor designado operar maquinários em geral, declarando: autorização do serviço prestado, conhecimento da situação do maquinário em uso, registro de ocorrências, comprometimento a manutenções preventivas e responsabilidade ampla por uso indevido ou infrações decorrentes de mal uso/operação.</t>
+  </si>
+  <si>
+    <t>1025</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1025/160-2025-jucineide-ar_e_vidro_da_van.pdf</t>
+  </si>
+  <si>
+    <t>Reiterando o pedido onde solicitei o conserto do ar condicionado da van de 21 lugares, que está apresentando problemas de funcionamento. Além disso, solicito ainda que seja feito o serviço de troca do vidro da van, pois o atual está danificado.</t>
+  </si>
+  <si>
+    <t>1026</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1026/161-2025-jucineide-asfalto_trechos_das_ruas.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao prefeito municipal para que seja realizado o asfaltamento dos trechos ainda não pavimentados, das seguintes ruas:_x000D_
+Campo Largo_x000D_
+Dr. Hermínio de Aguiar_x000D_
+Bocaiúva_x000D_
+Almirante Tamandaré_x000D_
+Ponta grossa_x000D_
+Guarapuava próxima da canavieira_x000D_
+Piraquara (em frente UBS) até avenida Rio grande do Sul_x000D_
+Londrina até Avenida Rio Grande do Sul</t>
+  </si>
+  <si>
+    <t>1027</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1027/163-2025-jucineide-cumprimento_da_lei_-_condutor_de_ambulancia.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao prefeito municipal, para que determine a adoção de medidas administrativas, para garantir o integral cumprimento da Lei Federal nº 15.250, de 3 de novembro de 2025, que regulamenta a atividade de Condutor de Ambulância.</t>
+  </si>
+  <si>
     <t>888</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/888/mocao_de_apoio_as_apaes.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Tapira, Estado do Paraná, por iniciativa de todos os vereadores, manifestam, por meio desta moção, seu apoio irrestrito às Associações de Pais e Amigos dos Excepcionais – APAEs e seu repúdio à Ação Direta de Inconstitucionalidade nº 7796, atualmente em trâmite no Supremo Tribunal Federal (STF), que visa impedir o repasse de recursos públicos a essas instituições.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Lar São Francisco de Assis, pelos seus 50 anos de fundação, a serem completados em 10 de outubro de 2025, reconhecendo e enaltecendo a relevante contribuição social prestada à comunidade de Tapira e toda a região.</t>
   </si>
   <si>
+    <t>1031</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>VANDERLEI VIEIRA MENDES e DEVAIR DOS SANTOS</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1031/projeto_de_decreto_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Suplementar Legislativo 002/2025 - Fica aberto no orçamento da Câmara do Município de Tapira - Estado do Paraná, um Crédito Adicional Suplementar na ordem de R$ 20.000,00 (vinte mil reais).</t>
+  </si>
+  <si>
     <t>973</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Ronald Rogério Lopes Smarzaro</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/973/projeto_de_lei_1218_-_reestruturacao_rpps.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do Regime Próprio de Previdência Social – R.P.P.S., dos servidores públicos municipais do Município de Tapira, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>PLO</t>
@@ -2387,188 +2556,315 @@
   <si>
     <t>998</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/998/projeto_1234-2025_ppa_2026-2029.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Tapira, Estado do Paraná, para o Quadriênio 2026 a 2029 e dá outras providências.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/999/projeto_de_lei_1235-2025__loa_p_2026.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Tapira, Estado do Paraná, para o exercício financeiro de 2026 e dá outras providências.</t>
   </si>
   <si>
+    <t>1004</t>
+  </si>
+  <si>
+    <t>1236</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1004/projeto_de_lei_1236-2025-desmembramento-completo.pdf</t>
+  </si>
+  <si>
+    <t>1017</t>
+  </si>
+  <si>
+    <t>1237</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1017/projeto_de_lei_n.o_1.237_-_ratificacao_consorcio_parana_intergestores.pdf</t>
+  </si>
+  <si>
+    <t>Ratifica o protocolo de intenções firmado entre o Estado do Paraná e os municípios do Estado do Paraná subscritores, com a finalidade de formalizar a constituição e adequação do Consórcio Intergestores Paraná Saúde - CIPS aos termos do regime previsto na Lei Federal N°11.107/2005 e sua regulamentação, voltado ao desenvolvimento de ações na área da assistência farmacêutica no âmbito do Sistema Único de Saúde (SUS).</t>
+  </si>
+  <si>
+    <t>1019</t>
+  </si>
+  <si>
+    <t>1238</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1019/projeto_de_lei_n_1.238_-_aeit.pdf</t>
+  </si>
+  <si>
+    <t>Cria a Área Especial de Interesse Turístico do Rio Ivaí e dá outras providências na forma do artigo 180 e artigo 225 parágrafo 1° inciso III da Constituição Federal do Brasil, tendo em vista o artigo 5º inciso VI e artigo 13ª § 10º da Lei Federal nº 11.771 de 17 de setembro de 2008; o artigo 4º inciso XII e artigo 5º inciso V da Lei Federal n° 9.985 de 18 de julho de 2000 e dispostos no Decreto Federal n° 4.340, de 22 de agosto de 2002.</t>
+  </si>
+  <si>
     <t>763</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/763/projeto_de_resolucao_001-2025-ver._micheli.pdf</t>
   </si>
   <si>
     <t>Institui a Procuradoria da Mulher no âmbito da Câmara Municipal de Tapira e dá outras providencias.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/781/projeto_de_resolucao_002-2025-carro.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a utilização de veículos oficiais pelos órgãos da Câmara Municipal de Tapira.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/848/requerimento_001-anelise.pdf</t>
   </si>
   <si>
     <t>Requer as seguintes  informações a respeito da captação de imagens e divulgações que estão ocorrendo por servidor do Município: - Há interesse do Executivo na criação das redes sociais da Prefeitura Municipal? Com uma página própria, com objetivo de divulgação de informações à população, assim como de prestação de esclarecimentos? -Quantidade de horas disponíveis para captação de dados para o município, por meio do servidor já designado? -Esse mesmo servidor alimentará a página do Município, ou seja, será responsável por administrar os conteúdos postados? -Qual material a Prefeitura municipal está disponibilizando para esse servidor? -O material poderá ser utilizado fora das horas destinadas a captação de imagens e/ou áudios para o Município? -O que é feito com essa captação atualmente? Para onde é enviado e onde é (caso seja) postado? -Como é feito o tratamento dessa captação e a preparação das artes, é o próprio servidor o responsável? CONTINUA...</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>Requer à Mesa Diretora, após deliberação do Plenário, que seja oficiado o Excelentíssimo Senhor Prefeito Municipal, para que este, no prazo legal, encaminhe informações o cumprimento do art. 40 da lei nº 1057/2023 que "Dispõe sobre o Código de Postura”.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>Solicitando cumprimento da lei municipal 251/2010, que trata da obrigatoriedade da separação e destinação final dos resíduos sólidos domiciliares no município de Tapira-PR.</t>
+  </si>
+  <si>
+    <t>1003</t>
+  </si>
+  <si>
+    <t>CJR - Comissão de Justiça e Redação</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1003/requerimento_05-2025.pdf</t>
+  </si>
+  <si>
+    <t>Os vereadores abaixo assinados, membros da Comissão de Justiça e Redação, nos termos dos artigos 59 e 148, II do Regimento Interno desta Câmara, vêm respeitosamente, requerer a realização de Audiência Pública, para discutir o Projeto de Lei nº 1.218/2025, de autoria do Poder Executivo, que "Dispõe sobre a reestruturação do Regime Próprio de Previdência Social – R.P.P.S., dos servidores públicos municipais do Município de Tapira, Estado do Paraná, e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1014</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1014/requerimento_006-2025-motoristas.pdf</t>
+  </si>
+  <si>
+    <t>Atualização - com base na lei federal 15.250/2025 – das atribuições, direitos e deveres dos motoristas, que atuam na área da saúde na condução de ambulâncias; Cumprimento de todos os requisitos previstos na referida lei; inclusive treinamentos e testes de conhecimento técnico da função exercida, respeito severo ao tempo de descanso e nomenclatura correta do cargo; Informação facilitada a respeito da lei 15.250/2025 aos profissionais competentes desta área.</t>
+  </si>
+  <si>
+    <t>1015</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1015/requerimento_007-2025-fiat_strada.pdf</t>
+  </si>
+  <si>
+    <t>1.	Destinação do veículo FIAT STRADA cabine dupla, com placas UAV-7A62 para o departamento de vigilância sanitária; _x000D_
+2.	Ou, destinar o veículo MITSUBISCHI TRITON cabine dupla, com placas BDP-6E81, para o mesmo departamento. _x000D_
+3.	Ou ainda, que se há algum plano ou previsão de recebimento de veículo apropriado e fixo para atender este setor, que seja informado:_x000D_
+- Marca e modelo do veículo;_x000D_
+- Previsão de recebimento;_x000D_
+- Fonte do recurso;_x000D_
+Ambos veículos citados são destinados ao uso da secretária de saúde, porém o primeiro encontra-se no pátio sem uso declarado, e o segundo encontra-se em posse do executivo.</t>
+  </si>
+  <si>
+    <t>1016</t>
+  </si>
+  <si>
+    <t>Que adote as medidas necessárias para garantir o cumprimento integral da Lei Municipal N°812/2018, que trata sobre a prestação de serviços de horas-máquina subsidiadas pelo Município de Tapira-Pr, principalmente ao que diz respeito as máquinas, ao tempo de trabalho e uso em cada localidade e para cada beneficiário que pagou pelo serviço.</t>
+  </si>
+  <si>
+    <t>1022</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1022/requerimento_009-2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao prefeito municipal para que encaminhe as seguintes informações:_x000D_
+- Que em análise a sua resposta por intermédio do Ofício N°090/2025 referente minha Indicação N°039/2025, para uma melhor compreensão, solicito que envie a esta Casa de Leis para análise, o laudo técnico que indiquem o grau de insalubridade ou periculosidade, dos servidores públicos municipais de serviços gerais, que trabalham na cozinha e limpeza.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>Con</t>
   </si>
   <si>
     <t>Convite</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/877/convite-maio_laranja.pdf</t>
   </si>
   <si>
     <t>Convite para a caminhada em alusão à campanha "Maio Laranja".</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>Sessão Solene De Posse do Parlamento Jovem._x000D_
 Dia:16.06.2025_x000D_
 Às 18:00 horas_x000D_
 A realizar-se no Plenário da Câmara Municipal de Tapira-Pr</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/919/convite-assistencia.docx</t>
   </si>
   <si>
     <t>XIII Conferência Municipal de Assistência Social - Tema: 20 anos do SUAS: construção, proteção social e resistência. Dia 01 de julho às 8 hs - Local: ASSEMUTA.</t>
   </si>
   <si>
+    <t>1018</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1018/convite-consulta_publica.pdf</t>
+  </si>
+  <si>
+    <t>Convite Consulta Pública - Criação de Área Especial de Interesse Turístico AEIT do Rio Ivaí.</t>
+  </si>
+  <si>
     <t>783</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/783/projeto_legislativo_001-diarias.pdf</t>
   </si>
   <si>
     <t>Estabelece normas para o pagamento de diárias no âmbito do Poder Legislativo do Município de Tapira e dá outras providências.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/782/projeto_de_legislativo_002-2025-recomposicao.pdf</t>
   </si>
   <si>
     <t>Concede recomposição salarial dos vencimentos dos Servidores Públicos do Poder Legislativo, e dá outras providências.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/849/projeto_de_lei_legislativo_003-2025-cidadao_honorario.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário do Município de Tapira ao Sr. Daniel Bernardino da Silva.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/900/projeto_de_lei_legislativo_004-2025.pdf</t>
   </si>
   <si>
     <t>Declara a Festa de São João como Patrimônio Cultural Imaterial do Município de Tapira-Pr e estabelece normas para sua realização.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/997/projeto_legislativo_06-2025.pdf</t>
+  </si>
+  <si>
     <t>Dispõe sobre a obrigatoriedade de constar o nome do Vereador autor dos Projetos de Lei da Câmara Municipal de Tapira/PR, nas leis sancionadas ou promulgadas, e dá outras providências.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
+    <t>Micheli, Micheli, Vanderlei, Devair, Jucelino, Alcides, João César</t>
+  </si>
+  <si>
     <t>“Institui a obrigatoriedade de instalação do Sistema de Posicionamento Global (GPS) nos veículos da frota da Administração Pública Municipal de Tapira/PR, visando à fiscalização, transparência e eficiência na gestão de recursos, e dá outras providências.”</t>
   </si>
   <si>
+    <t>1002</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1002/projeto_legislativo_008-2025.pdf</t>
+  </si>
+  <si>
+    <t>Torna obrigatória a execução do Hino Municipal de Tapira-PR nas escolas da rede pública municipal de ensino, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1010</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1010/projeto_legislativo_009-2025.pdf</t>
+  </si>
+  <si>
+    <t>Proíbe a interrupção da prestação dos serviços de fornecimento de água e energia elétrica por inadimplemento nos períodos que antecedem ou compreendem finais de semana, feriados e pontos facultativos no Município de Tapira, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1011</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1011/projeto_legislativo_010-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o monitoramento por câmeras de segurança nas escolas, pré-escolas e creches do Município de Tapira, Estado do Paraná, e dá outras providências.</t>
+  </si>
+  <si>
     <t>916</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/916/oficio_03-2025-juceide-vista.pdf</t>
   </si>
   <si>
     <t>Devolvendo o Projeto de Lei N°1.200/2025 - Súmula: Altera a Lei 755/2017 e seus anexos, insere novo organograma e dá outras providências, o qual havia solicitado Vista em sessão ordinária do dia 09-06-2025.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>Tiago Cabrera de Oliveira</t>
   </si>
   <si>
     <t>Ofício N°07/2025 recebido do Secretário Municipal de Agricultura, Pecuária e Meio Ambiente, em resposta ao Ofício 033/2025 desta Casa de Leis no qual solicita a relação das Associações estabelecidas neste município de Tapira.</t>
   </si>
   <si>
     <t>966</t>
@@ -2594,90 +2890,108 @@
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/857/oficio089_2025.pdf</t>
   </si>
   <si>
     <t>Ofício N°089/2025 recebido da prefeitura em resposta aos ofícios desta câmara: n°004; 012/2025; 018/2025; 021/2025; 026/2025; 034/2025; 038/2025.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/858/oficio090_2025.pdf</t>
   </si>
   <si>
     <t>Ofício 090/2025 recebido do Poder Executivo em resposta aos ofícios desta câmara: 005/2025; 006/2025; 007/2025; 009/2025; 010/2025; 011/2025; 017/2025; 019/2025; 020/2025; 022/2025; 024/2025; 025/2025; 027/2025; 028/2025; 029/2025; 030/2025; 031/2025.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/864/oficio_101-2025-correto.pdf</t>
   </si>
   <si>
     <t>Ofício 101/2025 recebido so prefeito municipal em resposta aos Ofícios 035/2025; 036/2025; 037/2025; 039/2025; 0402025; 043/2025; 044/2025; 045/2025; 047/2025; 048/2025; 06/2025.</t>
   </si>
   <si>
+    <t>1029</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1029/of.103-2025-hino_municipal.pdf</t>
+  </si>
+  <si>
+    <t>Comunicando a Secretaria Municipal de Educação que foi sancionada a Lei Municipal nº 1.163/2025, a qual torna obrigatória a execução do Hino Municipal de Tapira nas escolas da Rede Pública de Ensino.</t>
+  </si>
+  <si>
     <t>875</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/875/oficio_115_-_2025_-_retirar_o_projeto_1203.pdf</t>
   </si>
   <si>
     <t>Requer a retirada do Projeto de Lei n.º 1.203/2025, cujo objeto dispõe sobre autorização para cessão em comodato e dá outras providências, o qual encontra-se em trâmite nesta Casa de Leis.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/889/oficio_130_2020_1.pdf</t>
   </si>
   <si>
     <t>Resposta referente a alguns pedidos dos vereadores desta câmara.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>LOHAIDE CRISTINE SOUZA</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/843/oficio_145-25-tce.pdf</t>
   </si>
   <si>
     <t>Ofício recebido do TCE-PR  informando a emissão do Parecer Prévio n° 189952/24, proferido pelo TCE-PR do Poder Executivo do Município de Tapira, exercício financeiro de 2023.</t>
   </si>
   <si>
+    <t>1021</t>
+  </si>
+  <si>
+    <t>293</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1021/oficios_293-2025-respostas_as_indicacoes.pdf</t>
+  </si>
+  <si>
+    <t>Resposta as Indicações N°098/2025, 133/2025 e 069/2025.</t>
+  </si>
+  <si>
     <t>881</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
-  </si>
-[...1 lines deleted...]
-    <t>CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/881/emenda_ao_projeto_1.212-2025.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva:_x000D_
 Acrescenta o Artigo 4° ao Projeto de Lei N°1.212/2025</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>Acrescenta dispositivo ao Projeto de Lei nº 1.215/2025, que homologa a reavaliação atuarial e o plano de amortização do déficit técnico atuarial do RPPS do Município de Tapira – PR, para dispor sobre a natureza jurídica da obrigação e estabelecer critérios claros de responsabilização, reconhecendo a boa-fé dos agentes públicos, dirigentes, conselheiros e profissionais técnicos que atuaram na gestão do RPPS.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>EAP-P</t>
   </si>
   <si>
     <t>Edital de Audiência Pública da Prefeitura</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/886/audiencia_publica_-_1o_trimestre_2025.pdf</t>
@@ -2712,142 +3026,233 @@
   <si>
     <t>932</t>
   </si>
   <si>
     <t>ORP</t>
   </si>
   <si>
     <t>Ofício recebido de parlamentar</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/932/oficio_03-2025-prefeito-de_anelise_e_neide.pdf</t>
   </si>
   <si>
     <t>Solicitamos ao prefeito municipal, providências relacionadas a ESTEIRA TRANSPORTADORA da ASSEMART. No ano de 2023 a associação foi contemplada com equipamentos de melhoramento no trabalho de reciclagem. Recentemente o órgão concessor notificou a associação, exigindo adequação e funcionamento (que até o momento está inativa) da esteira no prazo de 6 (seis) meses, com penalidade de recolhimento do equipamento. No processo de adequação e verificou-se que a esteira transportadora não possui motor elétrico. Sendo assim, pedimos que estude a viabilidade financeira da compra do motor adequado e instalação, com urgência. Salientamos ainda a importância do trabalho da ASSEMART para todo o município, inclusive nos quesitos ambiental e saúde. Também recordamos que, por se tratar de associação não onera orçamento municipal, e em contra partida desempenha trabalho de responsabilidade pública.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/855/oficio_06-2025-devair-prefeito.docx</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal para que coloque um rastreador em toda a frota do nosso município.</t>
   </si>
   <si>
+    <t>1024</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1024/of._011-2025-campo_sintetico.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando ao senhor prefeito municipal, informações a respeito da reforma do campinho sintético, que é citada em placa anexa ao local, situado nas proximidades do Colégio Estadual São José, Tapira-PR: _x000D_
+- Quais melhorias foram realizadas nesta reforma?_x000D_
+- Qual valor foi investido? _x000D_
+- Qual a fonte do recurso financeiro?_x000D_
+-Houve processo licitatório?</t>
+  </si>
+  <si>
     <t>837</t>
   </si>
   <si>
     <t>Requerer a Secretaria de Agricultura do Município de Tapira a relação de associações estabelecidas neste município bem como a relação de comissão de cada uma das associações.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>Requerer ao Prefeito Municipal informações sobre quais conselhos estão estabelecidos no município e qual a relação de integrantes de cada Conselho.</t>
+  </si>
+  <si>
+    <t>1030</t>
+  </si>
+  <si>
+    <t>DL</t>
+  </si>
+  <si>
+    <t>Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>Decreto Suplementar Legislativo 002/2025 - Fica aberto no orçamento da Câmara do Município de Tapira - Estado do Paraná, um Crédito Adicional Suplementar na ordem de R$ 20.000,00 (vinte mil reais).</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>Res</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/825/resolucao_001-2025-comissoes.pdf</t>
   </si>
   <si>
     <t>Nomeação dos membros das Comissões Permanentes para o Biênio 2025-2026</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>Relatório</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/863/relatorio_ultimos_100_dias.pdf</t>
   </si>
   <si>
     <t>Relatório dos trabalhos realizados nesta Casa de Leis nos primeiros 100 dias desta Legislatura, ressaltando o empenho de todos nós vereadores e vereadoras que têm contribuído para o melhor de nosso município.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/894/emenda_modificativa_01-ao_projeto_1214-2025.pdf</t>
   </si>
   <si>
     <t>Fica modificado o Artigo 4º, ao Projeto de Lei 1.214/2025 – 04 (quatro) anos – com a seguinte redação:_x000D_
 - Art. 4º O prazo do contrato de permissão de uso de bem imóvel público é de 02 (dois) anos, contados da assinatura do instrumento contratual, prorrogável por igual período mediante termo aditivo.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>DL</t>
-[...1 lines deleted...]
-  <si>
     <t>DECRETO SUPLEMENTAR LEGISLATIVO</t>
   </si>
   <si>
-    <t>VANDERLEI VIEIRA MENDES e DEVAIR DOS SANTOS</t>
-[...1 lines deleted...]
-  <si>
     <t>Crédito Adicional Suplementar na ordem de 240.000,00 (duzentos e quarenta mil reais).</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>RM</t>
   </si>
   <si>
     <t>REQUERIMENTO DA MESA DIRETORA</t>
   </si>
   <si>
     <t>Criação de Comissão Especial para Estudo e Proposição de Reforma do Regimento Interno e da Lei Orgânica do Município.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Moção de Apelo</t>
   </si>
   <si>
     <t>Moção de Apelo às autoridades e órgãos nacionais responsáveis pela regulamentação e fiscalização da política de preços do leite no Brasil, bem como aos deputados federais e estaduais representantes políticos que defendem a bandeira do leite.</t>
+  </si>
+  <si>
+    <t>1032</t>
+  </si>
+  <si>
+    <t>ELO</t>
+  </si>
+  <si>
+    <t>Emenda da Lei Orgânica</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1032/emenda_a_lei_organica-reg.proprio.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da Lei Orgânica do Município de Tapira, para adequação das regras de concessão de benefícios previdenciários do regime próprio do Município de Tapira, de acordo com a Emenda Constitucional nº 103/2019.</t>
+  </si>
+  <si>
+    <t>1033</t>
+  </si>
+  <si>
+    <t>1124</t>
+  </si>
+  <si>
+    <t>L</t>
+  </si>
+  <si>
+    <t>LEI</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1033/lei_1124-2025_-_diarias.pdf</t>
+  </si>
+  <si>
+    <t>1034</t>
+  </si>
+  <si>
+    <t>1125</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1034/lei_1125-2025_-_recomposicao_salarial.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A RECOMPOSIÇÃO SALARIAL E AUMENTO REAL DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS DO PODER EXECUTIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1035</t>
+  </si>
+  <si>
+    <t>1126</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1035/lei_1126-2025_-_salario_minimo.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A RECOMPOSIÇÃO INFLACIONÁRIA E AUMENTO REAL DO SALÁRIO MÍNIMO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS, ALTERANDO AS DISPOSIÇÕES DA LEI MUNICIPAL N.º 1.081/2024.</t>
+  </si>
+  <si>
+    <t>1036</t>
+  </si>
+  <si>
+    <t>1127</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1036/lei_1127-2025_-_diarias_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>1037</t>
+  </si>
+  <si>
+    <t>1128</t>
+  </si>
+  <si>
+    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1037/lei_1128-2025_-_recomposicao_legislativo.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -3151,66 +3556,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/764/001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/765/002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/766/003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/767/004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/768/005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/769/006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/772/indicacao_007-2025-alcenir.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/773/indicacao_008-2025-alcenir.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/771/indicacao_009-2025-jucelino.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/774/indicacao_010-2025-jucelino.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/775/indicacao_011-2025-devair.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/776/indicacao_012-2025-micheli.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/784/013-2025-jucelino_e_devair.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/785/014-2025-jucelino.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/786/015-2025-devair_e_jucelino.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/787/016-2025-devair.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/788/017-2025-anelise.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/789/018-2025-anelise.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/791/019-micheli_e_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/794/020-2025-jucelino.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/795/021-alcides.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/796/022-alcides.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/797/023-alcides.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/798/024-alcides.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/799/025-alcides.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/800/026-alcides.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/801/027-2025-alcides_e_devair.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/802/028-alcenir.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/803/029-alcenir.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/804/030-alcenir.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/805/031-2025-jucineide.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/806/032-2025-jucineide.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/807/033-2025-jucineide.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/808/034-2025-joao_cesar.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/810/036-edis.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/811/037-jucelino.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/812/38-jucelino.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/813/039-jucineide.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/814/040-jucineide.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/815/041-jucineide.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/816/042-joao_cesar.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/817/043-micheli.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/818/044-micheli_e_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/819/045-micheli.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/820/046-devair.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/829/050-alcides.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/830/051-devair.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/831/52-alcenir.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/832/53-alcenir.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/833/54-alcenir.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/834/055-jucineide.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/836/056-jucelino.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/840/057-2025-anelise.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/841/058-jucelino.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/842/059-2025-alcenir.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/859/062-2025-devair_e_alcides.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/860/063-2025-joao_cesar.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/861/064-2025-alcenir.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/862/065-2025-alcenir.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/865/066-jucineide.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/866/067-2025-jucineide.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/878/072-alcenir-bosque_repar._ilum._cam.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/879/073-alcenir-quebra-molas-retorno.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/885/076-2025-completa.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/887/077-2025-jucelino-sala-cmei.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/890/078-2025-neide-quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/891/079-2025-alcenir-quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/892/080-2025-devair_e_jucelino.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/893/081-2025-anelise_e_jucineide-recurso200mil.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/895/082-2025-devair-carro_postinho.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/896/083-2025-devair-aparelho_de_ultrassom_odontologico.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/899/084-2025-jucelino-gerador_de_energia.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/905/088-2025-edis-feiras_livres.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/906/089-2025-vanderlei-reforma_dos_vestiarios_pardalzao.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/907/090-2025-edis-sinalizacao_viaria.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/908/091-2025-alcenir-pintura_predio_da_vigilancia.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/909/092-2025-sinalizacao_das_ruas.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/910/093-2025-alcenir-predio_delegacia.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/911/094-2025-alcenir-muro_campos_sales.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/912/095-2025-anelise-cadeira_de_rodas.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/913/096-2025-anelise-quebra-molas-canavieira.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/914/097-jucineide-periculosidade.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/920/098-2025-jucineide-nomenclatura_motoristas.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/921/099-2025-alcenir-banheiro_publico.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/923/100-2025-anelise_e_jucineide-lixeiras_educativas.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/924/101-2025-edis-refis.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/927/102-alcides-grama_parquinho.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/928/103-2025-edis-asfalto_assentamento.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/929/104-2025-edis-caminhao_de_lixo-prensa_e_balanca.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/930/105-2025-anelise-reinstalacao_do_poste_colonial.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/931/106-2025-jucineide-reforma_na_biblioteca.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/933/107-2025-anelise-lei_zoonoses.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/934/108-2025-alcenir-divisorias_capela_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/935/110-2025-alcenir-faixas_de_moto.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/937/111-2025-alcenir-aquisicao_de_cacambas.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/938/112-2025-cesar-_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/939/113-2025-jucineide-faixa_de_pedestre.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/943/115-2025-cesar-asilo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/945/116-2025-anelise-cumprir_a_lei_queimadas.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/946/117-2025-edis-calcario.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/947/118-2025-ju-ane-alc-contratar_biologo-concurso_motoristas.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/948/119-2025-jucineide-corrimao_banheiro.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/953/120-2025-edis-ecoponto.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/949/121-anelise-juci-alce-calcadas.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/950/122-2025-anelise-cacambas-queimadas.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/952/124-2025-anelise-estrada_rural.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/954/125-2025-alcenir-bocas_de_lobo.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/955/126-2025-alcenir-meio_fio_laticinio.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/960/128-2025-6_edis-estacoes_hidratacao.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/961/129-2025-6_edis-secretaria_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/962/130-2025-jucineide-massa_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/963/131-2025-jucineide-soprador.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/964/132-2025-anelise-ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/965/133-2025-anelise-veiculo_pick-up.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/967/134-2025-jucineide-ar_da_van.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/968/135-2025-edis-academia_vila_nova.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/969/136-2025-edis-perfilado_distritos.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/970/137-2025-edis-torneiras_inteligentes.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/971/138-2025-3_edis-muro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/974/139-2025-edis-terreno_casas.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/975/140-2025-edis-ecoponto.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/976/141-2025-edis-soprador.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/978/143-2025-alcenir_anelise_e_jucineide-capela_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1000/150-2025-anelise-iluminacao_bairo_fenix.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/888/mocao_de_apoio_as_apaes.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/973/projeto_de_lei_1218_-_reestruturacao_rpps.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/777/projeto_de_lei_n.o_1.190_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/779/projeto_de_lei_n.o_1.190_-_diarias_1.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/778/projeto_de_lei_n.o_1.191_-_recomposicao_salarial.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/780/projeto_de_lei_n.o_1.192_-_salario_minimo_municipal_e_recomposicao_inflacionaria.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/792/projeto_de_lei_n.o_1.194__-_junta_medica_oficial_1.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/793/projeto_de_lei_n.o_1.195_-_leilao.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/835/projeto_de_lei_n.o_1.196_-_fundo_municipal_de_esporte_1.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/821/projeto_de_lei_n_1197_-_credito_suplementar_excesso.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/822/projeto_de_lei__n_1198_-_credito_especial_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/823/projeto_de_lei__n_1199_-_credito_especial_anulacao.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/844/projeto_de_lei_n.o_1.200__-_altera_a_lei_755-2017_1.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/824/projeto_de_lei_n_1201-_credito_suplementar_excesso.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/839/projeto_de_lei_n.o_1.202_-_altera_a_redacao_do_art._40_da_lei_no_1.029-2023_1.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/845/projeto_de_lei_n.o_1.203_-_permissao_de_uso_de_bem_publico._3.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/846/projeto_de_lei_n.o_1.204_-_comodato_osny.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/847/projeto_de_lei_n.o_1.205_-_comodato_alex.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_lei_n.o_1.207_-_terreno_camara.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/867/projeto_de_lei_n.o_1.210_-_politicas_publicas_sobre_drogas.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/868/projeto_de_lei_n.o_1.211_-_dispoe_sobre_a_conferencia_municipal_de_saude_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/869/projeto_de_lei_n.o_1.212_-_coripa.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/873/projeto_de_lei_1.213-2025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/876/projeto_de_lei_n.o_1.214_-_permissao_de_uso_de_bem_publico..pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/917/projeto_de_lei_n.o_1.215_-_amortizacao_do_defcit_tecnico_autarial_do_rpps.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/918/projeto_de_lei_n.o_1.216_-_prorrogacao_do_prazo_de_vigencia_do_plano_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/922/projeto_de_lei_n.o_1.217_-_ratificacao_do_protocolo_de_intencoes_-_cisa_-_amerios.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/925/projeto_de_lei_n.o_1.219-credito_especial.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/926/projeto_de_lei_n.o_1.220-credito_especial.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/980/projeto_de_lei_no_1221__fia_-_excesso.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/941/projeto_de_lei_no_1222__anulacao_deliberacao_047-2022_-_primeira_infancia_1.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/942/projeto_de_lei_no_1223__excesso_deliberacao_047-2022_-_primeira_infancia.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/944/projeto_de_lei_no_1225_escola_tempo_integral_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/957/projeto_de_lei_n.o_1.227_-desmembramento_de_lote_1.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/958/projeto_de_lei_n.o_1.228_-_leilao_de_bens_imoveis.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/981/projeto_de_lei_n.o_1.229_-_desmembramento_de_lote_2.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/982/projeto_de_lei_n.o_1.230_-_refis_2.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/983/projeto_de_lei_n._o_1.231_-_2025_-_adesao_ao_cispar_1.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/985/projeto_de_lei_n.o_1.232_-_institui_o_programa_de_inseminacao_artificial_em_bovinos_leiteiroscorreto.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/986/projeto_de_lei_n.o_1.233_-_fundo_municipal_de_saneamento_basico_e_ambiental_1.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/998/projeto_1234-2025_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/999/projeto_de_lei_1235-2025__loa_p_2026.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/763/projeto_de_resolucao_001-2025-ver._micheli.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/781/projeto_de_resolucao_002-2025-carro.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/848/requerimento_001-anelise.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/877/convite-maio_laranja.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/919/convite-assistencia.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/783/projeto_legislativo_001-diarias.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/782/projeto_de_legislativo_002-2025-recomposicao.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/849/projeto_de_lei_legislativo_003-2025-cidadao_honorario.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/900/projeto_de_lei_legislativo_004-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/916/oficio_03-2025-juceide-vista.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/966/of.083-2025-edis-ronald.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/853/oficio_088-2025_-_prefeitura_-_relatorios.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/857/oficio089_2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/858/oficio090_2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/864/oficio_101-2025-correto.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/875/oficio_115_-_2025_-_retirar_o_projeto_1203.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/889/oficio_130_2020_1.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/843/oficio_145-25-tce.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/881/emenda_ao_projeto_1.212-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/886/audiencia_publica_-_1o_trimestre_2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/883/edital_02__de_audiencia_publica_da_camara.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/972/edital_de_audiencia.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/932/oficio_03-2025-prefeito-de_anelise_e_neide.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/855/oficio_06-2025-devair-prefeito.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/825/resolucao_001-2025-comissoes.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/863/relatorio_ultimos_100_dias.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/894/emenda_modificativa_01-ao_projeto_1214-2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/764/001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/765/002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/766/003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/767/004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/768/005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/769/006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/772/indicacao_007-2025-alcenir.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/773/indicacao_008-2025-alcenir.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/771/indicacao_009-2025-jucelino.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/774/indicacao_010-2025-jucelino.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/775/indicacao_011-2025-devair.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/776/indicacao_012-2025-micheli.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/784/013-2025-jucelino_e_devair.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/785/014-2025-jucelino.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/786/015-2025-devair_e_jucelino.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/787/016-2025-devair.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/788/017-2025-anelise.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/789/018-2025-anelise.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/791/019-micheli_e_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/794/020-2025-jucelino.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/795/021-alcides.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/796/022-alcides.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/797/023-alcides.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/798/024-alcides.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/799/025-alcides.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/800/026-alcides.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/801/027-2025-alcides_e_devair.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/802/028-alcenir.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/803/029-alcenir.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/804/030-alcenir.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/805/031-2025-jucineide.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/806/032-2025-jucineide.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/807/033-2025-jucineide.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/808/034-2025-joao_cesar.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/810/036-edis.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/811/037-jucelino.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/812/38-jucelino.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/813/039-jucineide.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/814/040-jucineide.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/815/041-jucineide.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/816/042-joao_cesar.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/817/043-micheli.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/818/044-micheli_e_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/819/045-micheli.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/820/046-devair.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/829/050-alcides.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/830/051-devair.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/831/52-alcenir.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/832/53-alcenir.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/833/54-alcenir.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/834/055-jucineide.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/836/056-jucelino.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/840/057-2025-anelise.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/841/058-jucelino.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/842/059-2025-alcenir.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/859/062-2025-devair_e_alcides.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/860/063-2025-joao_cesar.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/861/064-2025-alcenir.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/862/065-2025-alcenir.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/865/066-jucineide.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/866/067-2025-jucineide.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/878/072-alcenir-bosque_repar._ilum._cam.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/879/073-alcenir-quebra-molas-retorno.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/885/076-2025-completa.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/887/077-2025-jucelino-sala-cmei.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/890/078-2025-neide-quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/891/079-2025-alcenir-quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/892/080-2025-devair_e_jucelino.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/893/081-2025-anelise_e_jucineide-recurso200mil.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/895/082-2025-devair-carro_postinho.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/896/083-2025-devair-aparelho_de_ultrassom_odontologico.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/899/084-2025-jucelino-gerador_de_energia.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/905/088-2025-edis-feiras_livres.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/906/089-2025-vanderlei-reforma_dos_vestiarios_pardalzao.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/907/090-2025-edis-sinalizacao_viaria.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/908/091-2025-alcenir-pintura_predio_da_vigilancia.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/909/092-2025-sinalizacao_das_ruas.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/910/093-2025-alcenir-predio_delegacia.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/911/094-2025-alcenir-muro_campos_sales.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/912/095-2025-anelise-cadeira_de_rodas.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/913/096-2025-anelise-quebra-molas-canavieira.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/914/097-jucineide-periculosidade.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/920/098-2025-jucineide-nomenclatura_motoristas.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/921/099-2025-alcenir-banheiro_publico.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/923/100-2025-anelise_e_jucineide-lixeiras_educativas.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/924/101-2025-edis-refis.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/927/102-alcides-grama_parquinho.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/928/103-2025-edis-asfalto_assentamento.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/929/104-2025-edis-caminhao_de_lixo-prensa_e_balanca.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/930/105-2025-anelise-reinstalacao_do_poste_colonial.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/931/106-2025-jucineide-reforma_na_biblioteca.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/933/107-2025-anelise-lei_zoonoses.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/934/108-2025-alcenir-divisorias_capela_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/935/110-2025-alcenir-faixas_de_moto.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/937/111-2025-alcenir-aquisicao_de_cacambas.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/938/112-2025-cesar-_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/939/113-2025-jucineide-faixa_de_pedestre.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/943/115-2025-cesar-asilo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/945/116-2025-anelise-cumprir_a_lei_queimadas.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/946/117-2025-edis-calcario.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/947/118-2025-ju-ane-alc-contratar_biologo-concurso_motoristas.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/948/119-2025-jucineide-corrimao_banheiro.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/953/120-2025-edis-ecoponto.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/949/121-anelise-juci-alce-calcadas.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/950/122-2025-anelise-cacambas-queimadas.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/952/124-2025-anelise-estrada_rural.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/954/125-2025-alcenir-bocas_de_lobo.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/955/126-2025-alcenir-meio_fio_laticinio.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/960/128-2025-6_edis-estacoes_hidratacao.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/961/129-2025-6_edis-secretaria_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/962/130-2025-jucineide-massa_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/963/131-2025-jucineide-soprador.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/964/132-2025-anelise-ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/965/133-2025-anelise-veiculo_pick-up.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/967/134-2025-jucineide-ar_da_van.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/968/135-2025-edis-academia_vila_nova.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/969/136-2025-edis-perfilado_distritos.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/970/137-2025-edis-torneiras_inteligentes.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/971/138-2025-3_edis-muro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/974/139-2025-edis-terreno_casas.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/975/140-2025-edis-ecoponto.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/976/141-2025-edis-soprador.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/978/143-2025-alcenir_anelise_e_jucineide-capela_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1000/150-2025-anelise-iluminacao_bairo_fenix.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1005/151-2025-jucineide.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1006/152-2025-alcides_e_cesar.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1007/153-2025-alcides_e_cesar.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1008/154-2025-alcides_e_cesar.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1009/155-2025-alcenir.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1020/158-2025-alcenir-reparos_creche.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1023/159-2025-jucineide_e_anelise-horas_maquinas.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1025/160-2025-jucineide-ar_e_vidro_da_van.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1026/161-2025-jucineide-asfalto_trechos_das_ruas.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1027/163-2025-jucineide-cumprimento_da_lei_-_condutor_de_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/888/mocao_de_apoio_as_apaes.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1031/projeto_de_decreto_legislativo.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/973/projeto_de_lei_1218_-_reestruturacao_rpps.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/777/projeto_de_lei_n.o_1.190_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/779/projeto_de_lei_n.o_1.190_-_diarias_1.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/778/projeto_de_lei_n.o_1.191_-_recomposicao_salarial.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/780/projeto_de_lei_n.o_1.192_-_salario_minimo_municipal_e_recomposicao_inflacionaria.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/792/projeto_de_lei_n.o_1.194__-_junta_medica_oficial_1.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/793/projeto_de_lei_n.o_1.195_-_leilao.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/835/projeto_de_lei_n.o_1.196_-_fundo_municipal_de_esporte_1.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/821/projeto_de_lei_n_1197_-_credito_suplementar_excesso.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/822/projeto_de_lei__n_1198_-_credito_especial_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/823/projeto_de_lei__n_1199_-_credito_especial_anulacao.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/844/projeto_de_lei_n.o_1.200__-_altera_a_lei_755-2017_1.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/824/projeto_de_lei_n_1201-_credito_suplementar_excesso.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/839/projeto_de_lei_n.o_1.202_-_altera_a_redacao_do_art._40_da_lei_no_1.029-2023_1.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/845/projeto_de_lei_n.o_1.203_-_permissao_de_uso_de_bem_publico._3.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/846/projeto_de_lei_n.o_1.204_-_comodato_osny.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/847/projeto_de_lei_n.o_1.205_-_comodato_alex.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_lei_n.o_1.207_-_terreno_camara.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/867/projeto_de_lei_n.o_1.210_-_politicas_publicas_sobre_drogas.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/868/projeto_de_lei_n.o_1.211_-_dispoe_sobre_a_conferencia_municipal_de_saude_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/869/projeto_de_lei_n.o_1.212_-_coripa.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/873/projeto_de_lei_1.213-2025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/876/projeto_de_lei_n.o_1.214_-_permissao_de_uso_de_bem_publico..pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/917/projeto_de_lei_n.o_1.215_-_amortizacao_do_defcit_tecnico_autarial_do_rpps.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/918/projeto_de_lei_n.o_1.216_-_prorrogacao_do_prazo_de_vigencia_do_plano_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/922/projeto_de_lei_n.o_1.217_-_ratificacao_do_protocolo_de_intencoes_-_cisa_-_amerios.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/925/projeto_de_lei_n.o_1.219-credito_especial.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/926/projeto_de_lei_n.o_1.220-credito_especial.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/980/projeto_de_lei_no_1221__fia_-_excesso.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/941/projeto_de_lei_no_1222__anulacao_deliberacao_047-2022_-_primeira_infancia_1.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/942/projeto_de_lei_no_1223__excesso_deliberacao_047-2022_-_primeira_infancia.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/944/projeto_de_lei_no_1225_escola_tempo_integral_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/957/projeto_de_lei_n.o_1.227_-desmembramento_de_lote_1.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/958/projeto_de_lei_n.o_1.228_-_leilao_de_bens_imoveis.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/981/projeto_de_lei_n.o_1.229_-_desmembramento_de_lote_2.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/982/projeto_de_lei_n.o_1.230_-_refis_2.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/983/projeto_de_lei_n._o_1.231_-_2025_-_adesao_ao_cispar_1.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/985/projeto_de_lei_n.o_1.232_-_institui_o_programa_de_inseminacao_artificial_em_bovinos_leiteiroscorreto.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/986/projeto_de_lei_n.o_1.233_-_fundo_municipal_de_saneamento_basico_e_ambiental_1.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/998/projeto_1234-2025_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/999/projeto_de_lei_1235-2025__loa_p_2026.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1004/projeto_de_lei_1236-2025-desmembramento-completo.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1017/projeto_de_lei_n.o_1.237_-_ratificacao_consorcio_parana_intergestores.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1019/projeto_de_lei_n_1.238_-_aeit.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/763/projeto_de_resolucao_001-2025-ver._micheli.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/781/projeto_de_resolucao_002-2025-carro.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/848/requerimento_001-anelise.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1003/requerimento_05-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1014/requerimento_006-2025-motoristas.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1015/requerimento_007-2025-fiat_strada.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1022/requerimento_009-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/877/convite-maio_laranja.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/919/convite-assistencia.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1018/convite-consulta_publica.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/783/projeto_legislativo_001-diarias.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/782/projeto_de_legislativo_002-2025-recomposicao.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/849/projeto_de_lei_legislativo_003-2025-cidadao_honorario.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/900/projeto_de_lei_legislativo_004-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/997/projeto_legislativo_06-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1002/projeto_legislativo_008-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1010/projeto_legislativo_009-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1011/projeto_legislativo_010-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/916/oficio_03-2025-juceide-vista.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/966/of.083-2025-edis-ronald.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/853/oficio_088-2025_-_prefeitura_-_relatorios.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/857/oficio089_2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/858/oficio090_2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/864/oficio_101-2025-correto.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1029/of.103-2025-hino_municipal.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/875/oficio_115_-_2025_-_retirar_o_projeto_1203.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/889/oficio_130_2020_1.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/843/oficio_145-25-tce.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1021/oficios_293-2025-respostas_as_indicacoes.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/881/emenda_ao_projeto_1.212-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/886/audiencia_publica_-_1o_trimestre_2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/883/edital_02__de_audiencia_publica_da_camara.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/972/edital_de_audiencia.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/932/oficio_03-2025-prefeito-de_anelise_e_neide.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/855/oficio_06-2025-devair-prefeito.docx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1024/of._011-2025-campo_sintetico.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/825/resolucao_001-2025-comissoes.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/863/relatorio_ultimos_100_dias.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/894/emenda_modificativa_01-ao_projeto_1214-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1032/emenda_a_lei_organica-reg.proprio.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1033/lei_1124-2025_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1034/lei_1125-2025_-_recomposicao_salarial.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1035/lei_1126-2025_-_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1036/lei_1127-2025_-_diarias_legislativo.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1037/lei_1128-2025_-_recomposicao_legislativo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H234"/>
+  <dimension ref="A1:H269"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.85546875" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="50.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="57.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="166.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -7102,2177 +7507,3084 @@
       </c>
       <c r="D151" t="s">
         <v>11</v>
       </c>
       <c r="E151" t="s">
         <v>12</v>
       </c>
       <c r="F151" t="s">
         <v>83</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>604</v>
       </c>
       <c r="H151" t="s">
         <v>605</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>606</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>10</v>
+        <v>607</v>
       </c>
       <c r="D152" t="s">
-        <v>607</v>
+        <v>11</v>
       </c>
       <c r="E152" t="s">
+        <v>12</v>
+      </c>
+      <c r="F152" t="s">
+        <v>13</v>
+      </c>
+      <c r="G152" s="1" t="s">
         <v>608</v>
       </c>
-      <c r="F152" t="s">
-[...2 lines deleted...]
-      <c r="G152" s="1" t="s">
+      <c r="H152" t="s">
         <v>609</v>
-      </c>
-[...1 lines deleted...]
-        <v>610</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
+        <v>610</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
         <v>611</v>
       </c>
-      <c r="B153" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D153" t="s">
-        <v>607</v>
+        <v>11</v>
       </c>
       <c r="E153" t="s">
-        <v>608</v>
+        <v>12</v>
       </c>
       <c r="F153" t="s">
-        <v>299</v>
+        <v>612</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>161</v>
+        <v>613</v>
       </c>
       <c r="H153" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="D154" t="s">
-        <v>615</v>
+        <v>11</v>
       </c>
       <c r="E154" t="s">
-        <v>616</v>
+        <v>12</v>
       </c>
       <c r="F154" t="s">
+        <v>612</v>
+      </c>
+      <c r="G154" s="1" t="s">
         <v>617</v>
       </c>
-      <c r="G154" s="1" t="s">
+      <c r="H154" t="s">
         <v>618</v>
-      </c>
-[...1 lines deleted...]
-        <v>619</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
+        <v>619</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
         <v>620</v>
       </c>
-      <c r="B155" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D155" t="s">
+        <v>11</v>
+      </c>
+      <c r="E155" t="s">
+        <v>12</v>
+      </c>
+      <c r="F155" t="s">
+        <v>612</v>
+      </c>
+      <c r="G155" s="1" t="s">
         <v>621</v>
       </c>
-      <c r="E155" t="s">
+      <c r="H155" t="s">
         <v>622</v>
-      </c>
-[...7 lines deleted...]
-        <v>624</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>578</v>
+        <v>624</v>
       </c>
       <c r="D156" t="s">
-        <v>621</v>
+        <v>11</v>
       </c>
       <c r="E156" t="s">
-        <v>622</v>
+        <v>12</v>
       </c>
       <c r="F156" t="s">
         <v>38</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>161</v>
+        <v>625</v>
       </c>
       <c r="H156" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>627</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
         <v>628</v>
       </c>
       <c r="D157" t="s">
-        <v>621</v>
+        <v>11</v>
       </c>
       <c r="E157" t="s">
-        <v>622</v>
+        <v>12</v>
       </c>
       <c r="F157" t="s">
-        <v>617</v>
+        <v>299</v>
       </c>
       <c r="G157" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H157" t="s">
         <v>629</v>
-      </c>
-[...1 lines deleted...]
-        <v>630</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
+        <v>630</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
         <v>631</v>
       </c>
-      <c r="B158" t="s">
-[...2 lines deleted...]
-      <c r="C158" t="s">
+      <c r="D158" t="s">
+        <v>11</v>
+      </c>
+      <c r="E158" t="s">
+        <v>12</v>
+      </c>
+      <c r="F158" t="s">
+        <v>13</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H158" t="s">
         <v>632</v>
-      </c>
-[...13 lines deleted...]
-        <v>634</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
+        <v>633</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>634</v>
+      </c>
+      <c r="D159" t="s">
+        <v>11</v>
+      </c>
+      <c r="E159" t="s">
+        <v>12</v>
+      </c>
+      <c r="F159" t="s">
+        <v>38</v>
+      </c>
+      <c r="G159" s="1" t="s">
         <v>635</v>
       </c>
-      <c r="B159" t="s">
-[...2 lines deleted...]
-      <c r="C159" t="s">
+      <c r="H159" t="s">
         <v>636</v>
-      </c>
-[...13 lines deleted...]
-        <v>638</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
+        <v>637</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>638</v>
+      </c>
+      <c r="D160" t="s">
+        <v>11</v>
+      </c>
+      <c r="E160" t="s">
+        <v>12</v>
+      </c>
+      <c r="F160" t="s">
+        <v>338</v>
+      </c>
+      <c r="G160" s="1" t="s">
         <v>639</v>
       </c>
-      <c r="B160" t="s">
-[...2 lines deleted...]
-      <c r="C160" t="s">
+      <c r="H160" t="s">
         <v>640</v>
-      </c>
-[...13 lines deleted...]
-        <v>642</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
+        <v>641</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>642</v>
+      </c>
+      <c r="D161" t="s">
+        <v>11</v>
+      </c>
+      <c r="E161" t="s">
+        <v>12</v>
+      </c>
+      <c r="F161" t="s">
+        <v>13</v>
+      </c>
+      <c r="G161" s="1" t="s">
         <v>643</v>
       </c>
-      <c r="B161" t="s">
-[...2 lines deleted...]
-      <c r="C161" t="s">
+      <c r="H161" t="s">
         <v>644</v>
-      </c>
-[...13 lines deleted...]
-        <v>646</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
+        <v>645</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>646</v>
+      </c>
+      <c r="D162" t="s">
+        <v>11</v>
+      </c>
+      <c r="E162" t="s">
+        <v>12</v>
+      </c>
+      <c r="F162" t="s">
+        <v>13</v>
+      </c>
+      <c r="G162" s="1" t="s">
         <v>647</v>
       </c>
-      <c r="B162" t="s">
-[...2 lines deleted...]
-      <c r="C162" t="s">
+      <c r="H162" t="s">
         <v>648</v>
-      </c>
-[...13 lines deleted...]
-        <v>650</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
+        <v>649</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>650</v>
+      </c>
+      <c r="D163" t="s">
+        <v>11</v>
+      </c>
+      <c r="E163" t="s">
+        <v>12</v>
+      </c>
+      <c r="F163" t="s">
+        <v>13</v>
+      </c>
+      <c r="G163" s="1" t="s">
         <v>651</v>
       </c>
-      <c r="B163" t="s">
-[...2 lines deleted...]
-      <c r="C163" t="s">
+      <c r="H163" t="s">
         <v>652</v>
-      </c>
-[...13 lines deleted...]
-        <v>654</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
+        <v>653</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>10</v>
+      </c>
+      <c r="D164" t="s">
+        <v>654</v>
+      </c>
+      <c r="E164" t="s">
         <v>655</v>
       </c>
-      <c r="B164" t="s">
-[...2 lines deleted...]
-      <c r="C164" t="s">
+      <c r="F164" t="s">
+        <v>299</v>
+      </c>
+      <c r="G164" s="1" t="s">
         <v>656</v>
       </c>
-      <c r="D164" t="s">
-[...8 lines deleted...]
-      <c r="G164" s="1" t="s">
+      <c r="H164" t="s">
         <v>657</v>
-      </c>
-[...1 lines deleted...]
-        <v>658</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
+        <v>658</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>17</v>
+      </c>
+      <c r="D165" t="s">
+        <v>654</v>
+      </c>
+      <c r="E165" t="s">
+        <v>655</v>
+      </c>
+      <c r="F165" t="s">
+        <v>299</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H165" t="s">
         <v>659</v>
-      </c>
-[...19 lines deleted...]
-        <v>662</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
+        <v>660</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>17</v>
+      </c>
+      <c r="D166" t="s">
+        <v>661</v>
+      </c>
+      <c r="E166" t="s">
+        <v>662</v>
+      </c>
+      <c r="F166" t="s">
         <v>663</v>
       </c>
-      <c r="B166" t="s">
-[...2 lines deleted...]
-      <c r="C166" t="s">
+      <c r="G166" s="1" t="s">
         <v>664</v>
       </c>
-      <c r="D166" t="s">
-[...8 lines deleted...]
-      <c r="G166" s="1" t="s">
+      <c r="H166" t="s">
         <v>665</v>
-      </c>
-[...1 lines deleted...]
-        <v>666</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
+        <v>666</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
         <v>667</v>
       </c>
-      <c r="B167" t="s">
-[...2 lines deleted...]
-      <c r="C167" t="s">
+      <c r="D167" t="s">
         <v>668</v>
       </c>
-      <c r="D167" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E167" t="s">
-        <v>622</v>
+        <v>669</v>
       </c>
       <c r="F167" t="s">
-        <v>617</v>
+        <v>670</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="H167" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>672</v>
+        <v>10</v>
       </c>
       <c r="D168" t="s">
-        <v>621</v>
+        <v>674</v>
       </c>
       <c r="E168" t="s">
-        <v>622</v>
+        <v>675</v>
       </c>
       <c r="F168" t="s">
-        <v>617</v>
+        <v>670</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="H168" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
+        <v>678</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>578</v>
+      </c>
+      <c r="D169" t="s">
+        <v>674</v>
+      </c>
+      <c r="E169" t="s">
         <v>675</v>
       </c>
-      <c r="B169" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F169" t="s">
-        <v>617</v>
+        <v>38</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>677</v>
+        <v>161</v>
       </c>
       <c r="H169" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="D170" t="s">
-        <v>621</v>
+        <v>674</v>
       </c>
       <c r="E170" t="s">
-        <v>622</v>
+        <v>675</v>
       </c>
       <c r="F170" t="s">
-        <v>617</v>
+        <v>670</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="H170" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="D171" t="s">
-        <v>621</v>
+        <v>674</v>
       </c>
       <c r="E171" t="s">
-        <v>622</v>
+        <v>675</v>
+      </c>
+      <c r="F171" t="s">
+        <v>670</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="H171" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="D172" t="s">
-        <v>621</v>
+        <v>674</v>
       </c>
       <c r="E172" t="s">
-        <v>622</v>
+        <v>675</v>
       </c>
       <c r="F172" t="s">
-        <v>617</v>
+        <v>670</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="H172" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="D173" t="s">
-        <v>621</v>
+        <v>674</v>
       </c>
       <c r="E173" t="s">
-        <v>622</v>
+        <v>675</v>
       </c>
       <c r="F173" t="s">
-        <v>617</v>
+        <v>670</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="H173" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="D174" t="s">
-        <v>621</v>
+        <v>674</v>
       </c>
       <c r="E174" t="s">
-        <v>622</v>
+        <v>675</v>
       </c>
       <c r="F174" t="s">
-        <v>617</v>
+        <v>670</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="H174" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="D175" t="s">
-        <v>621</v>
+        <v>674</v>
       </c>
       <c r="E175" t="s">
-        <v>622</v>
+        <v>675</v>
       </c>
       <c r="F175" t="s">
-        <v>617</v>
+        <v>670</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="H175" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="D176" t="s">
-        <v>621</v>
+        <v>674</v>
       </c>
       <c r="E176" t="s">
-        <v>622</v>
+        <v>675</v>
       </c>
       <c r="F176" t="s">
-        <v>617</v>
+        <v>670</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="H176" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="D177" t="s">
-        <v>621</v>
+        <v>674</v>
       </c>
       <c r="E177" t="s">
-        <v>622</v>
+        <v>675</v>
       </c>
       <c r="F177" t="s">
-        <v>617</v>
+        <v>670</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="H177" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="D178" t="s">
-        <v>621</v>
+        <v>674</v>
       </c>
       <c r="E178" t="s">
-        <v>622</v>
+        <v>675</v>
+      </c>
+      <c r="F178" t="s">
+        <v>670</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="H178" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="D179" t="s">
-        <v>621</v>
+        <v>674</v>
       </c>
       <c r="E179" t="s">
-        <v>622</v>
+        <v>675</v>
       </c>
       <c r="F179" t="s">
-        <v>617</v>
+        <v>670</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="H179" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="D180" t="s">
-        <v>621</v>
+        <v>674</v>
       </c>
       <c r="E180" t="s">
-        <v>622</v>
+        <v>675</v>
       </c>
       <c r="F180" t="s">
-        <v>617</v>
+        <v>670</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="H180" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="D181" t="s">
-        <v>621</v>
+        <v>674</v>
       </c>
       <c r="E181" t="s">
-        <v>622</v>
+        <v>675</v>
       </c>
       <c r="F181" t="s">
-        <v>617</v>
+        <v>670</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="H181" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="D182" t="s">
-        <v>621</v>
+        <v>674</v>
       </c>
       <c r="E182" t="s">
-        <v>622</v>
+        <v>675</v>
       </c>
       <c r="F182" t="s">
-        <v>617</v>
+        <v>670</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="H182" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="D183" t="s">
-        <v>621</v>
+        <v>674</v>
       </c>
       <c r="E183" t="s">
-        <v>622</v>
+        <v>675</v>
       </c>
       <c r="F183" t="s">
-        <v>617</v>
+        <v>670</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="H183" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="D184" t="s">
-        <v>621</v>
+        <v>674</v>
       </c>
       <c r="E184" t="s">
-        <v>622</v>
-[...2 lines deleted...]
-        <v>617</v>
+        <v>675</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="H184" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="D185" t="s">
-        <v>621</v>
+        <v>674</v>
       </c>
       <c r="E185" t="s">
-        <v>622</v>
+        <v>675</v>
       </c>
       <c r="F185" t="s">
-        <v>617</v>
+        <v>670</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="H185" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="D186" t="s">
-        <v>621</v>
+        <v>674</v>
       </c>
       <c r="E186" t="s">
-        <v>622</v>
+        <v>675</v>
       </c>
       <c r="F186" t="s">
-        <v>617</v>
+        <v>670</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="H186" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="D187" t="s">
-        <v>621</v>
+        <v>674</v>
       </c>
       <c r="E187" t="s">
-        <v>622</v>
+        <v>675</v>
       </c>
       <c r="F187" t="s">
-        <v>617</v>
+        <v>670</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="H187" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="D188" t="s">
-        <v>621</v>
+        <v>674</v>
       </c>
       <c r="E188" t="s">
-        <v>622</v>
+        <v>675</v>
       </c>
       <c r="F188" t="s">
-        <v>617</v>
+        <v>670</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="H188" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="D189" t="s">
-        <v>621</v>
+        <v>674</v>
       </c>
       <c r="E189" t="s">
-        <v>622</v>
+        <v>675</v>
       </c>
       <c r="F189" t="s">
-        <v>617</v>
+        <v>670</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="H189" t="s">
-        <v>750</v>
+        <v>759</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="D190" t="s">
-        <v>621</v>
+        <v>674</v>
       </c>
       <c r="E190" t="s">
-        <v>622</v>
+        <v>675</v>
       </c>
       <c r="F190" t="s">
-        <v>617</v>
+        <v>670</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="H190" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="D191" t="s">
-        <v>621</v>
+        <v>674</v>
       </c>
       <c r="E191" t="s">
-        <v>622</v>
-[...2 lines deleted...]
-        <v>617</v>
+        <v>675</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="H191" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="D192" t="s">
-        <v>621</v>
+        <v>674</v>
       </c>
       <c r="E192" t="s">
-        <v>622</v>
+        <v>675</v>
       </c>
       <c r="F192" t="s">
-        <v>617</v>
+        <v>670</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="H192" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="D193" t="s">
-        <v>621</v>
+        <v>674</v>
       </c>
       <c r="E193" t="s">
-        <v>622</v>
+        <v>675</v>
       </c>
       <c r="F193" t="s">
-        <v>617</v>
+        <v>670</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="H193" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="D194" t="s">
-        <v>621</v>
+        <v>674</v>
       </c>
       <c r="E194" t="s">
-        <v>622</v>
+        <v>675</v>
       </c>
       <c r="F194" t="s">
-        <v>617</v>
+        <v>670</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="H194" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="D195" t="s">
-        <v>621</v>
+        <v>674</v>
       </c>
       <c r="E195" t="s">
-        <v>622</v>
+        <v>675</v>
       </c>
       <c r="F195" t="s">
-        <v>617</v>
+        <v>670</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="H195" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>10</v>
+        <v>785</v>
       </c>
       <c r="D196" t="s">
-        <v>783</v>
+        <v>674</v>
       </c>
       <c r="E196" t="s">
-        <v>784</v>
+        <v>675</v>
       </c>
       <c r="F196" t="s">
-        <v>61</v>
+        <v>670</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="H196" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>17</v>
+        <v>789</v>
       </c>
       <c r="D197" t="s">
-        <v>783</v>
+        <v>674</v>
       </c>
       <c r="E197" t="s">
-        <v>784</v>
+        <v>675</v>
+      </c>
+      <c r="F197" t="s">
+        <v>670</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="H197" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>10</v>
+        <v>793</v>
       </c>
       <c r="D198" t="s">
-        <v>791</v>
+        <v>674</v>
       </c>
       <c r="E198" t="s">
-        <v>792</v>
+        <v>675</v>
       </c>
       <c r="F198" t="s">
-        <v>83</v>
+        <v>670</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="H198" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>21</v>
+        <v>797</v>
       </c>
       <c r="D199" t="s">
-        <v>791</v>
+        <v>674</v>
       </c>
       <c r="E199" t="s">
-        <v>792</v>
+        <v>675</v>
       </c>
       <c r="F199" t="s">
-        <v>143</v>
+        <v>670</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>161</v>
+        <v>798</v>
       </c>
       <c r="H199" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>25</v>
+        <v>801</v>
       </c>
       <c r="D200" t="s">
-        <v>791</v>
+        <v>674</v>
       </c>
       <c r="E200" t="s">
-        <v>792</v>
+        <v>675</v>
       </c>
       <c r="F200" t="s">
-        <v>338</v>
+        <v>670</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>161</v>
+        <v>802</v>
       </c>
       <c r="H200" t="s">
-        <v>798</v>
+        <v>803</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>799</v>
+        <v>804</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>10</v>
+        <v>805</v>
       </c>
       <c r="D201" t="s">
-        <v>800</v>
+        <v>674</v>
       </c>
       <c r="E201" t="s">
-        <v>801</v>
+        <v>675</v>
+      </c>
+      <c r="F201" t="s">
+        <v>670</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="H201" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>17</v>
+        <v>809</v>
       </c>
       <c r="D202" t="s">
-        <v>800</v>
+        <v>674</v>
       </c>
       <c r="E202" t="s">
-        <v>801</v>
+        <v>675</v>
       </c>
       <c r="F202" t="s">
-        <v>369</v>
+        <v>670</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>161</v>
+        <v>810</v>
       </c>
       <c r="H202" t="s">
-        <v>805</v>
+        <v>803</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>806</v>
+        <v>811</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>21</v>
+        <v>812</v>
       </c>
       <c r="D203" t="s">
-        <v>800</v>
+        <v>674</v>
       </c>
       <c r="E203" t="s">
-        <v>801</v>
+        <v>675</v>
       </c>
       <c r="F203" t="s">
-        <v>617</v>
+        <v>670</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>807</v>
+        <v>813</v>
       </c>
       <c r="H203" t="s">
-        <v>808</v>
+        <v>814</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>809</v>
+        <v>815</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>10</v>
+        <v>816</v>
       </c>
       <c r="D204" t="s">
-        <v>810</v>
+        <v>674</v>
       </c>
       <c r="E204" t="s">
-        <v>811</v>
+        <v>675</v>
+      </c>
+      <c r="F204" t="s">
+        <v>670</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>812</v>
+        <v>817</v>
       </c>
       <c r="H204" t="s">
-        <v>813</v>
+        <v>818</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>814</v>
+        <v>819</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>17</v>
+        <v>820</v>
       </c>
       <c r="D205" t="s">
-        <v>810</v>
+        <v>674</v>
       </c>
       <c r="E205" t="s">
-        <v>811</v>
+        <v>675</v>
+      </c>
+      <c r="F205" t="s">
+        <v>670</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>815</v>
+        <v>821</v>
       </c>
       <c r="H205" t="s">
-        <v>816</v>
+        <v>822</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>817</v>
+        <v>823</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>21</v>
+        <v>824</v>
       </c>
       <c r="D206" t="s">
-        <v>810</v>
+        <v>674</v>
       </c>
       <c r="E206" t="s">
-        <v>811</v>
+        <v>675</v>
       </c>
       <c r="F206" t="s">
-        <v>369</v>
+        <v>670</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>818</v>
+        <v>825</v>
       </c>
       <c r="H206" t="s">
-        <v>819</v>
+        <v>826</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>820</v>
+        <v>827</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>25</v>
+        <v>828</v>
       </c>
       <c r="D207" t="s">
-        <v>810</v>
+        <v>674</v>
       </c>
       <c r="E207" t="s">
-        <v>811</v>
+        <v>675</v>
       </c>
       <c r="F207" t="s">
-        <v>299</v>
+        <v>670</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>821</v>
+        <v>829</v>
       </c>
       <c r="H207" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>33</v>
+        <v>832</v>
       </c>
       <c r="D208" t="s">
-        <v>810</v>
+        <v>674</v>
       </c>
       <c r="E208" t="s">
-        <v>811</v>
+        <v>675</v>
       </c>
       <c r="F208" t="s">
-        <v>61</v>
+        <v>670</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>161</v>
+        <v>833</v>
       </c>
       <c r="H208" t="s">
-        <v>824</v>
+        <v>834</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>825</v>
+        <v>835</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>37</v>
+        <v>836</v>
       </c>
       <c r="D209" t="s">
-        <v>810</v>
+        <v>674</v>
       </c>
       <c r="E209" t="s">
-        <v>811</v>
+        <v>675</v>
       </c>
       <c r="F209" t="s">
-        <v>61</v>
+        <v>670</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>161</v>
+        <v>837</v>
       </c>
       <c r="H209" t="s">
-        <v>826</v>
+        <v>803</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>827</v>
+        <v>838</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>21</v>
+        <v>839</v>
       </c>
       <c r="D210" t="s">
-        <v>828</v>
+        <v>674</v>
       </c>
       <c r="E210" t="s">
-        <v>829</v>
+        <v>675</v>
       </c>
       <c r="F210" t="s">
-        <v>143</v>
+        <v>670</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>830</v>
+        <v>840</v>
       </c>
       <c r="H210" t="s">
-        <v>831</v>
+        <v>841</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>832</v>
+        <v>842</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>37</v>
+        <v>843</v>
       </c>
       <c r="D211" t="s">
-        <v>828</v>
+        <v>674</v>
       </c>
       <c r="E211" t="s">
-        <v>829</v>
+        <v>675</v>
       </c>
       <c r="F211" t="s">
-        <v>833</v>
+        <v>670</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>161</v>
+        <v>844</v>
       </c>
       <c r="H211" t="s">
-        <v>834</v>
+        <v>845</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>835</v>
+        <v>846</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>346</v>
+        <v>10</v>
       </c>
       <c r="D212" t="s">
-        <v>828</v>
+        <v>847</v>
       </c>
       <c r="E212" t="s">
-        <v>829</v>
+        <v>848</v>
       </c>
       <c r="F212" t="s">
-        <v>299</v>
+        <v>61</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>836</v>
+        <v>849</v>
       </c>
       <c r="H212" t="s">
-        <v>837</v>
+        <v>850</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>838</v>
+        <v>851</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>364</v>
+        <v>17</v>
       </c>
       <c r="D213" t="s">
-        <v>828</v>
+        <v>847</v>
       </c>
       <c r="E213" t="s">
-        <v>829</v>
-[...2 lines deleted...]
-        <v>617</v>
+        <v>848</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>839</v>
+        <v>852</v>
       </c>
       <c r="H213" t="s">
-        <v>840</v>
+        <v>853</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>841</v>
+        <v>854</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>368</v>
+        <v>10</v>
       </c>
       <c r="D214" t="s">
-        <v>828</v>
+        <v>855</v>
       </c>
       <c r="E214" t="s">
-        <v>829</v>
+        <v>856</v>
       </c>
       <c r="F214" t="s">
-        <v>617</v>
+        <v>83</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>842</v>
+        <v>857</v>
       </c>
       <c r="H214" t="s">
-        <v>843</v>
+        <v>858</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>844</v>
+        <v>859</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>373</v>
+        <v>21</v>
       </c>
       <c r="D215" t="s">
-        <v>828</v>
+        <v>855</v>
       </c>
       <c r="E215" t="s">
-        <v>829</v>
+        <v>856</v>
       </c>
       <c r="F215" t="s">
-        <v>617</v>
+        <v>143</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>845</v>
+        <v>161</v>
       </c>
       <c r="H215" t="s">
-        <v>846</v>
+        <v>860</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>847</v>
+        <v>861</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>417</v>
+        <v>25</v>
       </c>
       <c r="D216" t="s">
-        <v>828</v>
+        <v>855</v>
       </c>
       <c r="E216" t="s">
-        <v>829</v>
+        <v>856</v>
       </c>
       <c r="F216" t="s">
-        <v>617</v>
+        <v>338</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>848</v>
+        <v>161</v>
       </c>
       <c r="H216" t="s">
-        <v>849</v>
+        <v>862</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>850</v>
+        <v>863</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>471</v>
+        <v>29</v>
       </c>
       <c r="D217" t="s">
-        <v>828</v>
+        <v>855</v>
       </c>
       <c r="E217" t="s">
-        <v>829</v>
+        <v>856</v>
       </c>
       <c r="F217" t="s">
-        <v>617</v>
+        <v>864</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>851</v>
+        <v>865</v>
       </c>
       <c r="H217" t="s">
-        <v>852</v>
+        <v>866</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>853</v>
+        <v>867</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>530</v>
+        <v>33</v>
       </c>
       <c r="D218" t="s">
-        <v>828</v>
+        <v>855</v>
       </c>
       <c r="E218" t="s">
-        <v>829</v>
+        <v>856</v>
       </c>
       <c r="F218" t="s">
-        <v>617</v>
+        <v>338</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>854</v>
+        <v>868</v>
       </c>
       <c r="H218" t="s">
-        <v>855</v>
+        <v>869</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
+        <v>870</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>37</v>
+      </c>
+      <c r="D219" t="s">
+        <v>855</v>
+      </c>
+      <c r="E219" t="s">
         <v>856</v>
       </c>
-      <c r="B219" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F219" t="s">
-        <v>857</v>
+        <v>338</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>858</v>
+        <v>871</v>
       </c>
       <c r="H219" t="s">
-        <v>859</v>
+        <v>872</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>860</v>
+        <v>873</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>10</v>
+        <v>42</v>
       </c>
       <c r="D220" t="s">
-        <v>861</v>
+        <v>855</v>
       </c>
       <c r="E220" t="s">
-        <v>862</v>
+        <v>856</v>
       </c>
       <c r="F220" t="s">
-        <v>863</v>
+        <v>338</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>864</v>
+        <v>161</v>
       </c>
       <c r="H220" t="s">
-        <v>865</v>
+        <v>874</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>866</v>
+        <v>875</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="D221" t="s">
-        <v>861</v>
+        <v>855</v>
       </c>
       <c r="E221" t="s">
-        <v>862</v>
+        <v>856</v>
       </c>
       <c r="F221" t="s">
-        <v>863</v>
+        <v>13</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>161</v>
+        <v>876</v>
       </c>
       <c r="H221" t="s">
-        <v>867</v>
+        <v>877</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>868</v>
+        <v>878</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D222" t="s">
-        <v>869</v>
+        <v>879</v>
       </c>
       <c r="E222" t="s">
-        <v>870</v>
-[...2 lines deleted...]
-        <v>617</v>
+        <v>880</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>871</v>
+        <v>881</v>
       </c>
       <c r="H222" t="s">
-        <v>872</v>
+        <v>882</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>873</v>
+        <v>883</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
         <v>17</v>
       </c>
       <c r="D223" t="s">
-        <v>874</v>
+        <v>879</v>
       </c>
       <c r="E223" t="s">
-        <v>875</v>
+        <v>880</v>
       </c>
       <c r="F223" t="s">
         <v>369</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>876</v>
+        <v>161</v>
       </c>
       <c r="H223" t="s">
-        <v>877</v>
+        <v>884</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>878</v>
+        <v>885</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
         <v>21</v>
       </c>
       <c r="D224" t="s">
-        <v>874</v>
+        <v>879</v>
       </c>
       <c r="E224" t="s">
-        <v>875</v>
+        <v>880</v>
       </c>
       <c r="F224" t="s">
-        <v>369</v>
+        <v>670</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>879</v>
+        <v>886</v>
       </c>
       <c r="H224" t="s">
-        <v>880</v>
+        <v>887</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>881</v>
+        <v>888</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D225" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="E225" t="s">
-        <v>883</v>
+        <v>880</v>
+      </c>
+      <c r="F225" t="s">
+        <v>670</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="H225" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D226" t="s">
-        <v>882</v>
+        <v>892</v>
       </c>
       <c r="E226" t="s">
-        <v>883</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>893</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>887</v>
+        <v>894</v>
       </c>
       <c r="H226" t="s">
-        <v>888</v>
+        <v>895</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>889</v>
+        <v>896</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>151</v>
+        <v>17</v>
       </c>
       <c r="D227" t="s">
-        <v>882</v>
+        <v>892</v>
       </c>
       <c r="E227" t="s">
-        <v>883</v>
-[...2 lines deleted...]
-        <v>369</v>
+        <v>893</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>161</v>
+        <v>897</v>
       </c>
       <c r="H227" t="s">
-        <v>890</v>
+        <v>898</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>891</v>
+        <v>899</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>177</v>
+        <v>21</v>
       </c>
       <c r="D228" t="s">
-        <v>882</v>
+        <v>892</v>
       </c>
       <c r="E228" t="s">
-        <v>883</v>
+        <v>893</v>
       </c>
       <c r="F228" t="s">
         <v>369</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>161</v>
+        <v>900</v>
       </c>
       <c r="H228" t="s">
-        <v>892</v>
+        <v>901</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
+        <v>902</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>25</v>
+      </c>
+      <c r="D229" t="s">
+        <v>892</v>
+      </c>
+      <c r="E229" t="s">
         <v>893</v>
       </c>
-      <c r="B229" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F229" t="s">
-        <v>369</v>
+        <v>299</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>896</v>
+        <v>903</v>
       </c>
       <c r="H229" t="s">
-        <v>897</v>
+        <v>904</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>898</v>
+        <v>905</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D230" t="s">
-        <v>899</v>
+        <v>892</v>
       </c>
       <c r="E230" t="s">
-        <v>900</v>
+        <v>893</v>
       </c>
       <c r="F230" t="s">
-        <v>369</v>
+        <v>358</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>901</v>
+        <v>906</v>
       </c>
       <c r="H230" t="s">
-        <v>902</v>
+        <v>907</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>903</v>
+        <v>908</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="D231" t="s">
-        <v>861</v>
+        <v>892</v>
       </c>
       <c r="E231" t="s">
-        <v>904</v>
+        <v>893</v>
       </c>
       <c r="F231" t="s">
-        <v>863</v>
+        <v>909</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>905</v>
+        <v>161</v>
       </c>
       <c r="H231" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>907</v>
+        <v>911</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>10</v>
+        <v>42</v>
       </c>
       <c r="D232" t="s">
-        <v>908</v>
+        <v>892</v>
       </c>
       <c r="E232" t="s">
-        <v>909</v>
+        <v>893</v>
       </c>
       <c r="F232" t="s">
-        <v>910</v>
+        <v>358</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>161</v>
+        <v>912</v>
       </c>
       <c r="H232" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="D233" t="s">
-        <v>913</v>
+        <v>892</v>
       </c>
       <c r="E233" t="s">
-        <v>914</v>
-[...2 lines deleted...]
-        <v>910</v>
+        <v>893</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>161</v>
+        <v>915</v>
       </c>
       <c r="H233" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>10</v>
+        <v>51</v>
       </c>
       <c r="D234" t="s">
-        <v>917</v>
+        <v>892</v>
       </c>
       <c r="E234" t="s">
+        <v>893</v>
+      </c>
+      <c r="F234" t="s">
+        <v>338</v>
+      </c>
+      <c r="G234" s="1" t="s">
         <v>918</v>
-      </c>
-[...4 lines deleted...]
-        <v>161</v>
       </c>
       <c r="H234" t="s">
         <v>919</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" t="s">
+        <v>920</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>21</v>
+      </c>
+      <c r="D235" t="s">
+        <v>921</v>
+      </c>
+      <c r="E235" t="s">
+        <v>922</v>
+      </c>
+      <c r="F235" t="s">
+        <v>143</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="H235" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236" t="s">
+        <v>925</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
+        <v>37</v>
+      </c>
+      <c r="D236" t="s">
+        <v>921</v>
+      </c>
+      <c r="E236" t="s">
+        <v>922</v>
+      </c>
+      <c r="F236" t="s">
+        <v>926</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H236" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8">
+      <c r="A237" t="s">
+        <v>928</v>
+      </c>
+      <c r="B237" t="s">
+        <v>9</v>
+      </c>
+      <c r="C237" t="s">
+        <v>346</v>
+      </c>
+      <c r="D237" t="s">
+        <v>921</v>
+      </c>
+      <c r="E237" t="s">
+        <v>922</v>
+      </c>
+      <c r="F237" t="s">
+        <v>299</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="H237" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8">
+      <c r="A238" t="s">
+        <v>931</v>
+      </c>
+      <c r="B238" t="s">
+        <v>9</v>
+      </c>
+      <c r="C238" t="s">
+        <v>364</v>
+      </c>
+      <c r="D238" t="s">
+        <v>921</v>
+      </c>
+      <c r="E238" t="s">
+        <v>922</v>
+      </c>
+      <c r="F238" t="s">
+        <v>670</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="H238" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8">
+      <c r="A239" t="s">
+        <v>934</v>
+      </c>
+      <c r="B239" t="s">
+        <v>9</v>
+      </c>
+      <c r="C239" t="s">
+        <v>368</v>
+      </c>
+      <c r="D239" t="s">
+        <v>921</v>
+      </c>
+      <c r="E239" t="s">
+        <v>922</v>
+      </c>
+      <c r="F239" t="s">
+        <v>670</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="H239" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8">
+      <c r="A240" t="s">
+        <v>937</v>
+      </c>
+      <c r="B240" t="s">
+        <v>9</v>
+      </c>
+      <c r="C240" t="s">
+        <v>373</v>
+      </c>
+      <c r="D240" t="s">
+        <v>921</v>
+      </c>
+      <c r="E240" t="s">
+        <v>922</v>
+      </c>
+      <c r="F240" t="s">
+        <v>670</v>
+      </c>
+      <c r="G240" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="H240" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8">
+      <c r="A241" t="s">
+        <v>940</v>
+      </c>
+      <c r="B241" t="s">
+        <v>9</v>
+      </c>
+      <c r="C241" t="s">
+        <v>417</v>
+      </c>
+      <c r="D241" t="s">
+        <v>921</v>
+      </c>
+      <c r="E241" t="s">
+        <v>922</v>
+      </c>
+      <c r="F241" t="s">
+        <v>670</v>
+      </c>
+      <c r="G241" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="H241" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8">
+      <c r="A242" t="s">
+        <v>943</v>
+      </c>
+      <c r="B242" t="s">
+        <v>9</v>
+      </c>
+      <c r="C242" t="s">
+        <v>425</v>
+      </c>
+      <c r="D242" t="s">
+        <v>921</v>
+      </c>
+      <c r="E242" t="s">
+        <v>922</v>
+      </c>
+      <c r="F242" t="s">
+        <v>369</v>
+      </c>
+      <c r="G242" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="H242" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8">
+      <c r="A243" t="s">
+        <v>946</v>
+      </c>
+      <c r="B243" t="s">
+        <v>9</v>
+      </c>
+      <c r="C243" t="s">
+        <v>471</v>
+      </c>
+      <c r="D243" t="s">
+        <v>921</v>
+      </c>
+      <c r="E243" t="s">
+        <v>922</v>
+      </c>
+      <c r="F243" t="s">
+        <v>670</v>
+      </c>
+      <c r="G243" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="H243" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8">
+      <c r="A244" t="s">
+        <v>949</v>
+      </c>
+      <c r="B244" t="s">
+        <v>9</v>
+      </c>
+      <c r="C244" t="s">
+        <v>530</v>
+      </c>
+      <c r="D244" t="s">
+        <v>921</v>
+      </c>
+      <c r="E244" t="s">
+        <v>922</v>
+      </c>
+      <c r="F244" t="s">
+        <v>670</v>
+      </c>
+      <c r="G244" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="H244" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="245" spans="1:8">
+      <c r="A245" t="s">
+        <v>952</v>
+      </c>
+      <c r="B245" t="s">
+        <v>9</v>
+      </c>
+      <c r="C245" t="s">
+        <v>588</v>
+      </c>
+      <c r="D245" t="s">
+        <v>921</v>
+      </c>
+      <c r="E245" t="s">
+        <v>922</v>
+      </c>
+      <c r="F245" t="s">
+        <v>953</v>
+      </c>
+      <c r="G245" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="H245" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="246" spans="1:8">
+      <c r="A246" t="s">
+        <v>956</v>
+      </c>
+      <c r="B246" t="s">
+        <v>9</v>
+      </c>
+      <c r="C246" t="s">
+        <v>957</v>
+      </c>
+      <c r="D246" t="s">
+        <v>921</v>
+      </c>
+      <c r="E246" t="s">
+        <v>922</v>
+      </c>
+      <c r="F246" t="s">
+        <v>670</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="H246" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8">
+      <c r="A247" t="s">
+        <v>960</v>
+      </c>
+      <c r="B247" t="s">
+        <v>9</v>
+      </c>
+      <c r="C247" t="s">
+        <v>10</v>
+      </c>
+      <c r="D247" t="s">
+        <v>961</v>
+      </c>
+      <c r="E247" t="s">
+        <v>962</v>
+      </c>
+      <c r="F247" t="s">
+        <v>864</v>
+      </c>
+      <c r="G247" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="H247" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8">
+      <c r="A248" t="s">
+        <v>965</v>
+      </c>
+      <c r="B248" t="s">
+        <v>9</v>
+      </c>
+      <c r="C248" t="s">
+        <v>17</v>
+      </c>
+      <c r="D248" t="s">
+        <v>961</v>
+      </c>
+      <c r="E248" t="s">
+        <v>962</v>
+      </c>
+      <c r="F248" t="s">
+        <v>864</v>
+      </c>
+      <c r="G248" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H248" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8">
+      <c r="A249" t="s">
+        <v>967</v>
+      </c>
+      <c r="B249" t="s">
+        <v>9</v>
+      </c>
+      <c r="C249" t="s">
+        <v>17</v>
+      </c>
+      <c r="D249" t="s">
+        <v>968</v>
+      </c>
+      <c r="E249" t="s">
+        <v>969</v>
+      </c>
+      <c r="F249" t="s">
+        <v>670</v>
+      </c>
+      <c r="G249" s="1" t="s">
+        <v>970</v>
+      </c>
+      <c r="H249" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="250" spans="1:8">
+      <c r="A250" t="s">
+        <v>972</v>
+      </c>
+      <c r="B250" t="s">
+        <v>9</v>
+      </c>
+      <c r="C250" t="s">
+        <v>17</v>
+      </c>
+      <c r="D250" t="s">
+        <v>973</v>
+      </c>
+      <c r="E250" t="s">
+        <v>974</v>
+      </c>
+      <c r="F250" t="s">
+        <v>369</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="H250" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="251" spans="1:8">
+      <c r="A251" t="s">
+        <v>977</v>
+      </c>
+      <c r="B251" t="s">
+        <v>9</v>
+      </c>
+      <c r="C251" t="s">
+        <v>21</v>
+      </c>
+      <c r="D251" t="s">
+        <v>973</v>
+      </c>
+      <c r="E251" t="s">
+        <v>974</v>
+      </c>
+      <c r="F251" t="s">
+        <v>369</v>
+      </c>
+      <c r="G251" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="H251" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="252" spans="1:8">
+      <c r="A252" t="s">
+        <v>980</v>
+      </c>
+      <c r="B252" t="s">
+        <v>9</v>
+      </c>
+      <c r="C252" t="s">
+        <v>21</v>
+      </c>
+      <c r="D252" t="s">
+        <v>981</v>
+      </c>
+      <c r="E252" t="s">
+        <v>982</v>
+      </c>
+      <c r="G252" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="H252" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="253" spans="1:8">
+      <c r="A253" t="s">
+        <v>985</v>
+      </c>
+      <c r="B253" t="s">
+        <v>9</v>
+      </c>
+      <c r="C253" t="s">
+        <v>33</v>
+      </c>
+      <c r="D253" t="s">
+        <v>981</v>
+      </c>
+      <c r="E253" t="s">
+        <v>982</v>
+      </c>
+      <c r="F253" t="s">
+        <v>56</v>
+      </c>
+      <c r="G253" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="H253" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="254" spans="1:8">
+      <c r="A254" t="s">
+        <v>988</v>
+      </c>
+      <c r="B254" t="s">
+        <v>9</v>
+      </c>
+      <c r="C254" t="s">
+        <v>55</v>
+      </c>
+      <c r="D254" t="s">
+        <v>981</v>
+      </c>
+      <c r="E254" t="s">
+        <v>982</v>
+      </c>
+      <c r="F254" t="s">
+        <v>338</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="H254" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8">
+      <c r="A255" t="s">
+        <v>991</v>
+      </c>
+      <c r="B255" t="s">
+        <v>9</v>
+      </c>
+      <c r="C255" t="s">
+        <v>151</v>
+      </c>
+      <c r="D255" t="s">
+        <v>981</v>
+      </c>
+      <c r="E255" t="s">
+        <v>982</v>
+      </c>
+      <c r="F255" t="s">
+        <v>369</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H255" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8">
+      <c r="A256" t="s">
+        <v>993</v>
+      </c>
+      <c r="B256" t="s">
+        <v>9</v>
+      </c>
+      <c r="C256" t="s">
+        <v>177</v>
+      </c>
+      <c r="D256" t="s">
+        <v>981</v>
+      </c>
+      <c r="E256" t="s">
+        <v>982</v>
+      </c>
+      <c r="F256" t="s">
+        <v>369</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H256" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8">
+      <c r="A257" t="s">
+        <v>995</v>
+      </c>
+      <c r="B257" t="s">
+        <v>9</v>
+      </c>
+      <c r="C257" t="s">
+        <v>17</v>
+      </c>
+      <c r="D257" t="s">
+        <v>996</v>
+      </c>
+      <c r="E257" t="s">
+        <v>997</v>
+      </c>
+      <c r="F257" t="s">
+        <v>369</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H257" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8">
+      <c r="A258" t="s">
+        <v>999</v>
+      </c>
+      <c r="B258" t="s">
+        <v>9</v>
+      </c>
+      <c r="C258" t="s">
+        <v>10</v>
+      </c>
+      <c r="D258" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E258" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F258" t="s">
+        <v>369</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="H258" t="s">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8">
+      <c r="A259" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B259" t="s">
+        <v>9</v>
+      </c>
+      <c r="C259" t="s">
+        <v>10</v>
+      </c>
+      <c r="D259" t="s">
+        <v>1005</v>
+      </c>
+      <c r="E259" t="s">
+        <v>1006</v>
+      </c>
+      <c r="F259" t="s">
+        <v>369</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="H259" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8">
+      <c r="A260" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B260" t="s">
+        <v>9</v>
+      </c>
+      <c r="C260" t="s">
+        <v>10</v>
+      </c>
+      <c r="D260" t="s">
+        <v>961</v>
+      </c>
+      <c r="E260" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F260" t="s">
+        <v>864</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H260" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8">
+      <c r="A261" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B261" t="s">
+        <v>9</v>
+      </c>
+      <c r="C261" t="s">
+        <v>10</v>
+      </c>
+      <c r="D261" t="s">
+        <v>996</v>
+      </c>
+      <c r="E261" t="s">
+        <v>1014</v>
+      </c>
+      <c r="F261" t="s">
+        <v>663</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H261" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8">
+      <c r="A262" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B262" t="s">
+        <v>9</v>
+      </c>
+      <c r="C262" t="s">
+        <v>10</v>
+      </c>
+      <c r="D262" t="s">
+        <v>1017</v>
+      </c>
+      <c r="E262" t="s">
+        <v>1018</v>
+      </c>
+      <c r="F262" t="s">
+        <v>663</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H262" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8">
+      <c r="A263" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B263" t="s">
+        <v>9</v>
+      </c>
+      <c r="C263" t="s">
+        <v>10</v>
+      </c>
+      <c r="D263" t="s">
+        <v>1021</v>
+      </c>
+      <c r="E263" t="s">
+        <v>1022</v>
+      </c>
+      <c r="F263" t="s">
+        <v>299</v>
+      </c>
+      <c r="G263" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H263" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8">
+      <c r="A264" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B264" t="s">
+        <v>9</v>
+      </c>
+      <c r="C264" t="s">
+        <v>29</v>
+      </c>
+      <c r="D264" t="s">
+        <v>1025</v>
+      </c>
+      <c r="E264" t="s">
+        <v>1026</v>
+      </c>
+      <c r="F264" t="s">
+        <v>663</v>
+      </c>
+      <c r="G264" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="H264" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="265" spans="1:8">
+      <c r="A265" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B265" t="s">
+        <v>9</v>
+      </c>
+      <c r="C265" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D265" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E265" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F265" t="s">
+        <v>670</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>1033</v>
+      </c>
+      <c r="H265" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8">
+      <c r="A266" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B266" t="s">
+        <v>9</v>
+      </c>
+      <c r="C266" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D266" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E266" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F266" t="s">
+        <v>670</v>
+      </c>
+      <c r="G266" s="1" t="s">
+        <v>1036</v>
+      </c>
+      <c r="H266" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8">
+      <c r="A267" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B267" t="s">
+        <v>9</v>
+      </c>
+      <c r="C267" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D267" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E267" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F267" t="s">
+        <v>670</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>1040</v>
+      </c>
+      <c r="H267" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="268" spans="1:8">
+      <c r="A268" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B268" t="s">
+        <v>9</v>
+      </c>
+      <c r="C268" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D268" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E268" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F268" t="s">
+        <v>670</v>
+      </c>
+      <c r="G268" s="1" t="s">
+        <v>1044</v>
+      </c>
+      <c r="H268" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="269" spans="1:8">
+      <c r="A269" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B269" t="s">
+        <v>9</v>
+      </c>
+      <c r="C269" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D269" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E269" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F269" t="s">
+        <v>670</v>
+      </c>
+      <c r="G269" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="H269" t="s">
+        <v>898</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -9466,50 +10778,85 @@
     <hyperlink ref="G210" r:id="rId209"/>
     <hyperlink ref="G211" r:id="rId210"/>
     <hyperlink ref="G212" r:id="rId211"/>
     <hyperlink ref="G213" r:id="rId212"/>
     <hyperlink ref="G214" r:id="rId213"/>
     <hyperlink ref="G215" r:id="rId214"/>
     <hyperlink ref="G216" r:id="rId215"/>
     <hyperlink ref="G217" r:id="rId216"/>
     <hyperlink ref="G218" r:id="rId217"/>
     <hyperlink ref="G219" r:id="rId218"/>
     <hyperlink ref="G220" r:id="rId219"/>
     <hyperlink ref="G221" r:id="rId220"/>
     <hyperlink ref="G222" r:id="rId221"/>
     <hyperlink ref="G223" r:id="rId222"/>
     <hyperlink ref="G224" r:id="rId223"/>
     <hyperlink ref="G225" r:id="rId224"/>
     <hyperlink ref="G226" r:id="rId225"/>
     <hyperlink ref="G227" r:id="rId226"/>
     <hyperlink ref="G228" r:id="rId227"/>
     <hyperlink ref="G229" r:id="rId228"/>
     <hyperlink ref="G230" r:id="rId229"/>
     <hyperlink ref="G231" r:id="rId230"/>
     <hyperlink ref="G232" r:id="rId231"/>
     <hyperlink ref="G233" r:id="rId232"/>
     <hyperlink ref="G234" r:id="rId233"/>
+    <hyperlink ref="G235" r:id="rId234"/>
+    <hyperlink ref="G236" r:id="rId235"/>
+    <hyperlink ref="G237" r:id="rId236"/>
+    <hyperlink ref="G238" r:id="rId237"/>
+    <hyperlink ref="G239" r:id="rId238"/>
+    <hyperlink ref="G240" r:id="rId239"/>
+    <hyperlink ref="G241" r:id="rId240"/>
+    <hyperlink ref="G242" r:id="rId241"/>
+    <hyperlink ref="G243" r:id="rId242"/>
+    <hyperlink ref="G244" r:id="rId243"/>
+    <hyperlink ref="G245" r:id="rId244"/>
+    <hyperlink ref="G246" r:id="rId245"/>
+    <hyperlink ref="G247" r:id="rId246"/>
+    <hyperlink ref="G248" r:id="rId247"/>
+    <hyperlink ref="G249" r:id="rId248"/>
+    <hyperlink ref="G250" r:id="rId249"/>
+    <hyperlink ref="G251" r:id="rId250"/>
+    <hyperlink ref="G252" r:id="rId251"/>
+    <hyperlink ref="G253" r:id="rId252"/>
+    <hyperlink ref="G254" r:id="rId253"/>
+    <hyperlink ref="G255" r:id="rId254"/>
+    <hyperlink ref="G256" r:id="rId255"/>
+    <hyperlink ref="G257" r:id="rId256"/>
+    <hyperlink ref="G258" r:id="rId257"/>
+    <hyperlink ref="G259" r:id="rId258"/>
+    <hyperlink ref="G260" r:id="rId259"/>
+    <hyperlink ref="G261" r:id="rId260"/>
+    <hyperlink ref="G262" r:id="rId261"/>
+    <hyperlink ref="G263" r:id="rId262"/>
+    <hyperlink ref="G264" r:id="rId263"/>
+    <hyperlink ref="G265" r:id="rId264"/>
+    <hyperlink ref="G266" r:id="rId265"/>
+    <hyperlink ref="G267" r:id="rId266"/>
+    <hyperlink ref="G268" r:id="rId267"/>
+    <hyperlink ref="G269" r:id="rId268"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>