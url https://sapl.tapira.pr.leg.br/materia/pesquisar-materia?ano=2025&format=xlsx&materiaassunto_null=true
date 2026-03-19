--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -10,1824 +10,1824 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2143" uniqueCount="1048">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2399" uniqueCount="1165">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Jucineide Aparecida de Brito da Silva</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/764/001.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/764/001.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a instalação de um toldo ma entrada principal no prédio da fisioterapia - Inter Clínicas.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/765/002.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/765/002.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal construção de quebra-molas na Avenida Curitiba - na entrada do Distrito de Santa Felicidade vindo de Douradina.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/766/003.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/766/003.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito Municipal os seguintes pedidos:_x000D_
 - Construção de quebra-molas na Rua Irati, esquina com a Rua Castro, próximo ao “Bar do Carriola”._x000D_
 - Construção de quebra-molas na Rua Irati, esquina com a Rua Antonina, próximo a casa da Sr.ª. Antoninha Dutra Resende Brito. _x000D_
 - Construção de quebra-molas na Avenida Rio Grande do Sul, n°338 (entrada da cidade, vindo de Nova Olímpia).</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/767/004.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/767/004.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, a instalação de iluminação pública na Rua Londrina, esquina com a Rua Piraquara (n°775).</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/768/005.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/768/005.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, iluminação na Rua Guarapuava n° 1.363.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/769/006.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/769/006.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, reforma do antigo prédio da capela mortuária e em seguida transferir para os funcionários do Conselho Tutelar Municipal trabalharem.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Alcenir</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/772/indicacao_007-2025-alcenir.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/772/indicacao_007-2025-alcenir.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal a implantação de um quebra molas no cruzamento da Rua Adão de Oliveira com a Avenida Curitiba.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/773/indicacao_008-2025-alcenir.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/773/indicacao_008-2025-alcenir.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal para que viabilize junto ao DER, a implantação de uma alça de acesso  na PR 576 - próxima ao KM 72.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Jucelino</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/771/indicacao_009-2025-jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/771/indicacao_009-2025-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito Municipal Ronald Smazaro, solicitando por intermédio do setor competente para que estudem a viabilidade técnica legal junto ao secretário de esportes Hugo Assis, da construção de um banheiro com acessibilidade no Ginásio de Esportes Alnei Cezar e que também seja construída uma plataforma com rampa de chegada para cadeirantes, para que assim eles possam ter um espaço reservado para assistir aos jogos.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/774/indicacao_010-2025-jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/774/indicacao_010-2025-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Ronald Smarzaro, que por intermédio do setor competente para que estudem a viabilidade técnica legal, da elaboração de revitalização do Cemitério do Distrito de Santa Felicidade. E também fazer manutenção da cobertura do postinho de saúde do Distrito de Santa Felicidade, pois nos dias de chuvas causa muito transtorno para os colaboradores daquele setor.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Devair</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/775/indicacao_011-2025-devair.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/775/indicacao_011-2025-devair.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Ronald Smarzaro,  as seguintes providências:_x000D_
 - Reforma completa no campo sintético;_x000D_
 - Revitalização da Praça do Distrito de Gleba Quatro;_x000D_
 - Reforma da quadra de Santa Felicidade; _x000D_
 - Manutenção das estradas rurais.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Micheli</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/776/indicacao_012-2025-micheli.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/776/indicacao_012-2025-micheli.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Ronald Smarzaro,  que seja realizado pelo departamento de tributação a comunicação aos munícipes residentes no Distrito de Santa Felicidade, que este departamento possui mapa atualizado e numerado deste distrito, possibilitando aos mesmos identificar suas residências com a numeração predial oficial do município, conforme croqui em anexo. _x000D_
 Sugere-se que seja feita a comunicação por carro de som preferencialmente dias de semana, após as 18h e finais de semana, na intenção de que todos os moradores do referido distrito tenham conhecimento e possam regularizar seus imóveis.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Devair e Jucelino</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/784/013-2025-jucelino_e_devair.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/784/013-2025-jucelino_e_devair.pdf</t>
   </si>
   <si>
     <t>Solicitam ao senhor Prefeito Municipal, Ronald Smarzaro, que por intermédio de assessoria jurídica e os demais setores competentes, com recursos estadual ou federal ou até mesmo com recurso próprio, para que estudem a viabilidade técnica legal da elaboração de um projeto de lei complementar, e posterior envio ao Poder Legislativo de Tapira Paraná, dispondo sobre os prédios públicos do nosso município a energia fotovoltaica.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/785/014-2025-jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/785/014-2025-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal,  Ronald Smarzaro, a instalação de  um ponto de ônibus que servirá de proteção aos alunos que aguardam ônibus escolar, no Bairro Vila Nova, na Rua Mandaguari esquina com a Avenida Rio Grande do Sul.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/786/015-2025-devair_e_jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/786/015-2025-devair_e_jucelino.pdf</t>
   </si>
   <si>
     <t>Os referidos Edis solicitam ao Prefeito Municipal e ao Secretário da Agricultura Municipal, Tiago, aquisição de uma caminhonete furgão, juntamente com aparelho de ultrassom animal e um botijão para sêmen, para assim atender os pequenos produtores rurais.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/787/016-2025-devair.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/787/016-2025-devair.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Ronald Smarzaro, as devidas providências para que seja instalado um corrimão na escadaria que dá acesso à rodoviária.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Anelise</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/788/017-2025-anelise.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/788/017-2025-anelise.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, Ronald, a construção de quebra-molas na rua Ponta Grossa, cruzamento com a Avenida Curitiba (próximo a bocha).</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/789/018-2025-anelise.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/789/018-2025-anelise.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, a construção de quebra-molas na rua Bocaiúva, cruzamento com a Rua Rio Negro, próximo ao Colégio Estadual São José.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Micheli e Vanderlei</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/791/019-micheli_e_vanderlei.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/791/019-micheli_e_vanderlei.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Senhor Prefeito Municipal, Ronald, solicitando a aquisição de Playgrounds Temáticos Inclusivos, para nosso município.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/794/020-2025-jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/794/020-2025-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito Municipal Ronald Smarzaro, que por intermédio de assessoria jurídica e os demais setores competentes, através de convênio e parcerias públicas privadas para disponibilizar sinal público de internet através do sistema de wifi, nas praças públicas do município (Praça Central, Distritos de Ouro Verde, Santa Felicidade Gleba Quatro).</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Alcides</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/795/021-alcides.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/795/021-alcides.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito Municipal Ronald Smarzaro, a construção de um portal na entrada da cidade, na Avenida Rio Grande do Sul (saída para a cidade de Nova Olímpia). Pois este portal vai trazer uma grande beleza em nosso município.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/796/022-alcides.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/796/022-alcides.pdf</t>
   </si>
   <si>
     <t>Solicitando que o senhor prefeito tome as devidas providências para que volte  a colocar novamente as tartarugas nas rotatórias da avenida Curitiba, nos seguintes locais: perto do Correio, próximo à loja Gonçalves, próximo ao poço Zabini, próximo à loja do Nino, próximo ao Banco Sicoob e próximo ao poço do Satoshi. Na gestão passada, foi indicado por mim e foram colocadas, mas o pessoal que fizeram o recape do asfalto, retiraram, e é muito importante que sejam colocadas novamente, para que sejam evitados acidentes.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/797/023-alcides.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/797/023-alcides.pdf</t>
   </si>
   <si>
     <t>Pede ao senhor Prefeito Municipal, que sejam adquiridos esterco de frango e distribuídos aos produtores de Bicho da Seda.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/798/024-alcides.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/798/024-alcides.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito Municipal Ronald, calçamento do canteiro da Avenida Porto Alegre, próximo a casa do Raimundo Viana até a Cocamar.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/799/025-alcides.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/799/025-alcides.pdf</t>
   </si>
   <si>
     <t>Solicitando que peça aos seus deputados, emenda para construção de uma via de asfalto da saída da cidade até a Vila Rural, (sentido a Nova Olímpia).</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/800/026-alcides.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/800/026-alcides.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito Municipal a execução do trevo próximo ao local onde a empresa Cocamar irá construir. Nesta estrada já está funcionando uma cerâmica, uma farinheira e vários barracões de frango, sendo assim há um grande fluxo de caminhões.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Alcides e Devair</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/801/027-2025-alcides_e_devair.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/801/027-2025-alcides_e_devair.pdf</t>
   </si>
   <si>
     <t>Solicitam ao senhor Prefeito Municipal, providências no cadastro das matas do município para que assim receba o ICMS Ecológico.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/802/028-alcenir.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/802/028-alcenir.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, que viabilize junto à Receita Federal ou outro órgão do Governo Estadual, a doação de um veículo utilitário, tipo Fiorino, Saveiro, Montana, ou similar  para doação à Associação dos Separadores de materiais recicláveis de Tapira-ASEMART.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/803/029-alcenir.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/803/029-alcenir.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, que viabilize o fornecimento de uniformes adequados para os garis e para o pessoal que trabalha com a varrição que atuam no município.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/804/030-alcenir.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/804/030-alcenir.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, que viabilize reforma e melhora das condições do Parquinho municipal. Localizado próximo a feira dos trabalhadores e praça da Igreja, na Av. Paraná.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Jucineide Aparecida Brito da Silva</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/805/031-2025-jucineide.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/805/031-2025-jucineide.pdf</t>
   </si>
   <si>
     <t>Solicitando rebaixamento de dois quebra-molas existentes na Rua Castro, entre a Avenida Curitiba e a Rua Maria Carraro de Aguiar.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/806/032-2025-jucineide.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/806/032-2025-jucineide.pdf</t>
   </si>
   <si>
     <t>Solicitando a sinalização por meio de placas em casa esquina, dos nomes das ruas, ou substituir tal pedido por escrever das ruas nos postes. Isso facilitará a localização, principalmente pelos novos motoristas da saúde que precisam ir até as casas dos pacientes.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/807/033-2025-jucineide.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/807/033-2025-jucineide.pdf</t>
   </si>
   <si>
     <t>Solicitando asfalto na Rua Piraquara, no trecho da rua em frente a UBS até a Avenida Rio Grande do Sul e no trecho da Rua Londrina, também até a Avenida Rio Grande do Sul.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>João César de Moraes Perin</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/808/034-2025-joao_cesar.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/808/034-2025-joao_cesar.pdf</t>
   </si>
   <si>
     <t>Solicitando a instalação de Ecopontos, cercados de alambrado e com cobertura, para armazenar o lixo das residências próximas, até o dia da coleta, nos seguintes locais: - na curva próximo a casa do “Calói”, no final da estrada da Água do Avião e outra no Ouro Verde. E se possível que adquira umas a mais, caso apareçam outros locais que se fizer necessário a instalação.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/</t>
+    <t>http://sapl.tapira.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Instalação de câmeras de segurança em áreas públicas, exemplo: praça, entradas, da cidade e distritos, cemitério, ginásio de esportes, avenidas, parquinhos, campo sintético. Com gravação, armazenamento e manutenção junto ao órgão competente.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Todos os Vereadores</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/810/036-edis.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/810/036-edis.pdf</t>
   </si>
   <si>
     <t>Apresentar a proposta para a realização de um torneio regional de pesca no Rio Ivaí com o objetivo de promover o esporte e lazer e, assim como o turismo na nossa cidade de Tapira.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/811/037-jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/811/037-jucelino.pdf</t>
   </si>
   <si>
     <t>Que por intermédio do setor competente, um estudo para criação de um plano municipal com parceria entre corpo de bombeiros e defesa civil para dar treinamento contínuo e capacitação, para alguns dos servidores do quadro municipal com foco em salvamento e combate ao incêndio.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/812/38-jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/812/38-jucelino.pdf</t>
   </si>
   <si>
     <t>Que por intermédio do setor competente, a viabilidade de fazer manutenção e substituição dos meios fios das ruas de nossa cidade. E também uma rotatória no canteiro da Avenida Paraná, saída para o distrito de Ouro Verde, dando acesso a rua Paranaguá e também um acostamento dando acesso a rua Castro.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/813/039-jucineide.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/813/039-jucineide.pdf</t>
   </si>
   <si>
     <t>Solicitando um estudo para ver a possibilidade de colocar um adicional de insalubridade ou periculosidade para as funcionárias públicas de serviços gerais, que trabalham na cozinha e limpeza.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/814/040-jucineide.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/814/040-jucineide.pdf</t>
   </si>
   <si>
     <t>Solicitando uma readequação no Bosque “Leonardo de Oliveira da Cruz”, com reposição de areia na quadra e construção de um parquinho.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/815/041-jucineide.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/815/041-jucineide.pdf</t>
   </si>
   <si>
     <t>Construção de uma capela mortuária no Distrito de Ouro Verde Alto.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/816/042-joao_cesar.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/816/042-joao_cesar.pdf</t>
   </si>
   <si>
     <t>Solicitando asfalto no trecho da Rua Antônio Hermínio de Aguiar, entre a Rua Londrina e a Rua Jataizinho.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/817/043-micheli.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/817/043-micheli.pdf</t>
   </si>
   <si>
     <t>Instalação e monitoramento de câmeras de segurança em pontos estratégicos da Unidade de Pronto Atendimento de Tapira-Pr, assim como de um segurança, principalmente nos plantões noturnos.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/818/044-micheli_e_vanderlei.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/818/044-micheli_e_vanderlei.pdf</t>
   </si>
   <si>
     <t>Criação de um banco de dados municipal (uma plataforma), com o cadastro de todas os MEIS do Município, aderindo ao Programa Contrata + Brasil, onde a prefeitura poderá contratar os microempreendedores Individuais que prestem serviços básicos, como manutenções por exemplo.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/819/045-micheli.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/819/045-micheli.pdf</t>
   </si>
   <si>
     <t>Solicitando um estudo detalhado da frota de veículos do município e da logística de utilização dos mesmos, assim como seja feita a avaliação da viabilidade técnica e financeira da implementação de forma estratégica e gradativa de um Plano de Mobilidade Elétrica para o Município de Tapira-Pr.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/820/046-devair.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/820/046-devair.pdf</t>
   </si>
   <si>
     <t>Solicitando reforma do posto de saúde do Distrito de Gleba 4.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Solicitando ao prefeito a instalação de refletores no cemitério, pois o mesmo se encontra totalmente as escuras. Que também possa instalar pequenos postes com tomadas nas laterais do corredor, para assim facilitar na hora de ser colocado os mármores. Solicito ainda a instalação de mais torneiras no início do cemitério, bem como sejam colocadas mais lixeiras.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal construção de quebra-molas na Rua Piraquara, próximo a casa da Adriana Bozzola.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>solicitando por intermédio do setor competente, um estudo para a construção de uma passarela na Escola Municipal Campos Sales, ligando os pavilhões até a saída na Rua Ponta Grossa, com uma cobertura, para que assim os alunos possam embarcar e desembarcar do ônibus com segurança, protegido do sol e da chuva.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/829/050-alcides.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/829/050-alcides.pdf</t>
   </si>
   <si>
     <t>Solicitando a instalação de câmeras de monitoramento dentro dos ônibus escolares.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/830/051-devair.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/830/051-devair.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção de um campo sintético no Distrito de Santa Felicidade.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/831/52-alcenir.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/831/52-alcenir.pdf</t>
   </si>
   <si>
     <t>Que viabilize reforma e faça reparos emergenciais na cobertura do Ginásio de Esportes - Centro Poliesportivo Alnei Cezar Ibargoien Moreira.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/832/53-alcenir.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/832/53-alcenir.pdf</t>
   </si>
   <si>
     <t>Que viabilize galeria de águas pluviais e pavimentação para as ruas do local popularmente, conhecido como "Chimitão". Rua Almirante Tamandaré, entre a rua Maria Carraro de Aguiar e avenida Curitiba, rua Araucária, entre a rua Maria Carraro de Aguiar e a avenida Curitiba, rua Cerro Azul, entre a rua Maria Carraro de Aguiar e a avenida Curitiba, e rua Maria Carraro de Aguiar, entre a rua Almirante Tamandaré e rua Cerro Azul.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/833/54-alcenir.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/833/54-alcenir.pdf</t>
   </si>
   <si>
     <t>Que viabilize serviços de terraplanagem e adequação das ruas do local popularmente conhecido como "Chimitão".</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/834/055-jucineide.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/834/055-jucineide.pdf</t>
   </si>
   <si>
     <t>Solicitando a instalação de 1 ar condicionado mais potente para a capela mortuária, bem como sejam colocadas cortinas nas janelas. Se houver possibilidade plantar ao redor da capela árvores já com tamanhos grandes, para que assim possa fazer sombra logo.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/836/056-jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/836/056-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando por intermédio do setor competente a possibilidade, dentro das normas legais, uma escola de aprendizagem para ministrar cursos diversos, dentro do projeto menor aprendiz, gratuito, para os nossos jovens Tapirenses.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/840/057-2025-anelise.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/840/057-2025-anelise.pdf</t>
   </si>
   <si>
     <t>Solicitando ao prefeito municipal a criação de página ativa da PREFEITURA MUNICIPAL nas redes sociais (Facebook e Instagram) objetivando informar a comunidade de forma gratuita, mais abrangente e eficaz a respeito de diversos assuntos de interesse público, visto que praticamente toda a população tem acesso a mesma.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/841/058-jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/841/058-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal, por intermédio do setor competente a possibilidade, de que seja colocada uma placa com os dizeres: “SEJA BEM-VINDO” nos seguintes locais: Jardim Itália; Jardim Vitória; Jardim Sol Nascente.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/842/059-2025-alcenir.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/842/059-2025-alcenir.pdf</t>
   </si>
   <si>
     <t>Tapa buracos na seguintes ruas: _x000D_
 - Av. Paraná entre a Rua Lapa e a Rua São Mateus;_x000D_
 - Rua Bocaiuva entre a Rua Lapa e a Av. Curitiba;_x000D_
 - Rua São Mateus nos trechos entre a R. Antônio Herminio de Aguiar e Av. Porto Alegre;_x000D_
 - Rua São Mateus nos trechos entre a Rua Colombo e a Rua Almirante Tamandaré;_x000D_
 - Rua Maria Carraro de Aguiar entre a Rua Piraquara e a Rua Bocaiuva;_x000D_
 - Rua Piraquara entre a Rua Rio Negro e a Rua Lapa.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Solicitando sinalização das estradas rurais do município de Tapira-Pr, dos seguintes tipo: 1 - Placas de identificação de estrada; 2 - Placas de direção e indicação de distância; 3-Áreas de advertência e perigo.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Micheli e Anelise</t>
   </si>
   <si>
     <t>Solicitam a elaboração de um calendário físico, com a imagem do cartão postal da Cidade de Tapira (nosso Cristo) e o mapa da cidade dividido em cores para identificar os setores, calendário este a ser entregue aos munícipes, com a identificação de dias e meses da coleta de galhos e entulhos em cada setor. Assim como, orientação para que enquanto não for o período de cada setor, o mesmo poderá se valer da caçamba. O calendário também pode trazer toda a agenda de campanhas e programas que acontecerá no decorrer do ano, como por exemplo, semana do outubro rosa, Novembro Azul, dias identificados com campanha de vacinação, coletas de preventivos, e demais informações que possam ser identificadas e que sua agenda aconteça de forma anual.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/859/062-2025-devair_e_alcides.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/859/062-2025-devair_e_alcides.pdf</t>
   </si>
   <si>
     <t>Solicitando ao prefeito para que termine a instalação do poço artesiano da localidade Água da Fortuna, que só está faltando a instalação dos canos, pois a referida comunidade está sofrendo pela falta de água.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/860/063-2025-joao_cesar.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/860/063-2025-joao_cesar.pdf</t>
   </si>
   <si>
     <t>Solicitando que os dois quebra-molas existentes na Avenida Rio Grande do Sul, no final da Vila Operária, sejam refeitos, pois estão muito rebaixados, e as pessoas ao passar com seus veículos não diminuem a velocidade.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/861/064-2025-alcenir.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/861/064-2025-alcenir.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, que viabilize a melhora da iluminação na entrada da cidade, Av. Paraná, sentido Ouro Verde e Douradina – PR – 576.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/862/065-2025-alcenir.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/862/065-2025-alcenir.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, que viabilize a instalação de placas de sinalização de trânsito, proibindo o tráfego de caminhões com cargas vivas no centro da cidade.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/865/066-jucineide.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/865/066-jucineide.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal para que seja estipulado o horário até as 19:00 horas para que carro de som circule no município.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/866/067-2025-jucineide.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/866/067-2025-jucineide.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal o seguinte:  que em análise a sua resposta por intermédio do Ofício N°090/2025 referente minha Indicação N°039/2025, para uma melhor compreensão, solicito que envie a esta Casa de Leis para análise o laudo técnico que indiquem o grau de insalubridade ou periculosidade, dos servidores públicos municipais de serviços gerais, que trabalham na cozinha e limpeza.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Solicitando que o Executivo Municipal adote as medidas necessárias para o cumprimento da Lei nº 1104, que dispõe sobre a criação e delimitação de bairros na macrozona urbana do Município de Tapira.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>solicitando que o Executivo Municipal inclua no orçamento do próximo semestre a verba necessária para a reforma do campo sintético do município de Tapira.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Solicitando ao senhor prefeito, construção de quebra-molas na Vila Rural de Ouro Verde Alto, próximo a casa do “Toninho da soja”.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Os 9 Vereadores</t>
   </si>
   <si>
     <t>Todos os Edis desta Casa de Leis solicitam que o Executivo Municipal utilize as verbas disponíveis pela Lei Aldir Blanc para promover um concurso de calouros e ou repente em junho durante as comemorações juninas.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/878/072-alcenir-bosque_repar._ilum._cam.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/878/072-alcenir-bosque_repar._ilum._cam.pdf</t>
   </si>
   <si>
     <t>Que o prefeito municipal viabilize o reparo dos equipamentos da Academia da Terceira Idade (ATI) do Bosque Municipal Leonardo Oliveira da Cruz, bem como instale iluminação e câmeras de segurança nesse local.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/879/073-alcenir-quebra-molas-retorno.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/879/073-alcenir-quebra-molas-retorno.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal, que viabilize instalação de um quebra molas no cruzamento da Rua Londrina com a Avenida Rio Grande do Sul e também a execução de um retorno nesse ponto, no canteiro central da avenida.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Solicita que fosse disponibilizado uma técnica de enfermagem para ficar de segunda-feira a sexta-feira o dia todo no postinho de saúde do Distrito de Ouro Verde.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Com intuito de indicar à Administração Pública que seja providenciado curso de capacitação e integração entre o Conselho Tutelar e as secretarias que funcionam como rede de apoio ao trabalho desenvolvido pelo Conselho Tutelar.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/885/076-2025-completa.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/885/076-2025-completa.pdf</t>
   </si>
   <si>
     <t>Solicitam que envie ofício à Secretaria de Trabalho, Qualificação e Renda do Governo do Paraná, solicitando que, através do Projeto “Qualifica Paraná 2025” sejam enviadas ao Município de Tapira-Pr as Carretas do Conhecimento, nas seguintes especialidades:_x000D_
 1- Soldagem _x000D_
 2- Informática_x000D_
 3- Instalação Elétrica</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/887/077-2025-jucelino-sala-cmei.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/887/077-2025-jucelino-sala-cmei.pdf</t>
   </si>
   <si>
     <t>Solicita por intermédio do setor competente a viabilidade de aumentar mais uma sala no CMEI Pedro Néia para atender a demanda da fila de espera do berçário.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/890/078-2025-neide-quebra-molas.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/890/078-2025-neide-quebra-molas.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito a construção de quebra-molas na Rua Maria Carraro de Aguiar, N° 1553, em frente a APAE.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/891/079-2025-alcenir-quebra-molas.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/891/079-2025-alcenir-quebra-molas.pdf</t>
   </si>
   <si>
     <t>Solicitando para que o Prefeito viabilize a implantação de um quebra molas no cruzamento da Rua São Mateus com a Rua Colombo.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>Devair, Jucelino</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/892/080-2025-devair_e_jucelino.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/892/080-2025-devair_e_jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando recape das ruas do Jardim Itália bem como no trecho da Avenida Paraná próximo ao Jardim Itália.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Anelise Prado Lopes e Jucineide Ap. de Brito da Silva</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/893/081-2025-anelise_e_jucineide-recurso200mil.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/893/081-2025-anelise_e_jucineide-recurso200mil.pdf</t>
   </si>
   <si>
     <t>As nobres vereadoras solicitam que o Executivo Municipal possa utilizar o valor residual dos R$ 200.000,00 - o qual será utilizado para comprar 2 veículos para saúde - para aquisição de bicicletas elétricas para uso das ACS do município.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/895/082-2025-devair-carro_postinho.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/895/082-2025-devair-carro_postinho.pdf</t>
   </si>
   <si>
     <t>Solicita que seja disponibilizado um carro para o Postinho de Saúde do Distrito de Gleba Quatro, para auxiliar nas visitas e atendimentos.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/896/083-2025-devair-aparelho_de_ultrassom_odontologico.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/896/083-2025-devair-aparelho_de_ultrassom_odontologico.pdf</t>
   </si>
   <si>
     <t>Solicita a aquisição de um aparelho de ultrassom para o gabinete odontológico.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/899/084-2025-jucelino-gerador_de_energia.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/899/084-2025-jucelino-gerador_de_energia.pdf</t>
   </si>
   <si>
     <t>Solicita ao senhor Prefeito Municipal Ronald Smarzaro, que por intermédio do setor competente a viabilidade de adquirir um gerador de energia para a unidade de pronto atendimento de nosso município.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Reiterar o pedido onde solicitei a instalação de sinalização de tachões de trânsito ou tachões refletivos, chamadas de “tartarugas”, entre os canteiros da Avenida Curitiba. Na gestão passada, foi indicado por mim e foram colocadas, mas o pessoal que fizeram o recape do asfalto, retiraram, e é muito importante que sejam colocadas novamente, pois estes dispositivos de sinalização horizontal, servem para delimitar espaços, indicar divisão da pista, e sinalizar as áreas de perigo.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>Micheli, Vanderlei, Devair, Jucelino, Alcides, João César</t>
   </si>
   <si>
     <t>Solicitam ao Senhor Prefeito Municipal,  que requeira junto à Secretaria da Justiça e Cidadania a Unidade Técnica do Projeto Paraná em Ação - UTPA, com objetivo de promover em nosso Município a feira de Serviços Paraná em Ação, em parceria com o município, oportunizando a população realizar de forma gratuita serviços públicos de estrema importância.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Solicita por intermédio do setor competente a viabilidade de adquirir carteiras escolares para o CMEI Claudio Ivantes, e que seja realizado uma pintura interna e externa do prédio, aproveitando as férias escolares do mês de julho. Solicito ainda que seja pintado uma faixa no asfalto delimitando os lugares dos ônibus.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/905/088-2025-edis-feiras_livres.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/905/088-2025-edis-feiras_livres.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que busque junto aos deputados, apoio à Estruturação de Feiras Livres (10 barracas 3m x 4m, bancadas, mesas, expositores, expositores refrigerados, balança tipo plataforma, balança de mesa, estufa para salgado, conjunto de mesas e cadeiras, etc.)  no valor de R$ 200.000,00 (duzentos mil reais).</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Vanderlei</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/906/089-2025-vanderlei-reforma_dos_vestiarios_pardalzao.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/906/089-2025-vanderlei-reforma_dos_vestiarios_pardalzao.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja tomada as providências necessárias para acionar o Departamento de Engenharia do Município para realizar o projeto de reforma dos vestiários do Estádio Pardalzão.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/907/090-2025-edis-sinalizacao_viaria.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/907/090-2025-edis-sinalizacao_viaria.pdf</t>
   </si>
   <si>
     <t>Apresentamos esta Indicação, de acordo com artigo 140 do Regimento Interno desta Câmara a ser encaminhada ao Senhor Prefeito Municipal, para que manifeste interesse junto ao Governador do Estado na celebração de convênio para Sinalização Viária - Detran 2025. O programa faz parte de uma ação mais ampla do Detran-PR para municipalizar o trânsito e melhorar a mobilidade urbana.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/908/091-2025-alcenir-pintura_predio_da_vigilancia.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/908/091-2025-alcenir-pintura_predio_da_vigilancia.pdf</t>
   </si>
   <si>
     <t>Solicita ao prefeito municipal que seja colocado uma placa de identificação e pintura do local do novo posto da Vigilância Sanitária.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/909/092-2025-sinalizacao_das_ruas.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/909/092-2025-sinalizacao_das_ruas.pdf</t>
   </si>
   <si>
     <t>Solicita ao prefeito municipal para que revise a sinalização de algumas ruas, para identificar quais são as ruas prioritárias e consequentemente quais tem a preferência de fluxo.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/910/093-2025-alcenir-predio_delegacia.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/910/093-2025-alcenir-predio_delegacia.pdf</t>
   </si>
   <si>
     <t>Solicita ao prefeito municipal para que viabilize a pintura interna e troca das peças sanitárias da Delegacia Municipal.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/911/094-2025-alcenir-muro_campos_sales.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/911/094-2025-alcenir-muro_campos_sales.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal, para que viabilize a revitalização dos muros e calçadas da Escola Municipal Campos Sales.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/912/095-2025-anelise-cadeira_de_rodas.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/912/095-2025-anelise-cadeira_de_rodas.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, a aquisição de cadeiras de rodas para o prédio da secretaria de saúde, bem como para demais divisões que julgar necessário.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/913/096-2025-anelise-quebra-molas-canavieira.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/913/096-2025-anelise-quebra-molas-canavieira.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção de quebra-molas em todo o percurso da rua “Canavieira”.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/914/097-jucineide-periculosidade.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/914/097-jucineide-periculosidade.pdf</t>
   </si>
   <si>
     <t>Em análise a resposta do Prefeito Municipal, por intermédio do Ofício N°130/2025 referente minha Indicação N°067/2025, para uma melhor compreensão, solicito que envie a esta Casa de Leis para análise cópia dos seguintes laudos técnicos, dos servidores públicos municipais de serviços gerais, que trabalham na cozinha e limpeza:_x000D_
 - PGR - Programa de Gerenciamento de Riscos;_x000D_
 - PCMSO - Programa de Controle Médico Ocupacional - NR 07 e NR 32;_x000D_
 - LIP - Laudo de Insalubridade, Laudo de Periculosidade, pôr engenheiro de segurança do trabalho;_x000D_
 - LTCAT - Laudo Técnico das Condições do Ambiente do Trabalho;_x000D_
 - Gestão de exames de periódicos;_x000D_
 - ESO – Atestado de Saúde Ocupacional.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/920/098-2025-jucineide-nomenclatura_motoristas.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/920/098-2025-jucineide-nomenclatura_motoristas.pdf</t>
   </si>
   <si>
     <t>Solicitando um estudo para ver a possibilidade da substituição da nomenclatura de MOTORISTA para CONDUTOR DE AMBULÂNCIA, para aqueles servidores de tal função.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/921/099-2025-alcenir-banheiro_publico.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/921/099-2025-alcenir-banheiro_publico.pdf</t>
   </si>
   <si>
     <t>Que viabilize a construção de um banheiro público, no canteiro da Rua Rio Negro, nas proximidades do “Espetinho do Rios”.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/923/100-2025-anelise_e_jucineide-lixeiras_educativas.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/923/100-2025-anelise_e_jucineide-lixeiras_educativas.pdf</t>
   </si>
   <si>
     <t>Solicitam lixeiras educativas em todas as escolas municipais.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/924/101-2025-edis-refis.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/924/101-2025-edis-refis.pdf</t>
   </si>
   <si>
     <t>Solicitam a criação de Programa de Recuperação Fiscal – REFIS, destinado à regularização de débitos de IPTU no âmbito do Município de Tapira-Pr, com o objetivo de oferecer condições especiais de parcelamento e desconto para contribuintes em débito com o referido tributo.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/927/102-alcides-grama_parquinho.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/927/102-alcides-grama_parquinho.pdf</t>
   </si>
   <si>
     <t>Solicitando que veja a possibilidade de colocar grama sintética no parquinho, localizado próximo ao barracão da feira do produtor.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/928/103-2025-edis-asfalto_assentamento.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/928/103-2025-edis-asfalto_assentamento.pdf</t>
   </si>
   <si>
     <t>Solicitam asfalto na estrada que dá acesso às propriedades do programa Banco da Terra (assentamento).</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/929/104-2025-edis-caminhao_de_lixo-prensa_e_balanca.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/929/104-2025-edis-caminhao_de_lixo-prensa_e_balanca.pdf</t>
   </si>
   <si>
     <t>Solicitam um caminhão coletor de lixo, para ser utilizado na coleta domiciliar. Bem como a aquisição de uma esteira, prensa e balança para a Associação dos Separadores de Materiais Recicláveis de Tapira – ASERTA.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/930/105-2025-anelise-reinstalacao_do_poste_colonial.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/930/105-2025-anelise-reinstalacao_do_poste_colonial.pdf</t>
   </si>
   <si>
     <t>Solicitando a reinstalação do poste colonial verde, que compunha a rotatória do cruzamento da avenida Curitiba e da rua Maria Carraro de Aguiar.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/931/106-2025-jucineide-reforma_na_biblioteca.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/931/106-2025-jucineide-reforma_na_biblioteca.pdf</t>
   </si>
   <si>
     <t>Solicitando reforma na Biblioteca Cidadã.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/933/107-2025-anelise-lei_zoonoses.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/933/107-2025-anelise-lei_zoonoses.pdf</t>
   </si>
   <si>
     <t>Solicitando o cumprimento da LEI Nº 980/2021, que trata do controle de zoonoses, controle das populações de animais e do bem-estar animal do município de Tapira. Em conjunto com secretarias e servidores competentes, estudar medidas que garantam o bem-estar animal, seja domiciliado, semi-domiciliado ou comunitário e ainda, que puna seus agressores. Também estude com vigor a viabilidade dos artigos 6 e 7, principalmente.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/934/108-2025-alcenir-divisorias_capela_mortuaria.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/934/108-2025-alcenir-divisorias_capela_mortuaria.pdf</t>
   </si>
   <si>
     <t>Solicita reparos e instalação de divisórias, para criar dois módulos de velório na Capela Mortuária.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/935/110-2025-alcenir-faixas_de_moto.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/935/110-2025-alcenir-faixas_de_moto.pdf</t>
   </si>
   <si>
     <t>Solicitando a ampliação da cobertura externa na Capela Mortuária.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>Solicita a pintura de faixas de moto no centro da cidade.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/937/111-2025-alcenir-aquisicao_de_cacambas.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/937/111-2025-alcenir-aquisicao_de_cacambas.pdf</t>
   </si>
   <si>
     <t>Solicita a aquisição de mais caçambas para coleta de lixo.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/938/112-2025-cesar-_quebra-molas.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/938/112-2025-cesar-_quebra-molas.pdf</t>
   </si>
   <si>
     <t>Solicitando que o quebra-molas existente na Rua São Mateus (próximo a casa do “abobrinha”) seja reerguido.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/939/113-2025-jucineide-faixa_de_pedestre.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/939/113-2025-jucineide-faixa_de_pedestre.pdf</t>
   </si>
   <si>
     <t>Solicitando pintura de faixa de pedestre na rua do Supermercado Noerenberg e do novo Supermercado Gonçalves.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>Solicitam ao senhor Prefeito Municipal, que viabilize a pavimentação da estrada rural Estrada da Cerâmica (antiga Estrada do Porto).</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/943/115-2025-cesar-asilo.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/943/115-2025-cesar-asilo.pdf</t>
   </si>
   <si>
     <t>Solicitando que o prefeito municipal analise a possibilidade de adquirir para o Asilo um contentor de lixo orgânico para armazenar as fraldas usadas, pois o caminhão de lixo passa somente uma vez por semana e este contentor servirá para evitar odores desagradáveis._x000D_
 E que também seja realizada uma limpeza e aterro ao redor do muro do lado de fora do Asilo.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/945/116-2025-anelise-cumprir_a_lei_queimadas.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/945/116-2025-anelise-cumprir_a_lei_queimadas.pdf</t>
   </si>
   <si>
     <t>Solicita o cumprimento da LEI 1.057/2023, mais precisamente do artigo 7º inciso VI e do artigo 8º, que trata sobre as queimadas em quintais e uso de fogo para fins de limpeza. Adequar com setores competentes quanto a fiscalização para evitar essa ação, inclusive com plantões em horários noturnos e finais de semana, pois é quando há maior incidências das queimadas.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/946/117-2025-edis-calcario.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/946/117-2025-edis-calcario.pdf</t>
   </si>
   <si>
     <t>Solicitam a possibilidade da aquisição de mais toneladas de calcário, para serem distribuídas aos proprietários de áreas rurais do município de Tapira.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>Alcenir, Anelise, Jucineide</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/947/118-2025-ju-ane-alc-contratar_biologo-concurso_motoristas.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/947/118-2025-ju-ane-alc-contratar_biologo-concurso_motoristas.pdf</t>
   </si>
   <si>
     <t>Solicitam a possibilidade da contratação de um Biólogo para atuar no município de Tapira. E que também sejam chamados do concurso da prefeitura, os motoristas, pois os maquinários estão quebrando com muita frequência.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/948/119-2025-jucineide-corrimao_banheiro.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/948/119-2025-jucineide-corrimao_banheiro.pdf</t>
   </si>
   <si>
     <t>Solicita que seja instalado corrimão no banheiro do prédio da fisioterapia.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/953/120-2025-edis-ecoponto.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/953/120-2025-edis-ecoponto.pdf</t>
   </si>
   <si>
     <t>Solicitando por intermédio do setor competente a viabilidade de instalar um ecoponto, no alto café estrada para ouro verde, em frente à chácara Matusmoto.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/949/121-anelise-juci-alce-calcadas.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/949/121-anelise-juci-alce-calcadas.pdf</t>
   </si>
   <si>
     <t>Os vereadores solicitam manutenção das calçadas da cidade. Também solicitam que seja feita uma calçada na entrada do cemitério.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/950/122-2025-anelise-cacambas-queimadas.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/950/122-2025-anelise-cacambas-queimadas.pdf</t>
   </si>
   <si>
     <t>A vereadora solicita ampla divulgação nas redes sociais do município e também via carro de som, a respeito da periodicidade da coleta de folhas, bagens (que independem da caçamba, ou seja, pequenas quantidades). Também solicita à população que evitem queimar esse tipo de lixo.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>Solicitando o reforço na divulgação em redes sociais ou outra forma mais inclusiva de informação, seja por panfletagem, cartazes nos órgãos públicos, rádio, inclusive informando a periodicidade, dos atendimentos médicos especialistas que estão atuando em nosso município. Reforçando que há: ortopedista, reumatologista, oftalmologista, pediatra, cardiologista, psiquiatra, endocrinologista, ginecologista e obstetrícia.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/952/124-2025-anelise-estrada_rural.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/952/124-2025-anelise-estrada_rural.pdf</t>
   </si>
   <si>
     <t>Solicitando manutenção da estrada rural da água fria nas proximidades do município de Nova Olímpia e também na região da represa.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/954/125-2025-alcenir-bocas_de_lobo.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/954/125-2025-alcenir-bocas_de_lobo.pdf</t>
   </si>
   <si>
     <t>Que viabilize limpeza e instalação de grades de ferro em bocas de lobo do município.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/955/126-2025-alcenir-meio_fio_laticinio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/955/126-2025-alcenir-meio_fio_laticinio.pdf</t>
   </si>
   <si>
     <t>Que viabilize a instalação de um meio fio no acesso do Laticínio Tapira.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>Que se viabilize a execução de um novo tapa buracos no município.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/960/128-2025-6_edis-estacoes_hidratacao.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/960/128-2025-6_edis-estacoes_hidratacao.pdf</t>
   </si>
   <si>
     <t>Solicitam a aquisição e instalação de estações de hidratação móvel e ou fixo, em pontos públicos da cidade de Tapira-PR.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/961/129-2025-6_edis-secretaria_da_cultura.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/961/129-2025-6_edis-secretaria_da_cultura.pdf</t>
   </si>
   <si>
     <t>Apresentam a necessidade de solicitar à Secretaria de Cultura do Município de Tapira a realização de uma reunião de apresentação da secretaria, com um chamamento público a todos os cidadãos Tapirenses que tenham interesse em criar ou propagar algum tipo de cultura no município.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/962/130-2025-jucineide-massa_asfaltica.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/962/130-2025-jucineide-massa_asfaltica.pdf</t>
   </si>
   <si>
     <t>Solicita que seja colocado sobras de massa asfáltica no trecho da Avenida Porto Alegre até em frente o laticínio do Quinzin.</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/963/131-2025-jucineide-soprador.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/963/131-2025-jucineide-soprador.pdf</t>
   </si>
   <si>
     <t>Solicita que seja adquirido um soprador para a escola municipal de Santa Felicidade.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/964/132-2025-anelise-ouvidoria.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/964/132-2025-anelise-ouvidoria.pdf</t>
   </si>
   <si>
     <t>Solicitando a criação de Ouvidoria Municipal.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/965/133-2025-anelise-veiculo_pick-up.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/965/133-2025-anelise-veiculo_pick-up.pdf</t>
   </si>
   <si>
     <t>Solicitando aquisição de veículo pick-up para a vigilância sanitária, ou que ceda para este departamento o veículo Triton branca, o qual já é destinado para secretária de saúde, porém se encontra em posse do executivo.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/967/134-2025-jucineide-ar_da_van.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/967/134-2025-jucineide-ar_da_van.pdf</t>
   </si>
   <si>
     <t>solicitando que seja consertado o ar condicionado da van de 21 lugares.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/968/135-2025-edis-academia_vila_nova.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/968/135-2025-edis-academia_vila_nova.pdf</t>
   </si>
   <si>
     <t>Solicitam que a academia da Terceira Idade, localizada na Vila Nova, seja reinstalada nas proximidades das casas.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/969/136-2025-edis-perfilado_distritos.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/969/136-2025-edis-perfilado_distritos.pdf</t>
   </si>
   <si>
     <t>Indicamos que após a liberação pelo DER do perfilado de asfalto que se encontra sobre posse do município, o mesmo seja direcionado para o Distrito de Santa Felicidade, nas ruas não contempladas pelo asfalto e também para as estradas rurais do Distrito de Gleba Quatro.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/970/137-2025-edis-torneiras_inteligentes.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/970/137-2025-edis-torneiras_inteligentes.pdf</t>
   </si>
   <si>
     <t>Solicitam ao prefeito para que determine ao setor competente a implantação de torneiras inteligentes (automática, com sensor ou temporizador) em todas as escolas municipais, nos órgãos públicos e nos prédios públicos novos a serem construídos.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/971/138-2025-3_edis-muro_sao_jose.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/971/138-2025-3_edis-muro_sao_jose.pdf</t>
   </si>
   <si>
     <t>Solicitam reparo do muro e do portão localizados em frente ao laticínio, tendo em vista que o terreno da Prefeitura dá acesso direto ao Colégio São José. Ressaltamos que o muro e o portão se encontram quebrados desde 2023, o que compromete significativamente a segurança dos alunos._x000D_
 Reforçamos ainda a necessidade da instalação de um alambrado para delimitar a área pertencente ao município das dependências do Estado, visto que, na situação atual, qualquer pessoa consegue ter acesso à escola com facilidade.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/974/139-2025-edis-terreno_casas.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/974/139-2025-edis-terreno_casas.pdf</t>
   </si>
   <si>
     <t>Solicitam ao senhor Prefeito para que determine ao setor competente que sejam usados os terrenos da quadra 99 da planta oficial do município de Tapira, confrontando com a Avenida Porto Alegre, como contrapartida para a construção das 30 unidades de casas a serem construídas do Projeto Minha Casa Minha Vida. Verificando juridicamente a situação dos terrenos a serem doados, como matrícula, registro, uso permitido de eventuais ônus para garantir a segurança para o município e para os beneficiários.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/975/140-2025-edis-ecoponto.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/975/140-2025-edis-ecoponto.pdf</t>
   </si>
   <si>
     <t>Para que determine ao setor competente a viabilidade de instalar um ecoponto no trevo com saída para o Distrito de Gleba Quatro e com saída para o Distrito de Santa Felicidade.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/976/141-2025-edis-soprador.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/976/141-2025-edis-soprador.pdf</t>
   </si>
   <si>
     <t>Para que viabilize um soprador para a Secretaria Municipal de Esportes.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>Solicita para que o prefeito Ronald, viabilize a manutenção do bebedouro do ginásio de esportes.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/978/143-2025-alcenir_anelise_e_jucineide-capela_mortuaria.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/978/143-2025-alcenir_anelise_e_jucineide-capela_mortuaria.pdf</t>
   </si>
   <si>
     <t>solicitando algumas melhorias para a Capela Mortuária, localizada próximo ao cemitério:_x000D_
 - Dedetização do prédio;_x000D_
 - Instalação de um bebedouro industrial;_x000D_
 - Colocar um insulfilme nos vidros para proteger do sol;_x000D_
 - Que seja disponibilizado um funcionário de serviços gerais para realizar a limpeza do local.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>Solicitam ao prefeito Municipal para que providencie a manutenção e o pleno funcionamento do equipamento “Vassourão” (aparelho de varrer ruas), para que possa ser utilizado de forma eficiente na limpeza urbana.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>Solicitam ao Prefeito Municipal, providências quanto a realização de pintura e sinalização horizontal nos quebra-molas existentes no Município, principalmente nos recentementes feitos.</t>
@@ -1853,1406 +1853,1762 @@
   <si>
     <t>991</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>Solicitam ao senhor prefeito municipal para que providencie a realização de uma limpeza no Distrito de Santa Felicidade.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo para que disponibilize uma geladeira para o prédio da fisioterapia.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1000/150-2025-anelise-iluminacao_bairo_fenix.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1000/150-2025-anelise-iluminacao_bairo_fenix.pdf</t>
   </si>
   <si>
     <t>Solicitando manutenção da iluminação pública do bairro FÊNIX I (fundos do laticínio) e a padronização das luminárias, pois algumas são led e outras de incidência amarela.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1005/151-2025-jucineide.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1005/151-2025-jucineide.pdf</t>
   </si>
   <si>
     <t>Solicitando que o Senhor Prefeito Municipal determine ao setor competente a adoção de providências para reparos da iluminação pública na entrada da cidade (vindo do Distrito de Ouro Verde). Pois o referido local se encontra às escuras.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>Alcides e João César</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1006/152-2025-alcides_e_cesar.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1006/152-2025-alcides_e_cesar.pdf</t>
   </si>
   <si>
     <t>Solicitam ao prefeito para que seja instalado o letreiro “EU AMO DISTRITO DE OURO VERDE” na entrada do referido distrito.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1007/153-2025-alcides_e_cesar.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1007/153-2025-alcides_e_cesar.pdf</t>
   </si>
   <si>
     <t>Solicitam ao prefeito para que seja instalado o letreiro “EU AMO DISTRITO DE SANTA FELICIDADE”, na entrada do referido distrito.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1008/154-2025-alcides_e_cesar.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1008/154-2025-alcides_e_cesar.pdf</t>
   </si>
   <si>
     <t>Solicitam ao prefeito municipal para que seja instalado o letreiro “EU AMO DISTRITO DE GLEBA QUATRO”, na entrada do referido distrito.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1009/155-2025-alcenir.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1009/155-2025-alcenir.pdf</t>
   </si>
   <si>
     <t>Que o prefeito municipal,  viabilize a limpeza, desassoreamento e manutenção das caixas d´água das estradas rurais.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>Promova a regulamentação municipal da atividade de condutor/motorista de ambulância, com normas e procedimentos internos que atendam aos requisitos e atribuições previstos na Lei nº 15.250/2025 (em especial os arts. 1º, 2º e 3º) e garanta sua aplicabilidade no âmbito do Município.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>Solicitando que seja construído quebra-molas na Avenida Paraná, ao lado da mecânica do Edmundo, e que também seja feita uma readequação da iluminação.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1020/158-2025-alcenir-reparos_creche.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1020/158-2025-alcenir-reparos_creche.pdf</t>
   </si>
   <si>
     <t>Que viabilize a revitalização e execute reparos emergenciais, no Centro de Educação Infantil Claudio Ivantes, localizado na Rua Paranaguá, nº 690.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1023/159-2025-jucineide_e_anelise-horas_maquinas.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1023/159-2025-jucineide_e_anelise-horas_maquinas.pdf</t>
   </si>
   <si>
     <t>Solicitando ao prefeito municipal:_x000D_
 1.	Que adote medidas necessárias para garantir o cumprimento integral da Lei Municipal Nº812/2018, que trata sobre a prestação de serviços de horas-máquina pelo Município de Tapira-PR. _x000D_
 2.	Que viabilize um Termo de Responsabilidade para o secretário do setor responsável e servidor designado operar maquinários em geral, declarando: autorização do serviço prestado, conhecimento da situação do maquinário em uso, registro de ocorrências, comprometimento a manutenções preventivas e responsabilidade ampla por uso indevido ou infrações decorrentes de mal uso/operação.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1025/160-2025-jucineide-ar_e_vidro_da_van.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1025/160-2025-jucineide-ar_e_vidro_da_van.pdf</t>
   </si>
   <si>
     <t>Reiterando o pedido onde solicitei o conserto do ar condicionado da van de 21 lugares, que está apresentando problemas de funcionamento. Além disso, solicito ainda que seja feito o serviço de troca do vidro da van, pois o atual está danificado.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1026/161-2025-jucineide-asfalto_trechos_das_ruas.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1026/161-2025-jucineide-asfalto_trechos_das_ruas.pdf</t>
   </si>
   <si>
     <t>Solicita ao prefeito municipal para que seja realizado o asfaltamento dos trechos ainda não pavimentados, das seguintes ruas:_x000D_
 Campo Largo_x000D_
 Dr. Hermínio de Aguiar_x000D_
 Bocaiúva_x000D_
 Almirante Tamandaré_x000D_
 Ponta grossa_x000D_
 Guarapuava próxima da canavieira_x000D_
 Piraquara (em frente UBS) até avenida Rio grande do Sul_x000D_
 Londrina até Avenida Rio Grande do Sul</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1027/163-2025-jucineide-cumprimento_da_lei_-_condutor_de_ambulancia.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1027/163-2025-jucineide-cumprimento_da_lei_-_condutor_de_ambulancia.pdf</t>
   </si>
   <si>
     <t>Solicita ao prefeito municipal, para que determine a adoção de medidas administrativas, para garantir o integral cumprimento da Lei Federal nº 15.250, de 3 de novembro de 2025, que regulamenta a atividade de Condutor de Ambulância.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/888/mocao_de_apoio_as_apaes.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/888/mocao_de_apoio_as_apaes.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Tapira, Estado do Paraná, por iniciativa de todos os vereadores, manifestam, por meio desta moção, seu apoio irrestrito às Associações de Pais e Amigos dos Excepcionais – APAEs e seu repúdio à Ação Direta de Inconstitucionalidade nº 7796, atualmente em trâmite no Supremo Tribunal Federal (STF), que visa impedir o repasse de recursos públicos a essas instituições.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Lar São Francisco de Assis, pelos seus 50 anos de fundação, a serem completados em 10 de outubro de 2025, reconhecendo e enaltecendo a relevante contribuição social prestada à comunidade de Tapira e toda a região.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>VANDERLEI VIEIRA MENDES e DEVAIR DOS SANTOS</t>
-[...2 lines deleted...]
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1031/projeto_de_decreto_legislativo.pdf</t>
+    <t>Vanderlei Vieira Mendes e Devair dos Santos</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1031/projeto_de_decreto_legislativo.pdf</t>
   </si>
   <si>
     <t>Projeto de Decreto Suplementar Legislativo 002/2025 - Fica aberto no orçamento da Câmara do Município de Tapira - Estado do Paraná, um Crédito Adicional Suplementar na ordem de R$ 20.000,00 (vinte mil reais).</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Ronald Rogério Lopes Smarzaro</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/973/projeto_de_lei_1218_-_reestruturacao_rpps.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/973/projeto_de_lei_1218_-_reestruturacao_rpps.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do Regime Próprio de Previdência Social – R.P.P.S., dos servidores públicos municipais do Município de Tapira, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/777/projeto_de_lei_n.o_1.190_-_diarias.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/777/projeto_de_lei_n.o_1.190_-_diarias.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O PAGAMENTO DE DIÁRIAS NO ÂMBITO DO PODER EXECUTIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, que viabilize a manutenção do bebedouro do ginásio de esportes.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/779/projeto_de_lei_n.o_1.190_-_diarias_1.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/779/projeto_de_lei_n.o_1.190_-_diarias_1.docx</t>
   </si>
   <si>
     <t>Regulamenta o pagamento de diárias no âmbito do Poder Executivo e dá outras providências.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/778/projeto_de_lei_n.o_1.191_-_recomposicao_salarial.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/778/projeto_de_lei_n.o_1.191_-_recomposicao_salarial.pdf</t>
   </si>
   <si>
     <t>Concede a recomposição salarial e aumento real dos vencimentos dos servidores públicos do Poder Executivo e dá outras providências.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/780/projeto_de_lei_n.o_1.192_-_salario_minimo_municipal_e_recomposicao_inflacionaria.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/780/projeto_de_lei_n.o_1.192_-_salario_minimo_municipal_e_recomposicao_inflacionaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a recomposição inflacionária e aumento real do salário mínimo municipal e dá outras providências, alterando as disposições da lei municipal n.º 1.081/2024.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/792/projeto_de_lei_n.o_1.194__-_junta_medica_oficial_1.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/792/projeto_de_lei_n.o_1.194__-_junta_medica_oficial_1.pdf</t>
   </si>
   <si>
     <t>Institui junta médica oficial do Município de Tapira, regulamenta o atestado médico e/ou declaração para acompanhamento de familiar dos servidores públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/793/projeto_de_lei_n.o_1.195_-_leilao.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/793/projeto_de_lei_n.o_1.195_-_leilao.pdf</t>
   </si>
   <si>
     <t>Autoriza leilão de bens inservíveis do município e dá outras providências.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/835/projeto_de_lei_n.o_1.196_-_fundo_municipal_de_esporte_1.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/835/projeto_de_lei_n.o_1.196_-_fundo_municipal_de_esporte_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Fundo Municipal de Esporte, institui o Conselho Municipal de Esporte e dá outras providências.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/821/projeto_de_lei_n_1197_-_credito_suplementar_excesso.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/821/projeto_de_lei_n_1197_-_credito_suplementar_excesso.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 7.107.403,99 (sete milhões cento e sete mil quatrocentos e três reais e noventa e nove centavos)</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/822/projeto_de_lei__n_1198_-_credito_especial_superavit_financeiro.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/822/projeto_de_lei__n_1198_-_credito_especial_superavit_financeiro.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 902.684,28 (novecentos e dois mil seiscentos e oitenta e quatro reais e vinte e oito centavos)</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/823/projeto_de_lei__n_1199_-_credito_especial_anulacao.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/823/projeto_de_lei__n_1199_-_credito_especial_anulacao.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 46.960,68 (quarenta e seis mil novecentos e sessenta reais e sessenta e oito centavos)</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/844/projeto_de_lei_n.o_1.200__-_altera_a_lei_755-2017_1.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/844/projeto_de_lei_n.o_1.200__-_altera_a_lei_755-2017_1.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 755/2017 e seus anexos, insere novo organograma e dá outras providências.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/824/projeto_de_lei_n_1201-_credito_suplementar_excesso.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/824/projeto_de_lei_n_1201-_credito_suplementar_excesso.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 52.000,00 (cinqüenta e dois mil reais)</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/839/projeto_de_lei_n.o_1.202_-_altera_a_redacao_do_art._40_da_lei_no_1.029-2023_1.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/839/projeto_de_lei_n.o_1.202_-_altera_a_redacao_do_art._40_da_lei_no_1.029-2023_1.pdf</t>
   </si>
   <si>
     <t>Altera a Redação do Art. 40 da Lei N.º 1.029/2023.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/845/projeto_de_lei_n.o_1.203_-_permissao_de_uso_de_bem_publico._3.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/845/projeto_de_lei_n.o_1.203_-_permissao_de_uso_de_bem_publico._3.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei N° 1.203/2025 - Ementa: Dispõe sobre a permissão de uso de bem público de propriedade do Poder Executivo a título gratuito e dá outras providências.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/846/projeto_de_lei_n.o_1.204_-_comodato_osny.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/846/projeto_de_lei_n.o_1.204_-_comodato_osny.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para celebrar contrato de locação com OSNY  ANTÔNIO DE SOUZA AVILA e, dá outras providências.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/847/projeto_de_lei_n.o_1.205_-_comodato_alex.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/847/projeto_de_lei_n.o_1.205_-_comodato_alex.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para celebrar contrato de locação com ALEX KNIERIM DOS REIS e, dá outras providências.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_lei_n.o_1.207_-_terreno_camara.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_lei_n.o_1.207_-_terreno_camara.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cessão de direito real de uso de imóvel de propriedade do município de Tapira à câmara municipal de Tapira para a edificação da nova sede do Poder Legislativo, e dá outras providências.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/867/projeto_de_lei_n.o_1.210_-_politicas_publicas_sobre_drogas.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/867/projeto_de_lei_n.o_1.210_-_politicas_publicas_sobre_drogas.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Políticas Públicas sobre drogas e seu respectivo conselho e dá outras providências.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/868/projeto_de_lei_n.o_1.211_-_dispoe_sobre_a_conferencia_municipal_de_saude_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/868/projeto_de_lei_n.o_1.211_-_dispoe_sobre_a_conferencia_municipal_de_saude_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Conferência Municipal de Saúde e dá outras providências e dá outras providências.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/869/projeto_de_lei_n.o_1.212_-_coripa.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/869/projeto_de_lei_n.o_1.212_-_coripa.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Tapira a ingressar no consórcio intermunicipal para conservação do remanescente do rio Paraná e áreas de influência – CORIPA e dá outras providências.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/873/projeto_de_lei_1.213-2025_-_ldo.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/873/projeto_de_lei_1.213-2025_-_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária para o exercício de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/876/projeto_de_lei_n.o_1.214_-_permissao_de_uso_de_bem_publico..pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/876/projeto_de_lei_n.o_1.214_-_permissao_de_uso_de_bem_publico..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a permissão de uso de bem público de propriedade do Poder Executivo a título gratuito e dá outras providências.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/917/projeto_de_lei_n.o_1.215_-_amortizacao_do_defcit_tecnico_autarial_do_rpps.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/917/projeto_de_lei_n.o_1.215_-_amortizacao_do_defcit_tecnico_autarial_do_rpps.pdf</t>
   </si>
   <si>
     <t>Homologa a reavaliação atuarial para equacionamento do déficit técnico do Regime Próprio de Previdência Social – RPPS, dos servidores públicos do município de Tapira, Estado do Paraná, que apurou o custo suplementar para o exercício de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/918/projeto_de_lei_n.o_1.216_-_prorrogacao_do_prazo_de_vigencia_do_plano_municipal_de_educacao.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/918/projeto_de_lei_n.o_1.216_-_prorrogacao_do_prazo_de_vigencia_do_plano_municipal_de_educacao.pdf</t>
   </si>
   <si>
     <t>Prorroga, até 23 de junho de 2026, a vigência do Plano Municipal de Educação, aprovado por meio da Lei Nº 622/2015.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/922/projeto_de_lei_n.o_1.217_-_ratificacao_do_protocolo_de_intencoes_-_cisa_-_amerios.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/922/projeto_de_lei_n.o_1.217_-_ratificacao_do_protocolo_de_intencoes_-_cisa_-_amerios.pdf</t>
   </si>
   <si>
     <t>Ratifica as alterações realizadas no Protocolo de Intenções e Estatuto/Contrato do Consórcio Intermunicipal de Saúde – Cisa/Amerios 12ª Regional de Saúde, e dá outras providências.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/925/projeto_de_lei_n.o_1.219-credito_especial.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/925/projeto_de_lei_n.o_1.219-credito_especial.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 66.763,30 (sessenta e seis mil setecentos e sessenta e três reais e trinta centavos).</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/926/projeto_de_lei_n.o_1.220-credito_especial.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/926/projeto_de_lei_n.o_1.220-credito_especial.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 9.500,00 (nove mil quinhentos reais)</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/980/projeto_de_lei_no_1221__fia_-_excesso.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/980/projeto_de_lei_no_1221__fia_-_excesso.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 376.200,00 (trezentos e setenta e seis mil duzentos reais).</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/941/projeto_de_lei_no_1222__anulacao_deliberacao_047-2022_-_primeira_infancia_1.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/941/projeto_de_lei_no_1222__anulacao_deliberacao_047-2022_-_primeira_infancia_1.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 21.481,09 (vinte e um mil quatrocentos e oitenta e um reais e nove centavos).</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/942/projeto_de_lei_no_1223__excesso_deliberacao_047-2022_-_primeira_infancia.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/942/projeto_de_lei_no_1223__excesso_deliberacao_047-2022_-_primeira_infancia.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 5.818,91 (cinco mil oitocentos e dezoito reais e noventa e um centavos).</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/944/projeto_de_lei_no_1225_escola_tempo_integral_-_anulacao.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/944/projeto_de_lei_no_1225_escola_tempo_integral_-_anulacao.pdf</t>
   </si>
   <si>
     <t>Súmula: Autoriza crédito especial na importância de até 35.000,00 (trinta e cinco mil reais).</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/957/projeto_de_lei_n.o_1.227_-desmembramento_de_lote_1.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/957/projeto_de_lei_n.o_1.227_-desmembramento_de_lote_1.pdf</t>
   </si>
   <si>
     <t>Desmembramento de Lote.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/958/projeto_de_lei_n.o_1.228_-_leilao_de_bens_imoveis.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/958/projeto_de_lei_n.o_1.228_-_leilao_de_bens_imoveis.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover a alienação de bens móveis inservíveis (veículos e máquinas agrícolas), pertencentes ao patrimônio do Município de Tapira, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/981/projeto_de_lei_n.o_1.229_-_desmembramento_de_lote_2.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/981/projeto_de_lei_n.o_1.229_-_desmembramento_de_lote_2.pdf</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/982/projeto_de_lei_n.o_1.230_-_refis_2.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/982/projeto_de_lei_n.o_1.230_-_refis_2.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a instituir o programa de recuperação de créditos tributários do município – refis/2025, e dá outras providências.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/983/projeto_de_lei_n._o_1.231_-_2025_-_adesao_ao_cispar_1.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/983/projeto_de_lei_n._o_1.231_-_2025_-_adesao_ao_cispar_1.pdf</t>
   </si>
   <si>
     <t>Ratifica a redação do Contrato de Consórcio Público e do Estatuto Social do Consórcio Intermunicipal de Saneamento do Paraná – CISPAR e autoriza o ingresso do município no referido consórcio.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/985/projeto_de_lei_n.o_1.232_-_institui_o_programa_de_inseminacao_artificial_em_bovinos_leiteiroscorreto.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/985/projeto_de_lei_n.o_1.232_-_institui_o_programa_de_inseminacao_artificial_em_bovinos_leiteiroscorreto.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do município de Tapira o Programa de Inseminação Artificial em Bovinos Leiteiros e dá outras providências.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/986/projeto_de_lei_n.o_1.233_-_fundo_municipal_de_saneamento_basico_e_ambiental_1.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/986/projeto_de_lei_n.o_1.233_-_fundo_municipal_de_saneamento_basico_e_ambiental_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Fundo Municipal de Saneamento Básico e Ambiental (FMSBA) e Institui o Conselho Municipal de Saneamento Básico e Ambiental (CMSBA) no âmbito do município de Tapira.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/998/projeto_1234-2025_ppa_2026-2029.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/998/projeto_1234-2025_ppa_2026-2029.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Tapira, Estado do Paraná, para o Quadriênio 2026 a 2029 e dá outras providências.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/999/projeto_de_lei_1235-2025__loa_p_2026.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/999/projeto_de_lei_1235-2025__loa_p_2026.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Tapira, Estado do Paraná, para o exercício financeiro de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1004/projeto_de_lei_1236-2025-desmembramento-completo.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1004/projeto_de_lei_1236-2025-desmembramento-completo.pdf</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1017/projeto_de_lei_n.o_1.237_-_ratificacao_consorcio_parana_intergestores.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1017/projeto_de_lei_n.o_1.237_-_ratificacao_consorcio_parana_intergestores.pdf</t>
   </si>
   <si>
     <t>Ratifica o protocolo de intenções firmado entre o Estado do Paraná e os municípios do Estado do Paraná subscritores, com a finalidade de formalizar a constituição e adequação do Consórcio Intergestores Paraná Saúde - CIPS aos termos do regime previsto na Lei Federal N°11.107/2005 e sua regulamentação, voltado ao desenvolvimento de ações na área da assistência farmacêutica no âmbito do Sistema Único de Saúde (SUS).</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1019/projeto_de_lei_n_1.238_-_aeit.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1019/projeto_de_lei_n_1.238_-_aeit.pdf</t>
   </si>
   <si>
     <t>Cria a Área Especial de Interesse Turístico do Rio Ivaí e dá outras providências na forma do artigo 180 e artigo 225 parágrafo 1° inciso III da Constituição Federal do Brasil, tendo em vista o artigo 5º inciso VI e artigo 13ª § 10º da Lei Federal nº 11.771 de 17 de setembro de 2008; o artigo 4º inciso XII e artigo 5º inciso V da Lei Federal n° 9.985 de 18 de julho de 2000 e dispostos no Decreto Federal n° 4.340, de 22 de agosto de 2002.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/763/projeto_de_resolucao_001-2025-ver._micheli.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/763/projeto_de_resolucao_001-2025-ver._micheli.pdf</t>
   </si>
   <si>
     <t>Institui a Procuradoria da Mulher no âmbito da Câmara Municipal de Tapira e dá outras providencias.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/781/projeto_de_resolucao_002-2025-carro.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/781/projeto_de_resolucao_002-2025-carro.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a utilização de veículos oficiais pelos órgãos da Câmara Municipal de Tapira.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/848/requerimento_001-anelise.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/848/requerimento_001-anelise.pdf</t>
   </si>
   <si>
     <t>Requer as seguintes  informações a respeito da captação de imagens e divulgações que estão ocorrendo por servidor do Município: - Há interesse do Executivo na criação das redes sociais da Prefeitura Municipal? Com uma página própria, com objetivo de divulgação de informações à população, assim como de prestação de esclarecimentos? -Quantidade de horas disponíveis para captação de dados para o município, por meio do servidor já designado? -Esse mesmo servidor alimentará a página do Município, ou seja, será responsável por administrar os conteúdos postados? -Qual material a Prefeitura municipal está disponibilizando para esse servidor? -O material poderá ser utilizado fora das horas destinadas a captação de imagens e/ou áudios para o Município? -O que é feito com essa captação atualmente? Para onde é enviado e onde é (caso seja) postado? -Como é feito o tratamento dessa captação e a preparação das artes, é o próprio servidor o responsável? CONTINUA...</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>Requer à Mesa Diretora, após deliberação do Plenário, que seja oficiado o Excelentíssimo Senhor Prefeito Municipal, para que este, no prazo legal, encaminhe informações o cumprimento do art. 40 da lei nº 1057/2023 que "Dispõe sobre o Código de Postura”.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>Solicitando cumprimento da lei municipal 251/2010, que trata da obrigatoriedade da separação e destinação final dos resíduos sólidos domiciliares no município de Tapira-PR.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1003/requerimento_05-2025.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1003/requerimento_05-2025.pdf</t>
   </si>
   <si>
     <t>Os vereadores abaixo assinados, membros da Comissão de Justiça e Redação, nos termos dos artigos 59 e 148, II do Regimento Interno desta Câmara, vêm respeitosamente, requerer a realização de Audiência Pública, para discutir o Projeto de Lei nº 1.218/2025, de autoria do Poder Executivo, que "Dispõe sobre a reestruturação do Regime Próprio de Previdência Social – R.P.P.S., dos servidores públicos municipais do Município de Tapira, Estado do Paraná, e dá outras providências".</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1014/requerimento_006-2025-motoristas.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1014/requerimento_006-2025-motoristas.pdf</t>
   </si>
   <si>
     <t>Atualização - com base na lei federal 15.250/2025 – das atribuições, direitos e deveres dos motoristas, que atuam na área da saúde na condução de ambulâncias; Cumprimento de todos os requisitos previstos na referida lei; inclusive treinamentos e testes de conhecimento técnico da função exercida, respeito severo ao tempo de descanso e nomenclatura correta do cargo; Informação facilitada a respeito da lei 15.250/2025 aos profissionais competentes desta área.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1015/requerimento_007-2025-fiat_strada.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1015/requerimento_007-2025-fiat_strada.pdf</t>
   </si>
   <si>
     <t>1.	Destinação do veículo FIAT STRADA cabine dupla, com placas UAV-7A62 para o departamento de vigilância sanitária; _x000D_
 2.	Ou, destinar o veículo MITSUBISCHI TRITON cabine dupla, com placas BDP-6E81, para o mesmo departamento. _x000D_
 3.	Ou ainda, que se há algum plano ou previsão de recebimento de veículo apropriado e fixo para atender este setor, que seja informado:_x000D_
 - Marca e modelo do veículo;_x000D_
 - Previsão de recebimento;_x000D_
 - Fonte do recurso;_x000D_
 Ambos veículos citados são destinados ao uso da secretária de saúde, porém o primeiro encontra-se no pátio sem uso declarado, e o segundo encontra-se em posse do executivo.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>Que adote as medidas necessárias para garantir o cumprimento integral da Lei Municipal N°812/2018, que trata sobre a prestação de serviços de horas-máquina subsidiadas pelo Município de Tapira-Pr, principalmente ao que diz respeito as máquinas, ao tempo de trabalho e uso em cada localidade e para cada beneficiário que pagou pelo serviço.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1022/requerimento_009-2025.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1022/requerimento_009-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao prefeito municipal para que encaminhe as seguintes informações:_x000D_
 - Que em análise a sua resposta por intermédio do Ofício N°090/2025 referente minha Indicação N°039/2025, para uma melhor compreensão, solicito que envie a esta Casa de Leis para análise, o laudo técnico que indiquem o grau de insalubridade ou periculosidade, dos servidores públicos municipais de serviços gerais, que trabalham na cozinha e limpeza.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>Con</t>
   </si>
   <si>
     <t>Convite</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/877/convite-maio_laranja.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/877/convite-maio_laranja.pdf</t>
   </si>
   <si>
     <t>Convite para a caminhada em alusão à campanha "Maio Laranja".</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>Sessão Solene De Posse do Parlamento Jovem._x000D_
 Dia:16.06.2025_x000D_
 Às 18:00 horas_x000D_
 A realizar-se no Plenário da Câmara Municipal de Tapira-Pr</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/919/convite-assistencia.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/919/convite-assistencia.docx</t>
   </si>
   <si>
     <t>XIII Conferência Municipal de Assistência Social - Tema: 20 anos do SUAS: construção, proteção social e resistência. Dia 01 de julho às 8 hs - Local: ASSEMUTA.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1018/convite-consulta_publica.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1018/convite-consulta_publica.pdf</t>
   </si>
   <si>
     <t>Convite Consulta Pública - Criação de Área Especial de Interesse Turístico AEIT do Rio Ivaí.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/783/projeto_legislativo_001-diarias.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/783/projeto_legislativo_001-diarias.pdf</t>
   </si>
   <si>
     <t>Estabelece normas para o pagamento de diárias no âmbito do Poder Legislativo do Município de Tapira e dá outras providências.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/782/projeto_de_legislativo_002-2025-recomposicao.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/782/projeto_de_legislativo_002-2025-recomposicao.pdf</t>
   </si>
   <si>
     <t>Concede recomposição salarial dos vencimentos dos Servidores Públicos do Poder Legislativo, e dá outras providências.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/849/projeto_de_lei_legislativo_003-2025-cidadao_honorario.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/849/projeto_de_lei_legislativo_003-2025-cidadao_honorario.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário do Município de Tapira ao Sr. Daniel Bernardino da Silva.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/900/projeto_de_lei_legislativo_004-2025.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/900/projeto_de_lei_legislativo_004-2025.pdf</t>
   </si>
   <si>
     <t>Declara a Festa de São João como Patrimônio Cultural Imaterial do Município de Tapira-Pr e estabelece normas para sua realização.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/997/projeto_legislativo_06-2025.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/997/projeto_legislativo_06-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de constar o nome do Vereador autor dos Projetos de Lei da Câmara Municipal de Tapira/PR, nas leis sancionadas ou promulgadas, e dá outras providências.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>Micheli, Micheli, Vanderlei, Devair, Jucelino, Alcides, João César</t>
   </si>
   <si>
     <t>“Institui a obrigatoriedade de instalação do Sistema de Posicionamento Global (GPS) nos veículos da frota da Administração Pública Municipal de Tapira/PR, visando à fiscalização, transparência e eficiência na gestão de recursos, e dá outras providências.”</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1002/projeto_legislativo_008-2025.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1002/projeto_legislativo_008-2025.pdf</t>
   </si>
   <si>
     <t>Torna obrigatória a execução do Hino Municipal de Tapira-PR nas escolas da rede pública municipal de ensino, e dá outras providências.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1010/projeto_legislativo_009-2025.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1010/projeto_legislativo_009-2025.pdf</t>
   </si>
   <si>
     <t>Proíbe a interrupção da prestação dos serviços de fornecimento de água e energia elétrica por inadimplemento nos períodos que antecedem ou compreendem finais de semana, feriados e pontos facultativos no Município de Tapira, e dá outras providências.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1011/projeto_legislativo_010-2025.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1011/projeto_legislativo_010-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o monitoramento por câmeras de segurança nas escolas, pré-escolas e creches do Município de Tapira, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/916/oficio_03-2025-juceide-vista.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/916/oficio_03-2025-juceide-vista.pdf</t>
   </si>
   <si>
     <t>Devolvendo o Projeto de Lei N°1.200/2025 - Súmula: Altera a Lei 755/2017 e seus anexos, insere novo organograma e dá outras providências, o qual havia solicitado Vista em sessão ordinária do dia 09-06-2025.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>Tiago Cabrera de Oliveira</t>
   </si>
   <si>
     <t>Ofício N°07/2025 recebido do Secretário Municipal de Agricultura, Pecuária e Meio Ambiente, em resposta ao Ofício 033/2025 desta Casa de Leis no qual solicita a relação das Associações estabelecidas neste município de Tapira.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/966/of.083-2025-edis-ronald.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/966/of.083-2025-edis-ronald.pdf</t>
   </si>
   <si>
     <t>Solicitam ao senhor Prefeito Municipal que seja viabilizado junto ao governo federal, por intermédio da Itaipú Binacional, a pavimentação da Estrada Canavieira, no município de Tapira, Estado do Paraná. Solicitamos a liberação da ordem de R$ 7.000.000,00 (sete milhões de reais) para a pavimentação de aproximadamente 6,5 km da mencionada estrada.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/853/oficio_088-2025_-_prefeitura_-_relatorios.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/853/oficio_088-2025_-_prefeitura_-_relatorios.pdf</t>
   </si>
   <si>
     <t>Ofício N°088/2025 recebido da prefeitura municipal referente o encaminhamento de documentos Contábeis do exercício de 2024.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/857/oficio089_2025.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/857/oficio089_2025.pdf</t>
   </si>
   <si>
     <t>Ofício N°089/2025 recebido da prefeitura em resposta aos ofícios desta câmara: n°004; 012/2025; 018/2025; 021/2025; 026/2025; 034/2025; 038/2025.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/858/oficio090_2025.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/858/oficio090_2025.pdf</t>
   </si>
   <si>
     <t>Ofício 090/2025 recebido do Poder Executivo em resposta aos ofícios desta câmara: 005/2025; 006/2025; 007/2025; 009/2025; 010/2025; 011/2025; 017/2025; 019/2025; 020/2025; 022/2025; 024/2025; 025/2025; 027/2025; 028/2025; 029/2025; 030/2025; 031/2025.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/864/oficio_101-2025-correto.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/864/oficio_101-2025-correto.pdf</t>
   </si>
   <si>
     <t>Ofício 101/2025 recebido so prefeito municipal em resposta aos Ofícios 035/2025; 036/2025; 037/2025; 039/2025; 0402025; 043/2025; 044/2025; 045/2025; 047/2025; 048/2025; 06/2025.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1029/of.103-2025-hino_municipal.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1029/of.103-2025-hino_municipal.pdf</t>
   </si>
   <si>
     <t>Comunicando a Secretaria Municipal de Educação que foi sancionada a Lei Municipal nº 1.163/2025, a qual torna obrigatória a execução do Hino Municipal de Tapira nas escolas da Rede Pública de Ensino.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/875/oficio_115_-_2025_-_retirar_o_projeto_1203.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/875/oficio_115_-_2025_-_retirar_o_projeto_1203.pdf</t>
   </si>
   <si>
     <t>Requer a retirada do Projeto de Lei n.º 1.203/2025, cujo objeto dispõe sobre autorização para cessão em comodato e dá outras providências, o qual encontra-se em trâmite nesta Casa de Leis.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/889/oficio_130_2020_1.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/889/oficio_130_2020_1.pdf</t>
   </si>
   <si>
     <t>Resposta referente a alguns pedidos dos vereadores desta câmara.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>LOHAIDE CRISTINE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/843/oficio_145-25-tce.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/843/oficio_145-25-tce.pdf</t>
   </si>
   <si>
     <t>Ofício recebido do TCE-PR  informando a emissão do Parecer Prévio n° 189952/24, proferido pelo TCE-PR do Poder Executivo do Município de Tapira, exercício financeiro de 2023.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1021/oficios_293-2025-respostas_as_indicacoes.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1021/oficios_293-2025-respostas_as_indicacoes.pdf</t>
   </si>
   <si>
     <t>Resposta as Indicações N°098/2025, 133/2025 e 069/2025.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/881/emenda_ao_projeto_1.212-2025.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/881/emenda_ao_projeto_1.212-2025.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva:_x000D_
 Acrescenta o Artigo 4° ao Projeto de Lei N°1.212/2025</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>Acrescenta dispositivo ao Projeto de Lei nº 1.215/2025, que homologa a reavaliação atuarial e o plano de amortização do déficit técnico atuarial do RPPS do Município de Tapira – PR, para dispor sobre a natureza jurídica da obrigação e estabelecer critérios claros de responsabilização, reconhecendo a boa-fé dos agentes públicos, dirigentes, conselheiros e profissionais técnicos que atuaram na gestão do RPPS.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>EAP-P</t>
   </si>
   <si>
     <t>Edital de Audiência Pública da Prefeitura</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/886/audiencia_publica_-_1o_trimestre_2025.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/886/audiencia_publica_-_1o_trimestre_2025.pdf</t>
   </si>
   <si>
     <t>Edital de Audiência Pública da Prefeitura no dia 29 de maio de 2025 a partir das 09h00 a ser realizada na Comissão de Economia, Finanças e Fiscalização da Câmara Municipal de Tapira</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>EAP-C</t>
   </si>
   <si>
     <t>Edital de Audiência Pública da Câmara</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/883/edital_02__de_audiencia_publica_da_camara.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/883/edital_02__de_audiencia_publica_da_camara.pdf</t>
   </si>
   <si>
     <t>Convoca, para efeitos de transparência na gestão fiscal, Audiência Pública da Câmara Municipal de Tapira, para demonstrar e avaliar o cumprimento das metas fiscais do 1º Quadrimestre de 2025, a ser realizada no dia vinte e nove de maio de dois mil e vinte e cinco, a partir das nove horas, nesta Câmara Municipal de Tapira.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/972/edital_de_audiencia.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/972/edital_de_audiencia.pdf</t>
   </si>
   <si>
     <t>Convoca, para efeitos de transparência na gestão fiscal, Audiência Pública da Câmara de Tapira, para demonstrar e avaliar o cumprimento das metas fiscais do 2º Quadrimestre de 2025, conforme previsto no Parágrafo 4º, do artigo 9º, da Lei Complementar Nº. 101 de 04 de maio de 2000 – Lei de Responsabilidade Fiscal, a ser realizada no dia vinte e nove de setembro de dois mil e vinte e cinco, a partir das nove horas, nesta Câmara Municipal de Tapira, situada à Rua Paranaguá, n°528.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>ORP</t>
   </si>
   <si>
     <t>Ofício recebido de parlamentar</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/932/oficio_03-2025-prefeito-de_anelise_e_neide.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/932/oficio_03-2025-prefeito-de_anelise_e_neide.pdf</t>
   </si>
   <si>
     <t>Solicitamos ao prefeito municipal, providências relacionadas a ESTEIRA TRANSPORTADORA da ASSEMART. No ano de 2023 a associação foi contemplada com equipamentos de melhoramento no trabalho de reciclagem. Recentemente o órgão concessor notificou a associação, exigindo adequação e funcionamento (que até o momento está inativa) da esteira no prazo de 6 (seis) meses, com penalidade de recolhimento do equipamento. No processo de adequação e verificou-se que a esteira transportadora não possui motor elétrico. Sendo assim, pedimos que estude a viabilidade financeira da compra do motor adequado e instalação, com urgência. Salientamos ainda a importância do trabalho da ASSEMART para todo o município, inclusive nos quesitos ambiental e saúde. Também recordamos que, por se tratar de associação não onera orçamento municipal, e em contra partida desempenha trabalho de responsabilidade pública.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/855/oficio_06-2025-devair-prefeito.docx</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/855/oficio_06-2025-devair-prefeito.docx</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal para que coloque um rastreador em toda a frota do nosso município.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1024/of._011-2025-campo_sintetico.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1024/of._011-2025-campo_sintetico.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor prefeito municipal, informações a respeito da reforma do campinho sintético, que é citada em placa anexa ao local, situado nas proximidades do Colégio Estadual São José, Tapira-PR: _x000D_
 - Quais melhorias foram realizadas nesta reforma?_x000D_
 - Qual valor foi investido? _x000D_
 - Qual a fonte do recurso financeiro?_x000D_
 -Houve processo licitatório?</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>Requerer a Secretaria de Agricultura do Município de Tapira a relação de associações estabelecidas neste município bem como a relação de comissão de cada uma das associações.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>Requerer ao Prefeito Municipal informações sobre quais conselhos estão estabelecidos no município e qual a relação de integrantes de cada Conselho.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>Decreto Suplementar Legislativo 002/2025 - Fica aberto no orçamento da Câmara do Município de Tapira - Estado do Paraná, um Crédito Adicional Suplementar na ordem de R$ 20.000,00 (vinte mil reais).</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>Res</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/825/resolucao_001-2025-comissoes.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/825/resolucao_001-2025-comissoes.pdf</t>
   </si>
   <si>
     <t>Nomeação dos membros das Comissões Permanentes para o Biênio 2025-2026</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>Relatório</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/863/relatorio_ultimos_100_dias.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/863/relatorio_ultimos_100_dias.pdf</t>
   </si>
   <si>
     <t>Relatório dos trabalhos realizados nesta Casa de Leis nos primeiros 100 dias desta Legislatura, ressaltando o empenho de todos nós vereadores e vereadoras que têm contribuído para o melhor de nosso município.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/894/emenda_modificativa_01-ao_projeto_1214-2025.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/894/emenda_modificativa_01-ao_projeto_1214-2025.pdf</t>
   </si>
   <si>
     <t>Fica modificado o Artigo 4º, ao Projeto de Lei 1.214/2025 – 04 (quatro) anos – com a seguinte redação:_x000D_
 - Art. 4º O prazo do contrato de permissão de uso de bem imóvel público é de 02 (dois) anos, contados da assinatura do instrumento contratual, prorrogável por igual período mediante termo aditivo.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>DECRETO SUPLEMENTAR LEGISLATIVO</t>
   </si>
   <si>
     <t>Crédito Adicional Suplementar na ordem de 240.000,00 (duzentos e quarenta mil reais).</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>RM</t>
   </si>
   <si>
     <t>REQUERIMENTO DA MESA DIRETORA</t>
   </si>
   <si>
     <t>Criação de Comissão Especial para Estudo e Proposição de Reforma do Regimento Interno e da Lei Orgânica do Município.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Moção de Apelo</t>
   </si>
   <si>
     <t>Moção de Apelo às autoridades e órgãos nacionais responsáveis pela regulamentação e fiscalização da política de preços do leite no Brasil, bem como aos deputados federais e estaduais representantes políticos que defendem a bandeira do leite.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>ELO</t>
   </si>
   <si>
     <t>Emenda da Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1032/emenda_a_lei_organica-reg.proprio.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1032/emenda_a_lei_organica-reg.proprio.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Orgânica do Município de Tapira, para adequação das regras de concessão de benefícios previdenciários do regime próprio do Município de Tapira, de acordo com a Emenda Constitucional nº 103/2019.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
-    <t>LEI</t>
-[...2 lines deleted...]
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1033/lei_1124-2025_-_diarias.pdf</t>
+    <t>LEIS</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1033/lei_1124-2025_-_diarias.pdf</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1034/lei_1125-2025_-_recomposicao_salarial.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1034/lei_1125-2025_-_recomposicao_salarial.pdf</t>
   </si>
   <si>
     <t>CONCEDE A RECOMPOSIÇÃO SALARIAL E AUMENTO REAL DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS DO PODER EXECUTIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1035/lei_1126-2025_-_salario_minimo.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1035/lei_1126-2025_-_salario_minimo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RECOMPOSIÇÃO INFLACIONÁRIA E AUMENTO REAL DO SALÁRIO MÍNIMO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS, ALTERANDO AS DISPOSIÇÕES DA LEI MUNICIPAL N.º 1.081/2024.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1036/lei_1127-2025_-_diarias_legislativo.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1036/lei_1127-2025_-_diarias_legislativo.pdf</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1037/lei_1128-2025_-_recomposicao_legislativo.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1037/lei_1128-2025_-_recomposicao_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>1079</t>
+  </si>
+  <si>
+    <t>1133</t>
+  </si>
+  <si>
+    <t>prefeito</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1079/lei_1133-2025_-_leilao_de_bens.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA LEILÃO DE BENS INSERVÍVEIS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1080</t>
+  </si>
+  <si>
+    <t>1134</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DO FUNDO MUNICIPAL DE ESPORTE, INSTITUI O CONSELHO MUNICIPAL DE ESPORTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1081</t>
+  </si>
+  <si>
+    <t>1135</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1081/lei_1135-2025_-_cidadao_honorario_-_daniel.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE TAPIRA AO SR. DANIEL BERNARDINO DA SILVA.</t>
+  </si>
+  <si>
+    <t>1082</t>
+  </si>
+  <si>
+    <t>1136</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1082/lei_1136-2025_-_junta_medica.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI JUNTA MÉDICA OFICIAL DO MUNICÍPIO DE TAPIRA, REGULAMENTA O ATESTADO MÉDICO E/OU DECLARAÇÃO PARA ACOMPANHAMENTO DE FAMILIAR DOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1083</t>
+  </si>
+  <si>
+    <t>1137</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1083/lei_1137-2025_-_altera_leia_1.029-2023.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO DO ART. 40 DA LEI N°1.029/2023.</t>
+  </si>
+  <si>
+    <t>1084</t>
+  </si>
+  <si>
+    <t>1138</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1084/lei_1138-2025_-_cessao_de_direito_real_imovel_-_camara.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CESSÃO DE DIREITO REAL DE USO DE IMÓVEL DE PROPRIEDADE DO MUNICÍPIO DE TAPIRA À CÂMARA MUNICIPAL DE TAPIRA PARA A EDIFICAÇÃO DA NOVA SEDE DO PODER LEGISLATIVO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1085</t>
+  </si>
+  <si>
+    <t>1139</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1085/lei_1139-2025_-_fundo_politicas_publicas.pdf</t>
+  </si>
+  <si>
+    <t>CRIA O FUNDO MUNICIPAL DE POLÍTICAS PÚBLICAS SOBRE DROGAS E SEU RESPECTIVO CONSELHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1086</t>
+  </si>
+  <si>
+    <t>1140</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1086/lei_1140-2025_-_conferencia_saude.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CONFERÊNCIA MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1087</t>
+  </si>
+  <si>
+    <t>1141</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1087/lei_1141-2025_-_coripa.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O MUNICÍPIO DE TAPIRA A INGRESSAR NO CONSÓRCIO INTERMUNICIPAL PARA CONSERVAÇÃO DO REMANESCENTE DO RIO PARANÁ E ÁREAS DE INFLUÊNCIA – CORIPA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1088</t>
+  </si>
+  <si>
+    <t>1142</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1088/lei_1142-2025_-_comodato_-_fama.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A PERMISSÃO DE USO DE BEM PÚBLICO DE PROPRIEDADE DO PODER EXECUTIVO A TÍTULO GRATUITO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1089</t>
+  </si>
+  <si>
+    <t>1143</t>
+  </si>
+  <si>
+    <t>LDO</t>
+  </si>
+  <si>
+    <t>1090</t>
+  </si>
+  <si>
+    <t>1144</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1090/lei_1144-2025_-_sao_joao.pdf</t>
+  </si>
+  <si>
+    <t>DECLARA A FESTA DE SÃO JOÃO COMO PATRIMÓNIO CULTURAL IMATERIAL DO MUNICÍPIO DE TAPIRA-PR E ESTABELECE NORMAS PARA SUA REALIZAÇÃO.</t>
+  </si>
+  <si>
+    <t>1091</t>
+  </si>
+  <si>
+    <t>1145</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1091/lei_1145-2025_-_calculo_atuarial_2.pdf</t>
+  </si>
+  <si>
+    <t>HOMOLOGA A REAVALIAÇÃO ATUARIAL PARA EQUACIONAMENTO DO DÉFICIT TÉCNICO DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL – RPPS, DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE TAPIRA, ESTADO DO PARANÁ, QUE APUROU O CUSTO SUPLEMENTAR PARA O EXERCÍCIO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1092</t>
+  </si>
+  <si>
+    <t>1146</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1092/lei_1146-2025_-_plano_municipal_de_educacao.pdf</t>
+  </si>
+  <si>
+    <t>PRORROGA, ATÉ 23 DE JUNHO DE 2026, A VIGÊNCIA DO PLANO MUNICIPAL DE EDUCAÇÃO, APROVADO POR MEIO DA LEI Nº 622/2015.</t>
+  </si>
+  <si>
+    <t>1093</t>
+  </si>
+  <si>
+    <t>1147</t>
+  </si>
+  <si>
+    <t>ALTERA A LEI 755/2017 E SEUS ANEXOS, INSERE NOVO ORGANOGRAMA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1094</t>
+  </si>
+  <si>
+    <t>1151</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1094/lei_1151_de_16-09-2025_ref._projeto_1222-2025_especial_anulacao.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza Especial na importancia de até R$_x000D_
+21.481,09(vinte e um mil quatrocentos e oitenta e um reais e_x000D_
+nove centavos).</t>
+  </si>
+  <si>
+    <t>1095</t>
+  </si>
+  <si>
+    <t>1152</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1095/lei_1152_de_16-09-2025_ref._projeto_1223-2025_especial_excesso.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza Especial na importancia de até R$_x000D_
+5.818,91(cinco mil oitocentos e dezoito reais e noventa e um_x000D_
+centavos).</t>
+  </si>
+  <si>
+    <t>1096</t>
+  </si>
+  <si>
+    <t>1153</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1096/lei_1153_de_16-09-2025_ref._projeto_1225-2025_especial_anulacao.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza Especial na importancia de até R$_x000D_
+35.000,00(trinta e cinco mil reais).</t>
+  </si>
+  <si>
+    <t>1097</t>
+  </si>
+  <si>
+    <t>1154</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1097/lei_1154-2025_-_desmembramento.pdf</t>
+  </si>
+  <si>
+    <t>DESMEMBRAMENTO DE LOTE</t>
+  </si>
+  <si>
+    <t>1098</t>
+  </si>
+  <si>
+    <t>1155</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1098/lei_1155-2025_-_leilao.pdf</t>
+  </si>
+  <si>
+    <t>LEILÃO</t>
+  </si>
+  <si>
+    <t>1099</t>
+  </si>
+  <si>
+    <t>1157</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1099/lei_1157-2025_-_refis_1.pdf</t>
+  </si>
+  <si>
+    <t>1100</t>
+  </si>
+  <si>
+    <t>1158</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1100/lei_1158-2025_-_inseminacao_artificial.pdf</t>
+  </si>
+  <si>
+    <t>1101</t>
+  </si>
+  <si>
+    <t>1159</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1101/lei_1159-2025_-_fundo_saneamento_basico.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Fundo Municipal de Saneamento Básico e Ambiental (FMSBA) e institui o Conselho Municipal de Saneamento Básico e Ambiental (CMSBA) no âmbito do município de Tapira.</t>
+  </si>
+  <si>
+    <t>1102</t>
+  </si>
+  <si>
+    <t>1160</t>
+  </si>
+  <si>
+    <t>1103</t>
+  </si>
+  <si>
+    <t>1161</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1103/lei_1161-2025_-_cispar_1.pdf</t>
+  </si>
+  <si>
+    <t>1104</t>
+  </si>
+  <si>
+    <t>1162</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1104/lei_1162-2025_-_instacao_-_gps.pdf</t>
+  </si>
+  <si>
+    <t>Institui a obrigatoriedade de instalação do Sistema de Posicionamento Global (GPS) nos veículos da frota da Administração Pública Municipal de Tapira/PR, visando à fiscalização, transparência e eficiência na gestão de recursos, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1105</t>
+  </si>
+  <si>
+    <t>1163</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1105/lei_1163-2025_-_hino_municipal_escolas.pdf</t>
+  </si>
+  <si>
+    <t>1106</t>
+  </si>
+  <si>
+    <t>1164</t>
+  </si>
+  <si>
+    <t>1107</t>
+  </si>
+  <si>
+    <t>1165</t>
+  </si>
+  <si>
+    <t>1108</t>
+  </si>
+  <si>
+    <t>1166</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1108/lei_1166-2025_-_desmembramento_de_lote.pdf</t>
+  </si>
+  <si>
+    <t>1109</t>
+  </si>
+  <si>
+    <t>1167</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1109/lei_1167-2025_-_cips_-_ratifica.pdf</t>
+  </si>
+  <si>
+    <t>RATIFICA O PROTOCOLO DE INTENÇÕES FIRMADO ENTRE O ESTADO DO PARANÁ E OS MUNICÍPIOS DO ESTADO DO PARANÁ SUBSCRITORES, COM A FINALIDADE DE FORMALIZAR A CONSTITUIÇÃO E ADEQUAÇÃO DO CONSÓRCIO INTERGESTORES PARANÁ SAÚDE - CIPS AOS TERMOS DO REGIME PREVISTO NA LEI FEDERAL Nº. 11.107/2005 E SUA REGULAMENTAÇÃO, VOLTADO AO DESENVOLVIMENTO DE AÇÕES NA ÁREA DA ASSISTÊNCIA FARMACÊUTICA NO ÂMBITO DO SISTEMA ÚNICO DE SAÚDE (SUS).</t>
+  </si>
+  <si>
+    <t>1110</t>
+  </si>
+  <si>
+    <t>1168</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1110/lei_1168-2025_-_cria_a_area_especial_de_turismo_-_aeit.pdf</t>
+  </si>
+  <si>
+    <t>1111</t>
+  </si>
+  <si>
+    <t>1169</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1111/lei_1169-2025_-_reestruturacao_-_rpps.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -3556,67 +3912,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/764/001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/765/002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/766/003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/767/004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/768/005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/769/006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/772/indicacao_007-2025-alcenir.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/773/indicacao_008-2025-alcenir.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/771/indicacao_009-2025-jucelino.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/774/indicacao_010-2025-jucelino.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/775/indicacao_011-2025-devair.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/776/indicacao_012-2025-micheli.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/784/013-2025-jucelino_e_devair.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/785/014-2025-jucelino.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/786/015-2025-devair_e_jucelino.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/787/016-2025-devair.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/788/017-2025-anelise.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/789/018-2025-anelise.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/791/019-micheli_e_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/794/020-2025-jucelino.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/795/021-alcides.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/796/022-alcides.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/797/023-alcides.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/798/024-alcides.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/799/025-alcides.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/800/026-alcides.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/801/027-2025-alcides_e_devair.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/802/028-alcenir.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/803/029-alcenir.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/804/030-alcenir.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/805/031-2025-jucineide.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/806/032-2025-jucineide.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/807/033-2025-jucineide.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/808/034-2025-joao_cesar.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/810/036-edis.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/811/037-jucelino.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/812/38-jucelino.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/813/039-jucineide.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/814/040-jucineide.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/815/041-jucineide.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/816/042-joao_cesar.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/817/043-micheli.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/818/044-micheli_e_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/819/045-micheli.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/820/046-devair.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/829/050-alcides.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/830/051-devair.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/831/52-alcenir.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/832/53-alcenir.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/833/54-alcenir.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/834/055-jucineide.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/836/056-jucelino.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/840/057-2025-anelise.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/841/058-jucelino.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/842/059-2025-alcenir.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/859/062-2025-devair_e_alcides.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/860/063-2025-joao_cesar.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/861/064-2025-alcenir.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/862/065-2025-alcenir.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/865/066-jucineide.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/866/067-2025-jucineide.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/878/072-alcenir-bosque_repar._ilum._cam.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/879/073-alcenir-quebra-molas-retorno.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/885/076-2025-completa.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/887/077-2025-jucelino-sala-cmei.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/890/078-2025-neide-quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/891/079-2025-alcenir-quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/892/080-2025-devair_e_jucelino.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/893/081-2025-anelise_e_jucineide-recurso200mil.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/895/082-2025-devair-carro_postinho.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/896/083-2025-devair-aparelho_de_ultrassom_odontologico.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/899/084-2025-jucelino-gerador_de_energia.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/905/088-2025-edis-feiras_livres.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/906/089-2025-vanderlei-reforma_dos_vestiarios_pardalzao.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/907/090-2025-edis-sinalizacao_viaria.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/908/091-2025-alcenir-pintura_predio_da_vigilancia.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/909/092-2025-sinalizacao_das_ruas.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/910/093-2025-alcenir-predio_delegacia.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/911/094-2025-alcenir-muro_campos_sales.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/912/095-2025-anelise-cadeira_de_rodas.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/913/096-2025-anelise-quebra-molas-canavieira.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/914/097-jucineide-periculosidade.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/920/098-2025-jucineide-nomenclatura_motoristas.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/921/099-2025-alcenir-banheiro_publico.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/923/100-2025-anelise_e_jucineide-lixeiras_educativas.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/924/101-2025-edis-refis.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/927/102-alcides-grama_parquinho.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/928/103-2025-edis-asfalto_assentamento.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/929/104-2025-edis-caminhao_de_lixo-prensa_e_balanca.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/930/105-2025-anelise-reinstalacao_do_poste_colonial.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/931/106-2025-jucineide-reforma_na_biblioteca.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/933/107-2025-anelise-lei_zoonoses.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/934/108-2025-alcenir-divisorias_capela_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/935/110-2025-alcenir-faixas_de_moto.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/937/111-2025-alcenir-aquisicao_de_cacambas.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/938/112-2025-cesar-_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/939/113-2025-jucineide-faixa_de_pedestre.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/943/115-2025-cesar-asilo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/945/116-2025-anelise-cumprir_a_lei_queimadas.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/946/117-2025-edis-calcario.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/947/118-2025-ju-ane-alc-contratar_biologo-concurso_motoristas.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/948/119-2025-jucineide-corrimao_banheiro.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/953/120-2025-edis-ecoponto.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/949/121-anelise-juci-alce-calcadas.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/950/122-2025-anelise-cacambas-queimadas.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/952/124-2025-anelise-estrada_rural.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/954/125-2025-alcenir-bocas_de_lobo.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/955/126-2025-alcenir-meio_fio_laticinio.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/960/128-2025-6_edis-estacoes_hidratacao.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/961/129-2025-6_edis-secretaria_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/962/130-2025-jucineide-massa_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/963/131-2025-jucineide-soprador.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/964/132-2025-anelise-ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/965/133-2025-anelise-veiculo_pick-up.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/967/134-2025-jucineide-ar_da_van.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/968/135-2025-edis-academia_vila_nova.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/969/136-2025-edis-perfilado_distritos.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/970/137-2025-edis-torneiras_inteligentes.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/971/138-2025-3_edis-muro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/974/139-2025-edis-terreno_casas.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/975/140-2025-edis-ecoponto.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/976/141-2025-edis-soprador.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/978/143-2025-alcenir_anelise_e_jucineide-capela_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1000/150-2025-anelise-iluminacao_bairo_fenix.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1005/151-2025-jucineide.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1006/152-2025-alcides_e_cesar.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1007/153-2025-alcides_e_cesar.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1008/154-2025-alcides_e_cesar.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1009/155-2025-alcenir.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1020/158-2025-alcenir-reparos_creche.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1023/159-2025-jucineide_e_anelise-horas_maquinas.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1025/160-2025-jucineide-ar_e_vidro_da_van.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1026/161-2025-jucineide-asfalto_trechos_das_ruas.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1027/163-2025-jucineide-cumprimento_da_lei_-_condutor_de_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/888/mocao_de_apoio_as_apaes.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1031/projeto_de_decreto_legislativo.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/973/projeto_de_lei_1218_-_reestruturacao_rpps.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/777/projeto_de_lei_n.o_1.190_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/779/projeto_de_lei_n.o_1.190_-_diarias_1.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/778/projeto_de_lei_n.o_1.191_-_recomposicao_salarial.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/780/projeto_de_lei_n.o_1.192_-_salario_minimo_municipal_e_recomposicao_inflacionaria.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/792/projeto_de_lei_n.o_1.194__-_junta_medica_oficial_1.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/793/projeto_de_lei_n.o_1.195_-_leilao.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/835/projeto_de_lei_n.o_1.196_-_fundo_municipal_de_esporte_1.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/821/projeto_de_lei_n_1197_-_credito_suplementar_excesso.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/822/projeto_de_lei__n_1198_-_credito_especial_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/823/projeto_de_lei__n_1199_-_credito_especial_anulacao.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/844/projeto_de_lei_n.o_1.200__-_altera_a_lei_755-2017_1.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/824/projeto_de_lei_n_1201-_credito_suplementar_excesso.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/839/projeto_de_lei_n.o_1.202_-_altera_a_redacao_do_art._40_da_lei_no_1.029-2023_1.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/845/projeto_de_lei_n.o_1.203_-_permissao_de_uso_de_bem_publico._3.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/846/projeto_de_lei_n.o_1.204_-_comodato_osny.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/847/projeto_de_lei_n.o_1.205_-_comodato_alex.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_lei_n.o_1.207_-_terreno_camara.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/867/projeto_de_lei_n.o_1.210_-_politicas_publicas_sobre_drogas.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/868/projeto_de_lei_n.o_1.211_-_dispoe_sobre_a_conferencia_municipal_de_saude_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/869/projeto_de_lei_n.o_1.212_-_coripa.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/873/projeto_de_lei_1.213-2025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/876/projeto_de_lei_n.o_1.214_-_permissao_de_uso_de_bem_publico..pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/917/projeto_de_lei_n.o_1.215_-_amortizacao_do_defcit_tecnico_autarial_do_rpps.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/918/projeto_de_lei_n.o_1.216_-_prorrogacao_do_prazo_de_vigencia_do_plano_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/922/projeto_de_lei_n.o_1.217_-_ratificacao_do_protocolo_de_intencoes_-_cisa_-_amerios.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/925/projeto_de_lei_n.o_1.219-credito_especial.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/926/projeto_de_lei_n.o_1.220-credito_especial.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/980/projeto_de_lei_no_1221__fia_-_excesso.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/941/projeto_de_lei_no_1222__anulacao_deliberacao_047-2022_-_primeira_infancia_1.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/942/projeto_de_lei_no_1223__excesso_deliberacao_047-2022_-_primeira_infancia.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/944/projeto_de_lei_no_1225_escola_tempo_integral_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/957/projeto_de_lei_n.o_1.227_-desmembramento_de_lote_1.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/958/projeto_de_lei_n.o_1.228_-_leilao_de_bens_imoveis.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/981/projeto_de_lei_n.o_1.229_-_desmembramento_de_lote_2.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/982/projeto_de_lei_n.o_1.230_-_refis_2.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/983/projeto_de_lei_n._o_1.231_-_2025_-_adesao_ao_cispar_1.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/985/projeto_de_lei_n.o_1.232_-_institui_o_programa_de_inseminacao_artificial_em_bovinos_leiteiroscorreto.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/986/projeto_de_lei_n.o_1.233_-_fundo_municipal_de_saneamento_basico_e_ambiental_1.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/998/projeto_1234-2025_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/999/projeto_de_lei_1235-2025__loa_p_2026.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1004/projeto_de_lei_1236-2025-desmembramento-completo.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1017/projeto_de_lei_n.o_1.237_-_ratificacao_consorcio_parana_intergestores.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1019/projeto_de_lei_n_1.238_-_aeit.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/763/projeto_de_resolucao_001-2025-ver._micheli.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/781/projeto_de_resolucao_002-2025-carro.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/848/requerimento_001-anelise.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1003/requerimento_05-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1014/requerimento_006-2025-motoristas.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1015/requerimento_007-2025-fiat_strada.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1022/requerimento_009-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/877/convite-maio_laranja.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/919/convite-assistencia.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1018/convite-consulta_publica.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/783/projeto_legislativo_001-diarias.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/782/projeto_de_legislativo_002-2025-recomposicao.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/849/projeto_de_lei_legislativo_003-2025-cidadao_honorario.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/900/projeto_de_lei_legislativo_004-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/997/projeto_legislativo_06-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1002/projeto_legislativo_008-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1010/projeto_legislativo_009-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1011/projeto_legislativo_010-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/916/oficio_03-2025-juceide-vista.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/966/of.083-2025-edis-ronald.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/853/oficio_088-2025_-_prefeitura_-_relatorios.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/857/oficio089_2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/858/oficio090_2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/864/oficio_101-2025-correto.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1029/of.103-2025-hino_municipal.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/875/oficio_115_-_2025_-_retirar_o_projeto_1203.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/889/oficio_130_2020_1.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/843/oficio_145-25-tce.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1021/oficios_293-2025-respostas_as_indicacoes.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/881/emenda_ao_projeto_1.212-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/886/audiencia_publica_-_1o_trimestre_2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/883/edital_02__de_audiencia_publica_da_camara.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/972/edital_de_audiencia.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/932/oficio_03-2025-prefeito-de_anelise_e_neide.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/855/oficio_06-2025-devair-prefeito.docx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1024/of._011-2025-campo_sintetico.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/825/resolucao_001-2025-comissoes.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/863/relatorio_ultimos_100_dias.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/894/emenda_modificativa_01-ao_projeto_1214-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1032/emenda_a_lei_organica-reg.proprio.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1033/lei_1124-2025_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1034/lei_1125-2025_-_recomposicao_salarial.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1035/lei_1126-2025_-_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1036/lei_1127-2025_-_diarias_legislativo.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1037/lei_1128-2025_-_recomposicao_legislativo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/764/001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/765/002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/766/003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/767/004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/768/005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/769/006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/772/indicacao_007-2025-alcenir.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/773/indicacao_008-2025-alcenir.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/771/indicacao_009-2025-jucelino.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/774/indicacao_010-2025-jucelino.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/775/indicacao_011-2025-devair.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/776/indicacao_012-2025-micheli.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/784/013-2025-jucelino_e_devair.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/785/014-2025-jucelino.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/786/015-2025-devair_e_jucelino.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/787/016-2025-devair.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/788/017-2025-anelise.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/789/018-2025-anelise.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/791/019-micheli_e_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/794/020-2025-jucelino.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/795/021-alcides.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/796/022-alcides.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/797/023-alcides.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/798/024-alcides.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/799/025-alcides.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/800/026-alcides.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/801/027-2025-alcides_e_devair.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/802/028-alcenir.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/803/029-alcenir.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/804/030-alcenir.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/805/031-2025-jucineide.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/806/032-2025-jucineide.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/807/033-2025-jucineide.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/808/034-2025-joao_cesar.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/810/036-edis.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/811/037-jucelino.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/812/38-jucelino.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/813/039-jucineide.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/814/040-jucineide.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/815/041-jucineide.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/816/042-joao_cesar.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/817/043-micheli.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/818/044-micheli_e_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/819/045-micheli.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/820/046-devair.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/829/050-alcides.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/830/051-devair.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/831/52-alcenir.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/832/53-alcenir.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/833/54-alcenir.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/834/055-jucineide.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/836/056-jucelino.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/840/057-2025-anelise.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/841/058-jucelino.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/842/059-2025-alcenir.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/859/062-2025-devair_e_alcides.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/860/063-2025-joao_cesar.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/861/064-2025-alcenir.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/862/065-2025-alcenir.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/865/066-jucineide.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/866/067-2025-jucineide.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/878/072-alcenir-bosque_repar._ilum._cam.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/879/073-alcenir-quebra-molas-retorno.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/885/076-2025-completa.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/887/077-2025-jucelino-sala-cmei.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/890/078-2025-neide-quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/891/079-2025-alcenir-quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/892/080-2025-devair_e_jucelino.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/893/081-2025-anelise_e_jucineide-recurso200mil.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/895/082-2025-devair-carro_postinho.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/896/083-2025-devair-aparelho_de_ultrassom_odontologico.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/899/084-2025-jucelino-gerador_de_energia.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/905/088-2025-edis-feiras_livres.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/906/089-2025-vanderlei-reforma_dos_vestiarios_pardalzao.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/907/090-2025-edis-sinalizacao_viaria.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/908/091-2025-alcenir-pintura_predio_da_vigilancia.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/909/092-2025-sinalizacao_das_ruas.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/910/093-2025-alcenir-predio_delegacia.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/911/094-2025-alcenir-muro_campos_sales.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/912/095-2025-anelise-cadeira_de_rodas.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/913/096-2025-anelise-quebra-molas-canavieira.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/914/097-jucineide-periculosidade.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/920/098-2025-jucineide-nomenclatura_motoristas.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/921/099-2025-alcenir-banheiro_publico.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/923/100-2025-anelise_e_jucineide-lixeiras_educativas.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/924/101-2025-edis-refis.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/927/102-alcides-grama_parquinho.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/928/103-2025-edis-asfalto_assentamento.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/929/104-2025-edis-caminhao_de_lixo-prensa_e_balanca.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/930/105-2025-anelise-reinstalacao_do_poste_colonial.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/931/106-2025-jucineide-reforma_na_biblioteca.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/933/107-2025-anelise-lei_zoonoses.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/934/108-2025-alcenir-divisorias_capela_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/935/110-2025-alcenir-faixas_de_moto.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/937/111-2025-alcenir-aquisicao_de_cacambas.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/938/112-2025-cesar-_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/939/113-2025-jucineide-faixa_de_pedestre.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/943/115-2025-cesar-asilo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/945/116-2025-anelise-cumprir_a_lei_queimadas.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/946/117-2025-edis-calcario.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/947/118-2025-ju-ane-alc-contratar_biologo-concurso_motoristas.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/948/119-2025-jucineide-corrimao_banheiro.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/953/120-2025-edis-ecoponto.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/949/121-anelise-juci-alce-calcadas.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/950/122-2025-anelise-cacambas-queimadas.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/952/124-2025-anelise-estrada_rural.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/954/125-2025-alcenir-bocas_de_lobo.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/955/126-2025-alcenir-meio_fio_laticinio.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/960/128-2025-6_edis-estacoes_hidratacao.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/961/129-2025-6_edis-secretaria_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/962/130-2025-jucineide-massa_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/963/131-2025-jucineide-soprador.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/964/132-2025-anelise-ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/965/133-2025-anelise-veiculo_pick-up.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/967/134-2025-jucineide-ar_da_van.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/968/135-2025-edis-academia_vila_nova.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/969/136-2025-edis-perfilado_distritos.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/970/137-2025-edis-torneiras_inteligentes.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/971/138-2025-3_edis-muro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/974/139-2025-edis-terreno_casas.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/975/140-2025-edis-ecoponto.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/976/141-2025-edis-soprador.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/978/143-2025-alcenir_anelise_e_jucineide-capela_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1000/150-2025-anelise-iluminacao_bairo_fenix.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1005/151-2025-jucineide.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1006/152-2025-alcides_e_cesar.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1007/153-2025-alcides_e_cesar.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1008/154-2025-alcides_e_cesar.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1009/155-2025-alcenir.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1020/158-2025-alcenir-reparos_creche.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1023/159-2025-jucineide_e_anelise-horas_maquinas.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1025/160-2025-jucineide-ar_e_vidro_da_van.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1026/161-2025-jucineide-asfalto_trechos_das_ruas.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1027/163-2025-jucineide-cumprimento_da_lei_-_condutor_de_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/888/mocao_de_apoio_as_apaes.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1031/projeto_de_decreto_legislativo.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/973/projeto_de_lei_1218_-_reestruturacao_rpps.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/777/projeto_de_lei_n.o_1.190_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/779/projeto_de_lei_n.o_1.190_-_diarias_1.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/778/projeto_de_lei_n.o_1.191_-_recomposicao_salarial.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/780/projeto_de_lei_n.o_1.192_-_salario_minimo_municipal_e_recomposicao_inflacionaria.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/792/projeto_de_lei_n.o_1.194__-_junta_medica_oficial_1.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/793/projeto_de_lei_n.o_1.195_-_leilao.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/835/projeto_de_lei_n.o_1.196_-_fundo_municipal_de_esporte_1.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/821/projeto_de_lei_n_1197_-_credito_suplementar_excesso.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/822/projeto_de_lei__n_1198_-_credito_especial_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/823/projeto_de_lei__n_1199_-_credito_especial_anulacao.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/844/projeto_de_lei_n.o_1.200__-_altera_a_lei_755-2017_1.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/824/projeto_de_lei_n_1201-_credito_suplementar_excesso.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/839/projeto_de_lei_n.o_1.202_-_altera_a_redacao_do_art._40_da_lei_no_1.029-2023_1.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/845/projeto_de_lei_n.o_1.203_-_permissao_de_uso_de_bem_publico._3.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/846/projeto_de_lei_n.o_1.204_-_comodato_osny.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/847/projeto_de_lei_n.o_1.205_-_comodato_alex.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_lei_n.o_1.207_-_terreno_camara.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/867/projeto_de_lei_n.o_1.210_-_politicas_publicas_sobre_drogas.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/868/projeto_de_lei_n.o_1.211_-_dispoe_sobre_a_conferencia_municipal_de_saude_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/869/projeto_de_lei_n.o_1.212_-_coripa.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/873/projeto_de_lei_1.213-2025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/876/projeto_de_lei_n.o_1.214_-_permissao_de_uso_de_bem_publico..pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/917/projeto_de_lei_n.o_1.215_-_amortizacao_do_defcit_tecnico_autarial_do_rpps.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/918/projeto_de_lei_n.o_1.216_-_prorrogacao_do_prazo_de_vigencia_do_plano_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/922/projeto_de_lei_n.o_1.217_-_ratificacao_do_protocolo_de_intencoes_-_cisa_-_amerios.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/925/projeto_de_lei_n.o_1.219-credito_especial.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/926/projeto_de_lei_n.o_1.220-credito_especial.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/980/projeto_de_lei_no_1221__fia_-_excesso.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/941/projeto_de_lei_no_1222__anulacao_deliberacao_047-2022_-_primeira_infancia_1.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/942/projeto_de_lei_no_1223__excesso_deliberacao_047-2022_-_primeira_infancia.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/944/projeto_de_lei_no_1225_escola_tempo_integral_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/957/projeto_de_lei_n.o_1.227_-desmembramento_de_lote_1.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/958/projeto_de_lei_n.o_1.228_-_leilao_de_bens_imoveis.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/981/projeto_de_lei_n.o_1.229_-_desmembramento_de_lote_2.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/982/projeto_de_lei_n.o_1.230_-_refis_2.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/983/projeto_de_lei_n._o_1.231_-_2025_-_adesao_ao_cispar_1.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/985/projeto_de_lei_n.o_1.232_-_institui_o_programa_de_inseminacao_artificial_em_bovinos_leiteiroscorreto.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/986/projeto_de_lei_n.o_1.233_-_fundo_municipal_de_saneamento_basico_e_ambiental_1.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/998/projeto_1234-2025_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/999/projeto_de_lei_1235-2025__loa_p_2026.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1004/projeto_de_lei_1236-2025-desmembramento-completo.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1017/projeto_de_lei_n.o_1.237_-_ratificacao_consorcio_parana_intergestores.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1019/projeto_de_lei_n_1.238_-_aeit.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/763/projeto_de_resolucao_001-2025-ver._micheli.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/781/projeto_de_resolucao_002-2025-carro.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/848/requerimento_001-anelise.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1003/requerimento_05-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1014/requerimento_006-2025-motoristas.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1015/requerimento_007-2025-fiat_strada.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1022/requerimento_009-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/877/convite-maio_laranja.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/919/convite-assistencia.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1018/convite-consulta_publica.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/783/projeto_legislativo_001-diarias.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/782/projeto_de_legislativo_002-2025-recomposicao.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/849/projeto_de_lei_legislativo_003-2025-cidadao_honorario.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/900/projeto_de_lei_legislativo_004-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/997/projeto_legislativo_06-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1002/projeto_legislativo_008-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1010/projeto_legislativo_009-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1011/projeto_legislativo_010-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/916/oficio_03-2025-juceide-vista.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/966/of.083-2025-edis-ronald.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/853/oficio_088-2025_-_prefeitura_-_relatorios.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/857/oficio089_2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/858/oficio090_2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/864/oficio_101-2025-correto.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1029/of.103-2025-hino_municipal.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/875/oficio_115_-_2025_-_retirar_o_projeto_1203.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/889/oficio_130_2020_1.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/843/oficio_145-25-tce.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1021/oficios_293-2025-respostas_as_indicacoes.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/881/emenda_ao_projeto_1.212-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/886/audiencia_publica_-_1o_trimestre_2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/883/edital_02__de_audiencia_publica_da_camara.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/972/edital_de_audiencia.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/932/oficio_03-2025-prefeito-de_anelise_e_neide.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/855/oficio_06-2025-devair-prefeito.docx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1024/of._011-2025-campo_sintetico.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/825/resolucao_001-2025-comissoes.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/863/relatorio_ultimos_100_dias.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/894/emenda_modificativa_01-ao_projeto_1214-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1032/emenda_a_lei_organica-reg.proprio.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1033/lei_1124-2025_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1034/lei_1125-2025_-_recomposicao_salarial.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1035/lei_1126-2025_-_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1036/lei_1127-2025_-_diarias_legislativo.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1037/lei_1128-2025_-_recomposicao_legislativo.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1079/lei_1133-2025_-_leilao_de_bens.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1081/lei_1135-2025_-_cidadao_honorario_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1082/lei_1136-2025_-_junta_medica.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1083/lei_1137-2025_-_altera_leia_1.029-2023.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1084/lei_1138-2025_-_cessao_de_direito_real_imovel_-_camara.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1085/lei_1139-2025_-_fundo_politicas_publicas.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1086/lei_1140-2025_-_conferencia_saude.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1087/lei_1141-2025_-_coripa.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1088/lei_1142-2025_-_comodato_-_fama.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1090/lei_1144-2025_-_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1091/lei_1145-2025_-_calculo_atuarial_2.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1092/lei_1146-2025_-_plano_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1094/lei_1151_de_16-09-2025_ref._projeto_1222-2025_especial_anulacao.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1095/lei_1152_de_16-09-2025_ref._projeto_1223-2025_especial_excesso.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1096/lei_1153_de_16-09-2025_ref._projeto_1225-2025_especial_anulacao.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1097/lei_1154-2025_-_desmembramento.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1098/lei_1155-2025_-_leilao.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1099/lei_1157-2025_-_refis_1.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1100/lei_1158-2025_-_inseminacao_artificial.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1101/lei_1159-2025_-_fundo_saneamento_basico.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1103/lei_1161-2025_-_cispar_1.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1104/lei_1162-2025_-_instacao_-_gps.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1105/lei_1163-2025_-_hino_municipal_escolas.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1108/lei_1166-2025_-_desmembramento_de_lote.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1109/lei_1167-2025_-_cips_-_ratifica.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1110/lei_1168-2025_-_cria_a_area_especial_de_turismo_-_aeit.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1111/lei_1169-2025_-_reestruturacao_-_rpps.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H269"/>
+  <dimension ref="A1:H302"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="57.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="166.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="165.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -10541,50 +10897,884 @@
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>1045</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
         <v>1046</v>
       </c>
       <c r="D269" t="s">
         <v>1031</v>
       </c>
       <c r="E269" t="s">
         <v>1032</v>
       </c>
       <c r="F269" t="s">
         <v>670</v>
       </c>
       <c r="G269" s="1" t="s">
         <v>1047</v>
       </c>
       <c r="H269" t="s">
         <v>898</v>
+      </c>
+    </row>
+    <row r="270" spans="1:8">
+      <c r="A270" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B270" t="s">
+        <v>9</v>
+      </c>
+      <c r="C270" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D270" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E270" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F270" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G270" s="1" t="s">
+        <v>1051</v>
+      </c>
+      <c r="H270" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="271" spans="1:8">
+      <c r="A271" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B271" t="s">
+        <v>9</v>
+      </c>
+      <c r="C271" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D271" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E271" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F271" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G271" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H271" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="272" spans="1:8">
+      <c r="A272" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B272" t="s">
+        <v>9</v>
+      </c>
+      <c r="C272" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D272" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E272" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F272" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G272" s="1" t="s">
+        <v>1058</v>
+      </c>
+      <c r="H272" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="273" spans="1:8">
+      <c r="A273" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B273" t="s">
+        <v>9</v>
+      </c>
+      <c r="C273" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D273" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E273" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F273" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G273" s="1" t="s">
+        <v>1062</v>
+      </c>
+      <c r="H273" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="274" spans="1:8">
+      <c r="A274" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B274" t="s">
+        <v>9</v>
+      </c>
+      <c r="C274" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D274" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E274" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F274" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G274" s="1" t="s">
+        <v>1066</v>
+      </c>
+      <c r="H274" t="s">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="275" spans="1:8">
+      <c r="A275" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B275" t="s">
+        <v>9</v>
+      </c>
+      <c r="C275" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D275" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E275" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F275" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>1070</v>
+      </c>
+      <c r="H275" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8">
+      <c r="A276" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B276" t="s">
+        <v>9</v>
+      </c>
+      <c r="C276" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D276" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E276" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F276" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>1074</v>
+      </c>
+      <c r="H276" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8">
+      <c r="A277" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B277" t="s">
+        <v>9</v>
+      </c>
+      <c r="C277" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D277" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E277" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F277" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G277" s="1" t="s">
+        <v>1078</v>
+      </c>
+      <c r="H277" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8">
+      <c r="A278" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B278" t="s">
+        <v>9</v>
+      </c>
+      <c r="C278" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D278" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E278" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F278" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>1082</v>
+      </c>
+      <c r="H278" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8">
+      <c r="A279" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B279" t="s">
+        <v>9</v>
+      </c>
+      <c r="C279" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D279" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E279" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F279" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G279" s="1" t="s">
+        <v>1086</v>
+      </c>
+      <c r="H279" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8">
+      <c r="A280" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B280" t="s">
+        <v>9</v>
+      </c>
+      <c r="C280" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D280" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E280" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F280" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G280" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H280" t="s">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8">
+      <c r="A281" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B281" t="s">
+        <v>9</v>
+      </c>
+      <c r="C281" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D281" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E281" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F281" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>1093</v>
+      </c>
+      <c r="H281" t="s">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8">
+      <c r="A282" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B282" t="s">
+        <v>9</v>
+      </c>
+      <c r="C282" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D282" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E282" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F282" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>1097</v>
+      </c>
+      <c r="H282" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8">
+      <c r="A283" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B283" t="s">
+        <v>9</v>
+      </c>
+      <c r="C283" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D283" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E283" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F283" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H283" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8">
+      <c r="A284" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B284" t="s">
+        <v>9</v>
+      </c>
+      <c r="C284" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D284" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E284" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F284" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H284" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8">
+      <c r="A285" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B285" t="s">
+        <v>9</v>
+      </c>
+      <c r="C285" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D285" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E285" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F285" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G285" s="1" t="s">
+        <v>1108</v>
+      </c>
+      <c r="H285" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8">
+      <c r="A286" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B286" t="s">
+        <v>9</v>
+      </c>
+      <c r="C286" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D286" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E286" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F286" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G286" s="1" t="s">
+        <v>1112</v>
+      </c>
+      <c r="H286" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8">
+      <c r="A287" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B287" t="s">
+        <v>9</v>
+      </c>
+      <c r="C287" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D287" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E287" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F287" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G287" s="1" t="s">
+        <v>1116</v>
+      </c>
+      <c r="H287" t="s">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8">
+      <c r="A288" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B288" t="s">
+        <v>9</v>
+      </c>
+      <c r="C288" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D288" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E288" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F288" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G288" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="H288" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="289" spans="1:8">
+      <c r="A289" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B289" t="s">
+        <v>9</v>
+      </c>
+      <c r="C289" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D289" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E289" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F289" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>1124</v>
+      </c>
+      <c r="H289" t="s">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="290" spans="1:8">
+      <c r="A290" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B290" t="s">
+        <v>9</v>
+      </c>
+      <c r="C290" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D290" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E290" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F290" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G290" s="1" t="s">
+        <v>1128</v>
+      </c>
+      <c r="H290" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="291" spans="1:8">
+      <c r="A291" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B291" t="s">
+        <v>9</v>
+      </c>
+      <c r="C291" t="s">
+        <v>1130</v>
+      </c>
+      <c r="D291" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E291" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F291" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G291" s="1" t="s">
+        <v>1131</v>
+      </c>
+      <c r="H291" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="292" spans="1:8">
+      <c r="A292" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B292" t="s">
+        <v>9</v>
+      </c>
+      <c r="C292" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D292" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E292" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F292" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G292" s="1" t="s">
+        <v>1134</v>
+      </c>
+      <c r="H292" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="293" spans="1:8">
+      <c r="A293" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B293" t="s">
+        <v>9</v>
+      </c>
+      <c r="C293" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D293" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E293" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F293" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H293" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="294" spans="1:8">
+      <c r="A294" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B294" t="s">
+        <v>9</v>
+      </c>
+      <c r="C294" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D294" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E294" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F294" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H294" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="295" spans="1:8">
+      <c r="A295" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B295" t="s">
+        <v>9</v>
+      </c>
+      <c r="C295" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D295" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E295" t="s">
+        <v>1032</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>1143</v>
+      </c>
+      <c r="H295" t="s">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="296" spans="1:8">
+      <c r="A296" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B296" t="s">
+        <v>9</v>
+      </c>
+      <c r="C296" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D296" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E296" t="s">
+        <v>1032</v>
+      </c>
+      <c r="G296" s="1" t="s">
+        <v>1147</v>
+      </c>
+      <c r="H296" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="297" spans="1:8">
+      <c r="A297" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B297" t="s">
+        <v>9</v>
+      </c>
+      <c r="C297" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D297" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E297" t="s">
+        <v>1032</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H297" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="298" spans="1:8">
+      <c r="A298" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B298" t="s">
+        <v>9</v>
+      </c>
+      <c r="C298" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D298" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E298" t="s">
+        <v>1032</v>
+      </c>
+      <c r="G298" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H298" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="299" spans="1:8">
+      <c r="A299" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B299" t="s">
+        <v>9</v>
+      </c>
+      <c r="C299" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D299" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E299" t="s">
+        <v>1032</v>
+      </c>
+      <c r="G299" s="1" t="s">
+        <v>1154</v>
+      </c>
+      <c r="H299" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="300" spans="1:8">
+      <c r="A300" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B300" t="s">
+        <v>9</v>
+      </c>
+      <c r="C300" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D300" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E300" t="s">
+        <v>1032</v>
+      </c>
+      <c r="G300" s="1" t="s">
+        <v>1157</v>
+      </c>
+      <c r="H300" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="301" spans="1:8">
+      <c r="A301" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B301" t="s">
+        <v>9</v>
+      </c>
+      <c r="C301" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D301" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E301" t="s">
+        <v>1032</v>
+      </c>
+      <c r="G301" s="1" t="s">
+        <v>1161</v>
+      </c>
+      <c r="H301" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="302" spans="1:8">
+      <c r="A302" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B302" t="s">
+        <v>9</v>
+      </c>
+      <c r="C302" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D302" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E302" t="s">
+        <v>1032</v>
+      </c>
+      <c r="G302" s="1" t="s">
+        <v>1164</v>
+      </c>
+      <c r="H302" t="s">
+        <v>672</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -10813,50 +12003,83 @@
     <hyperlink ref="G245" r:id="rId244"/>
     <hyperlink ref="G246" r:id="rId245"/>
     <hyperlink ref="G247" r:id="rId246"/>
     <hyperlink ref="G248" r:id="rId247"/>
     <hyperlink ref="G249" r:id="rId248"/>
     <hyperlink ref="G250" r:id="rId249"/>
     <hyperlink ref="G251" r:id="rId250"/>
     <hyperlink ref="G252" r:id="rId251"/>
     <hyperlink ref="G253" r:id="rId252"/>
     <hyperlink ref="G254" r:id="rId253"/>
     <hyperlink ref="G255" r:id="rId254"/>
     <hyperlink ref="G256" r:id="rId255"/>
     <hyperlink ref="G257" r:id="rId256"/>
     <hyperlink ref="G258" r:id="rId257"/>
     <hyperlink ref="G259" r:id="rId258"/>
     <hyperlink ref="G260" r:id="rId259"/>
     <hyperlink ref="G261" r:id="rId260"/>
     <hyperlink ref="G262" r:id="rId261"/>
     <hyperlink ref="G263" r:id="rId262"/>
     <hyperlink ref="G264" r:id="rId263"/>
     <hyperlink ref="G265" r:id="rId264"/>
     <hyperlink ref="G266" r:id="rId265"/>
     <hyperlink ref="G267" r:id="rId266"/>
     <hyperlink ref="G268" r:id="rId267"/>
     <hyperlink ref="G269" r:id="rId268"/>
+    <hyperlink ref="G270" r:id="rId269"/>
+    <hyperlink ref="G271" r:id="rId270"/>
+    <hyperlink ref="G272" r:id="rId271"/>
+    <hyperlink ref="G273" r:id="rId272"/>
+    <hyperlink ref="G274" r:id="rId273"/>
+    <hyperlink ref="G275" r:id="rId274"/>
+    <hyperlink ref="G276" r:id="rId275"/>
+    <hyperlink ref="G277" r:id="rId276"/>
+    <hyperlink ref="G278" r:id="rId277"/>
+    <hyperlink ref="G279" r:id="rId278"/>
+    <hyperlink ref="G280" r:id="rId279"/>
+    <hyperlink ref="G281" r:id="rId280"/>
+    <hyperlink ref="G282" r:id="rId281"/>
+    <hyperlink ref="G283" r:id="rId282"/>
+    <hyperlink ref="G284" r:id="rId283"/>
+    <hyperlink ref="G285" r:id="rId284"/>
+    <hyperlink ref="G286" r:id="rId285"/>
+    <hyperlink ref="G287" r:id="rId286"/>
+    <hyperlink ref="G288" r:id="rId287"/>
+    <hyperlink ref="G289" r:id="rId288"/>
+    <hyperlink ref="G290" r:id="rId289"/>
+    <hyperlink ref="G291" r:id="rId290"/>
+    <hyperlink ref="G292" r:id="rId291"/>
+    <hyperlink ref="G293" r:id="rId292"/>
+    <hyperlink ref="G294" r:id="rId293"/>
+    <hyperlink ref="G295" r:id="rId294"/>
+    <hyperlink ref="G296" r:id="rId295"/>
+    <hyperlink ref="G297" r:id="rId296"/>
+    <hyperlink ref="G298" r:id="rId297"/>
+    <hyperlink ref="G299" r:id="rId298"/>
+    <hyperlink ref="G300" r:id="rId299"/>
+    <hyperlink ref="G301" r:id="rId300"/>
+    <hyperlink ref="G302" r:id="rId301"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>