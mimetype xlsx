--- v2 (2026-03-19)
+++ v3 (2026-03-26)
@@ -129,124 +129,124 @@
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/768/005.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, iluminação na Rua Guarapuava n° 1.363.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/769/006.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, reforma do antigo prédio da capela mortuária e em seguida transferir para os funcionários do Conselho Tutelar Municipal trabalharem.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>Alcenir</t>
+    <t>Alcenir  Antônio Piloto</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/772/indicacao_007-2025-alcenir.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal a implantação de um quebra molas no cruzamento da Rua Adão de Oliveira com a Avenida Curitiba.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/773/indicacao_008-2025-alcenir.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal para que viabilize junto ao DER, a implantação de uma alça de acesso  na PR 576 - próxima ao KM 72.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>Jucelino</t>
+    <t>Jucelino da Conceição Alcântara</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/771/indicacao_009-2025-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito Municipal Ronald Smazaro, solicitando por intermédio do setor competente para que estudem a viabilidade técnica legal junto ao secretário de esportes Hugo Assis, da construção de um banheiro com acessibilidade no Ginásio de Esportes Alnei Cezar e que também seja construída uma plataforma com rampa de chegada para cadeirantes, para que assim eles possam ter um espaço reservado para assistir aos jogos.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/774/indicacao_010-2025-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Ronald Smarzaro, que por intermédio do setor competente para que estudem a viabilidade técnica legal, da elaboração de revitalização do Cemitério do Distrito de Santa Felicidade. E também fazer manutenção da cobertura do postinho de saúde do Distrito de Santa Felicidade, pois nos dias de chuvas causa muito transtorno para os colaboradores daquele setor.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>Devair</t>
+    <t>Devair dos Santos</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/775/indicacao_011-2025-devair.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Ronald Smarzaro,  as seguintes providências:_x000D_
 - Reforma completa no campo sintético;_x000D_
 - Revitalização da Praça do Distrito de Gleba Quatro;_x000D_
 - Reforma da quadra de Santa Felicidade; _x000D_
 - Manutenção das estradas rurais.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>Micheli</t>
+    <t>Micheli de Lima Rodrigues</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/776/indicacao_012-2025-micheli.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Ronald Smarzaro,  que seja realizado pelo departamento de tributação a comunicação aos munícipes residentes no Distrito de Santa Felicidade, que este departamento possui mapa atualizado e numerado deste distrito, possibilitando aos mesmos identificar suas residências com a numeração predial oficial do município, conforme croqui em anexo. _x000D_
 Sugere-se que seja feita a comunicação por carro de som preferencialmente dias de semana, após as 18h e finais de semana, na intenção de que todos os moradores do referido distrito tenham conhecimento e possam regularizar seus imóveis.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Devair e Jucelino</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/784/013-2025-jucelino_e_devair.pdf</t>
   </si>
   <si>
     <t>Solicitam ao senhor Prefeito Municipal, Ronald Smarzaro, que por intermédio de assessoria jurídica e os demais setores competentes, com recursos estadual ou federal ou até mesmo com recurso próprio, para que estudem a viabilidade técnica legal da elaboração de um projeto de lei complementar, e posterior envio ao Poder Legislativo de Tapira Paraná, dispondo sobre os prédios públicos do nosso município a energia fotovoltaica.</t>
   </si>
   <si>
     <t>785</t>
@@ -269,51 +269,51 @@
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/786/015-2025-devair_e_jucelino.pdf</t>
   </si>
   <si>
     <t>Os referidos Edis solicitam ao Prefeito Municipal e ao Secretário da Agricultura Municipal, Tiago, aquisição de uma caminhonete furgão, juntamente com aparelho de ultrassom animal e um botijão para sêmen, para assim atender os pequenos produtores rurais.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/787/016-2025-devair.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Ronald Smarzaro, as devidas providências para que seja instalado um corrimão na escadaria que dá acesso à rodoviária.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>Anelise</t>
+    <t>Anelise Prado Lopes</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/788/017-2025-anelise.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, Ronald, a construção de quebra-molas na rua Ponta Grossa, cruzamento com a Avenida Curitiba (próximo a bocha).</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/789/018-2025-anelise.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal, a construção de quebra-molas na rua Bocaiúva, cruzamento com a Rua Rio Negro, próximo ao Colégio Estadual São José.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>19</t>
   </si>
@@ -323,51 +323,51 @@
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/791/019-micheli_e_vanderlei.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Senhor Prefeito Municipal, Ronald, solicitando a aquisição de Playgrounds Temáticos Inclusivos, para nosso município.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/794/020-2025-jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito Municipal Ronald Smarzaro, que por intermédio de assessoria jurídica e os demais setores competentes, através de convênio e parcerias públicas privadas para disponibilizar sinal público de internet através do sistema de wifi, nas praças públicas do município (Praça Central, Distritos de Ouro Verde, Santa Felicidade Gleba Quatro).</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>Alcides</t>
+    <t>Alcides  Masquietto</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/795/021-alcides.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito Municipal Ronald Smarzaro, a construção de um portal na entrada da cidade, na Avenida Rio Grande do Sul (saída para a cidade de Nova Olímpia). Pois este portal vai trazer uma grande beleza em nosso município.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/796/022-alcides.pdf</t>
   </si>
   <si>
     <t>Solicitando que o senhor prefeito tome as devidas providências para que volte  a colocar novamente as tartarugas nas rotatórias da avenida Curitiba, nos seguintes locais: perto do Correio, próximo à loja Gonçalves, próximo ao poço Zabini, próximo à loja do Nino, próximo ao Banco Sicoob e próximo ao poço do Satoshi. Na gestão passada, foi indicado por mim e foram colocadas, mas o pessoal que fizeram o recape do asfalto, retiraram, e é muito importante que sejam colocadas novamente, para que sejam evitados acidentes.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>23</t>
   </si>
@@ -1028,51 +1028,51 @@
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/890/078-2025-neide-quebra-molas.pdf</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito a construção de quebra-molas na Rua Maria Carraro de Aguiar, N° 1553, em frente a APAE.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/891/079-2025-alcenir-quebra-molas.pdf</t>
   </si>
   <si>
     <t>Solicitando para que o Prefeito viabilize a implantação de um quebra molas no cruzamento da Rua São Mateus com a Rua Colombo.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>Devair, Jucelino</t>
+    <t>Devair dos Santos, Jucelino da Conceição Alcântara</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/892/080-2025-devair_e_jucelino.pdf</t>
   </si>
   <si>
     <t>Solicitando recape das ruas do Jardim Itália bem como no trecho da Avenida Paraná próximo ao Jardim Itália.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Anelise Prado Lopes e Jucineide Ap. de Brito da Silva</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/893/081-2025-anelise_e_jucineide-recurso200mil.pdf</t>
   </si>
   <si>
     <t>As nobres vereadoras solicitam que o Executivo Municipal possa utilizar o valor residual dos R$ 200.000,00 - o qual será utilizado para comprar 2 veículos para saúde - para aquisição de bicicletas elétricas para uso das ACS do município.</t>
   </si>
   <si>
     <t>895</t>
   </si>
@@ -1136,51 +1136,51 @@
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Solicita por intermédio do setor competente a viabilidade de adquirir carteiras escolares para o CMEI Claudio Ivantes, e que seja realizado uma pintura interna e externa do prédio, aproveitando as férias escolares do mês de julho. Solicito ainda que seja pintado uma faixa no asfalto delimitando os lugares dos ônibus.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/905/088-2025-edis-feiras_livres.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que busque junto aos deputados, apoio à Estruturação de Feiras Livres (10 barracas 3m x 4m, bancadas, mesas, expositores, expositores refrigerados, balança tipo plataforma, balança de mesa, estufa para salgado, conjunto de mesas e cadeiras, etc.)  no valor de R$ 200.000,00 (duzentos mil reais).</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>Vanderlei</t>
+    <t>Vanderlei Vieira Mendes</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/906/089-2025-vanderlei-reforma_dos_vestiarios_pardalzao.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja tomada as providências necessárias para acionar o Departamento de Engenharia do Município para realizar o projeto de reforma dos vestiários do Estádio Pardalzão.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/907/090-2025-edis-sinalizacao_viaria.pdf</t>
   </si>
   <si>
     <t>Apresentamos esta Indicação, de acordo com artigo 140 do Regimento Interno desta Câmara a ser encaminhada ao Senhor Prefeito Municipal, para que manifeste interesse junto ao Governador do Estado na celebração de convênio para Sinalização Viária - Detran 2025. O programa faz parte de uma ação mais ampla do Detran-PR para municipalizar o trânsito e melhorar a mobilidade urbana.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>91</t>
   </si>
@@ -2788,51 +2788,51 @@
   <si>
     <t>Concede o Título de Cidadão Honorário do Município de Tapira ao Sr. Daniel Bernardino da Silva.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/900/projeto_de_lei_legislativo_004-2025.pdf</t>
   </si>
   <si>
     <t>Declara a Festa de São João como Patrimônio Cultural Imaterial do Município de Tapira-Pr e estabelece normas para sua realização.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/997/projeto_legislativo_06-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de constar o nome do Vereador autor dos Projetos de Lei da Câmara Municipal de Tapira/PR, nas leis sancionadas ou promulgadas, e dá outras providências.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>Micheli, Micheli, Vanderlei, Devair, Jucelino, Alcides, João César</t>
+    <t>Micheli de Lima Rodrigues, Micheli, Vanderlei, Devair, Jucelino, Alcides, João César</t>
   </si>
   <si>
     <t>“Institui a obrigatoriedade de instalação do Sistema de Posicionamento Global (GPS) nos veículos da frota da Administração Pública Municipal de Tapira/PR, visando à fiscalização, transparência e eficiência na gestão de recursos, e dá outras providências.”</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1002/projeto_legislativo_008-2025.pdf</t>
   </si>
   <si>
     <t>Torna obrigatória a execução do Hino Municipal de Tapira-PR nas escolas da rede pública municipal de ensino, e dá outras providências.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1010/projeto_legislativo_009-2025.pdf</t>
   </si>
   <si>
     <t>Proíbe a interrupção da prestação dos serviços de fornecimento de água e energia elétrica por inadimplemento nos períodos que antecedem ou compreendem finais de semana, feriados e pontos facultativos no Município de Tapira, e dá outras providências.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
@@ -3927,51 +3927,51 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/764/001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/765/002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/766/003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/767/004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/768/005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/769/006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/772/indicacao_007-2025-alcenir.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/773/indicacao_008-2025-alcenir.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/771/indicacao_009-2025-jucelino.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/774/indicacao_010-2025-jucelino.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/775/indicacao_011-2025-devair.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/776/indicacao_012-2025-micheli.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/784/013-2025-jucelino_e_devair.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/785/014-2025-jucelino.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/786/015-2025-devair_e_jucelino.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/787/016-2025-devair.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/788/017-2025-anelise.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/789/018-2025-anelise.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/791/019-micheli_e_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/794/020-2025-jucelino.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/795/021-alcides.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/796/022-alcides.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/797/023-alcides.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/798/024-alcides.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/799/025-alcides.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/800/026-alcides.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/801/027-2025-alcides_e_devair.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/802/028-alcenir.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/803/029-alcenir.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/804/030-alcenir.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/805/031-2025-jucineide.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/806/032-2025-jucineide.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/807/033-2025-jucineide.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/808/034-2025-joao_cesar.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/810/036-edis.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/811/037-jucelino.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/812/38-jucelino.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/813/039-jucineide.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/814/040-jucineide.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/815/041-jucineide.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/816/042-joao_cesar.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/817/043-micheli.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/818/044-micheli_e_vanderlei.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/819/045-micheli.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/820/046-devair.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/829/050-alcides.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/830/051-devair.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/831/52-alcenir.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/832/53-alcenir.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/833/54-alcenir.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/834/055-jucineide.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/836/056-jucelino.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/840/057-2025-anelise.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/841/058-jucelino.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/842/059-2025-alcenir.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/859/062-2025-devair_e_alcides.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/860/063-2025-joao_cesar.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/861/064-2025-alcenir.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/862/065-2025-alcenir.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/865/066-jucineide.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/866/067-2025-jucineide.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/878/072-alcenir-bosque_repar._ilum._cam.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/879/073-alcenir-quebra-molas-retorno.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/885/076-2025-completa.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/887/077-2025-jucelino-sala-cmei.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/890/078-2025-neide-quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/891/079-2025-alcenir-quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/892/080-2025-devair_e_jucelino.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/893/081-2025-anelise_e_jucineide-recurso200mil.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/895/082-2025-devair-carro_postinho.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/896/083-2025-devair-aparelho_de_ultrassom_odontologico.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/899/084-2025-jucelino-gerador_de_energia.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/905/088-2025-edis-feiras_livres.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/906/089-2025-vanderlei-reforma_dos_vestiarios_pardalzao.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/907/090-2025-edis-sinalizacao_viaria.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/908/091-2025-alcenir-pintura_predio_da_vigilancia.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/909/092-2025-sinalizacao_das_ruas.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/910/093-2025-alcenir-predio_delegacia.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/911/094-2025-alcenir-muro_campos_sales.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/912/095-2025-anelise-cadeira_de_rodas.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/913/096-2025-anelise-quebra-molas-canavieira.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/914/097-jucineide-periculosidade.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/920/098-2025-jucineide-nomenclatura_motoristas.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/921/099-2025-alcenir-banheiro_publico.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/923/100-2025-anelise_e_jucineide-lixeiras_educativas.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/924/101-2025-edis-refis.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/927/102-alcides-grama_parquinho.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/928/103-2025-edis-asfalto_assentamento.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/929/104-2025-edis-caminhao_de_lixo-prensa_e_balanca.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/930/105-2025-anelise-reinstalacao_do_poste_colonial.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/931/106-2025-jucineide-reforma_na_biblioteca.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/933/107-2025-anelise-lei_zoonoses.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/934/108-2025-alcenir-divisorias_capela_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/935/110-2025-alcenir-faixas_de_moto.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/937/111-2025-alcenir-aquisicao_de_cacambas.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/938/112-2025-cesar-_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/939/113-2025-jucineide-faixa_de_pedestre.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/943/115-2025-cesar-asilo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/945/116-2025-anelise-cumprir_a_lei_queimadas.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/946/117-2025-edis-calcario.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/947/118-2025-ju-ane-alc-contratar_biologo-concurso_motoristas.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/948/119-2025-jucineide-corrimao_banheiro.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/953/120-2025-edis-ecoponto.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/949/121-anelise-juci-alce-calcadas.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/950/122-2025-anelise-cacambas-queimadas.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/952/124-2025-anelise-estrada_rural.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/954/125-2025-alcenir-bocas_de_lobo.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/955/126-2025-alcenir-meio_fio_laticinio.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/960/128-2025-6_edis-estacoes_hidratacao.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/961/129-2025-6_edis-secretaria_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/962/130-2025-jucineide-massa_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/963/131-2025-jucineide-soprador.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/964/132-2025-anelise-ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/965/133-2025-anelise-veiculo_pick-up.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/967/134-2025-jucineide-ar_da_van.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/968/135-2025-edis-academia_vila_nova.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/969/136-2025-edis-perfilado_distritos.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/970/137-2025-edis-torneiras_inteligentes.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/971/138-2025-3_edis-muro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/974/139-2025-edis-terreno_casas.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/975/140-2025-edis-ecoponto.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/976/141-2025-edis-soprador.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/978/143-2025-alcenir_anelise_e_jucineide-capela_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1000/150-2025-anelise-iluminacao_bairo_fenix.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1005/151-2025-jucineide.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1006/152-2025-alcides_e_cesar.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1007/153-2025-alcides_e_cesar.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1008/154-2025-alcides_e_cesar.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1009/155-2025-alcenir.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1020/158-2025-alcenir-reparos_creche.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1023/159-2025-jucineide_e_anelise-horas_maquinas.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1025/160-2025-jucineide-ar_e_vidro_da_van.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1026/161-2025-jucineide-asfalto_trechos_das_ruas.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1027/163-2025-jucineide-cumprimento_da_lei_-_condutor_de_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/888/mocao_de_apoio_as_apaes.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1031/projeto_de_decreto_legislativo.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/973/projeto_de_lei_1218_-_reestruturacao_rpps.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/777/projeto_de_lei_n.o_1.190_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/779/projeto_de_lei_n.o_1.190_-_diarias_1.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/778/projeto_de_lei_n.o_1.191_-_recomposicao_salarial.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/780/projeto_de_lei_n.o_1.192_-_salario_minimo_municipal_e_recomposicao_inflacionaria.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/792/projeto_de_lei_n.o_1.194__-_junta_medica_oficial_1.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/793/projeto_de_lei_n.o_1.195_-_leilao.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/835/projeto_de_lei_n.o_1.196_-_fundo_municipal_de_esporte_1.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/821/projeto_de_lei_n_1197_-_credito_suplementar_excesso.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/822/projeto_de_lei__n_1198_-_credito_especial_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/823/projeto_de_lei__n_1199_-_credito_especial_anulacao.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/844/projeto_de_lei_n.o_1.200__-_altera_a_lei_755-2017_1.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/824/projeto_de_lei_n_1201-_credito_suplementar_excesso.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/839/projeto_de_lei_n.o_1.202_-_altera_a_redacao_do_art._40_da_lei_no_1.029-2023_1.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/845/projeto_de_lei_n.o_1.203_-_permissao_de_uso_de_bem_publico._3.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/846/projeto_de_lei_n.o_1.204_-_comodato_osny.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/847/projeto_de_lei_n.o_1.205_-_comodato_alex.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_lei_n.o_1.207_-_terreno_camara.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/867/projeto_de_lei_n.o_1.210_-_politicas_publicas_sobre_drogas.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/868/projeto_de_lei_n.o_1.211_-_dispoe_sobre_a_conferencia_municipal_de_saude_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/869/projeto_de_lei_n.o_1.212_-_coripa.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/873/projeto_de_lei_1.213-2025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/876/projeto_de_lei_n.o_1.214_-_permissao_de_uso_de_bem_publico..pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/917/projeto_de_lei_n.o_1.215_-_amortizacao_do_defcit_tecnico_autarial_do_rpps.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/918/projeto_de_lei_n.o_1.216_-_prorrogacao_do_prazo_de_vigencia_do_plano_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/922/projeto_de_lei_n.o_1.217_-_ratificacao_do_protocolo_de_intencoes_-_cisa_-_amerios.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/925/projeto_de_lei_n.o_1.219-credito_especial.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/926/projeto_de_lei_n.o_1.220-credito_especial.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/980/projeto_de_lei_no_1221__fia_-_excesso.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/941/projeto_de_lei_no_1222__anulacao_deliberacao_047-2022_-_primeira_infancia_1.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/942/projeto_de_lei_no_1223__excesso_deliberacao_047-2022_-_primeira_infancia.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/944/projeto_de_lei_no_1225_escola_tempo_integral_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/957/projeto_de_lei_n.o_1.227_-desmembramento_de_lote_1.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/958/projeto_de_lei_n.o_1.228_-_leilao_de_bens_imoveis.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/981/projeto_de_lei_n.o_1.229_-_desmembramento_de_lote_2.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/982/projeto_de_lei_n.o_1.230_-_refis_2.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/983/projeto_de_lei_n._o_1.231_-_2025_-_adesao_ao_cispar_1.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/985/projeto_de_lei_n.o_1.232_-_institui_o_programa_de_inseminacao_artificial_em_bovinos_leiteiroscorreto.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/986/projeto_de_lei_n.o_1.233_-_fundo_municipal_de_saneamento_basico_e_ambiental_1.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/998/projeto_1234-2025_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/999/projeto_de_lei_1235-2025__loa_p_2026.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1004/projeto_de_lei_1236-2025-desmembramento-completo.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1017/projeto_de_lei_n.o_1.237_-_ratificacao_consorcio_parana_intergestores.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1019/projeto_de_lei_n_1.238_-_aeit.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/763/projeto_de_resolucao_001-2025-ver._micheli.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/781/projeto_de_resolucao_002-2025-carro.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/848/requerimento_001-anelise.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1003/requerimento_05-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1014/requerimento_006-2025-motoristas.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1015/requerimento_007-2025-fiat_strada.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1022/requerimento_009-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/877/convite-maio_laranja.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/919/convite-assistencia.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1018/convite-consulta_publica.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/783/projeto_legislativo_001-diarias.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/782/projeto_de_legislativo_002-2025-recomposicao.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/849/projeto_de_lei_legislativo_003-2025-cidadao_honorario.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/900/projeto_de_lei_legislativo_004-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/997/projeto_legislativo_06-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1002/projeto_legislativo_008-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1010/projeto_legislativo_009-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1011/projeto_legislativo_010-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/916/oficio_03-2025-juceide-vista.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/966/of.083-2025-edis-ronald.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/853/oficio_088-2025_-_prefeitura_-_relatorios.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/857/oficio089_2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/858/oficio090_2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/864/oficio_101-2025-correto.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1029/of.103-2025-hino_municipal.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/875/oficio_115_-_2025_-_retirar_o_projeto_1203.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/889/oficio_130_2020_1.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/843/oficio_145-25-tce.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1021/oficios_293-2025-respostas_as_indicacoes.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/881/emenda_ao_projeto_1.212-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/886/audiencia_publica_-_1o_trimestre_2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/883/edital_02__de_audiencia_publica_da_camara.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/972/edital_de_audiencia.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/932/oficio_03-2025-prefeito-de_anelise_e_neide.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/855/oficio_06-2025-devair-prefeito.docx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1024/of._011-2025-campo_sintetico.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/825/resolucao_001-2025-comissoes.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/863/relatorio_ultimos_100_dias.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/894/emenda_modificativa_01-ao_projeto_1214-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1032/emenda_a_lei_organica-reg.proprio.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1033/lei_1124-2025_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1034/lei_1125-2025_-_recomposicao_salarial.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1035/lei_1126-2025_-_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1036/lei_1127-2025_-_diarias_legislativo.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1037/lei_1128-2025_-_recomposicao_legislativo.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1079/lei_1133-2025_-_leilao_de_bens.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1081/lei_1135-2025_-_cidadao_honorario_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1082/lei_1136-2025_-_junta_medica.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1083/lei_1137-2025_-_altera_leia_1.029-2023.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1084/lei_1138-2025_-_cessao_de_direito_real_imovel_-_camara.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1085/lei_1139-2025_-_fundo_politicas_publicas.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1086/lei_1140-2025_-_conferencia_saude.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1087/lei_1141-2025_-_coripa.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1088/lei_1142-2025_-_comodato_-_fama.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1090/lei_1144-2025_-_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1091/lei_1145-2025_-_calculo_atuarial_2.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1092/lei_1146-2025_-_plano_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1094/lei_1151_de_16-09-2025_ref._projeto_1222-2025_especial_anulacao.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1095/lei_1152_de_16-09-2025_ref._projeto_1223-2025_especial_excesso.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1096/lei_1153_de_16-09-2025_ref._projeto_1225-2025_especial_anulacao.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1097/lei_1154-2025_-_desmembramento.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1098/lei_1155-2025_-_leilao.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1099/lei_1157-2025_-_refis_1.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1100/lei_1158-2025_-_inseminacao_artificial.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1101/lei_1159-2025_-_fundo_saneamento_basico.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1103/lei_1161-2025_-_cispar_1.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1104/lei_1162-2025_-_instacao_-_gps.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1105/lei_1163-2025_-_hino_municipal_escolas.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1108/lei_1166-2025_-_desmembramento_de_lote.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1109/lei_1167-2025_-_cips_-_ratifica.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1110/lei_1168-2025_-_cria_a_area_especial_de_turismo_-_aeit.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2025/1111/lei_1169-2025_-_reestruturacao_-_rpps.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H302"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.85546875" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="57.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="74.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="165.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>