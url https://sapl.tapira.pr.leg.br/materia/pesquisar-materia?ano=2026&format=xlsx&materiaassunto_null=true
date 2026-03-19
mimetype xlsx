--- v0 (2026-02-01)
+++ v1 (2026-03-19)
@@ -10,134 +10,942 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="645" uniqueCount="288">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>1046</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>Alcenir</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1046/indicacao_01-2026-alcenir-uniformes.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando ao Senhor Prefeito Municipal, que viabilize o fornecimento de uniformes adequados para os garis e para o pessoal que trabalha com a varrição que atuam no município.</t>
+  </si>
+  <si>
+    <t>1049</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Devair</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1049/02-2026-devair-pintura-santa_felicidade.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando pintura nos bancos e meios fios da praça do Distrito de Santa Felicidade.</t>
+  </si>
+  <si>
+    <t>1050</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1050/03-2026-devair-paver-gleba_quatro.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao prefeito, que seja realizada manutenção no pavimento em paver da rua que dá acesso à praça do Distrito de Gleba Quatro.</t>
+  </si>
+  <si>
+    <t>1051</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1051/04-2026-alcenir-quebra-molas.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que sejam tomadas as providências necessárias para viabilizar a implantação de um redutor de velocidade (quebra-molas) na Rua Jaguariaíva, nas proximidades do Bar do Dirceu e outro na Rua Araucária, cruzamento com a Rua Jurandir Venceslau.</t>
+  </si>
+  <si>
+    <t>1052</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1052/05-2026-alcenir-calcamento_e_remocao_tocos.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito um calçamento novo na frente do Posto de Saúde e remoção de tocos de árvores, no Distrito de Ouro Verde Alto.</t>
+  </si>
+  <si>
+    <t>1053</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1053/06-2026-alcenir-ouro_verde_alto.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que sejam tomadas as providências necessárias para viabilizar, com urgência, a realização de um serviço emergencial de tapa-buracos nas ruas do Distrito de Ouro Verde Alto, bem como que seja efetuada a devida sinalização dos quebra-molas instalados na Vila Rural do referido distrito.</t>
+  </si>
+  <si>
+    <t>1054</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Jucineide Aparecida Brito da Silva</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1054/07-2026-jucineide-refletor_no_bosque_e_areia.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando ao prefeito municipal para que determine ao setor competente a instalação de um refletor no bosque municipal, Leonardo Oliveira da Cruz, bem como a colocação/reposição de areia na quadra localizada no mesmo espaço.</t>
+  </si>
+  <si>
+    <t>1057</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1057/08-2026-devair-_iluminacao-distrito.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja realizada manutenção na iluminação da praça do Distrito de Gleba Quatro.</t>
+  </si>
+  <si>
+    <t>1058</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Alcides</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1058/09-2026-alcides-quebra-molas.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando construção de quebra-molas na Avenida Curitiba, próximo à casa do João da Cunha e outro, também na Avenida Curitiba, próximo a Umuprev.</t>
+  </si>
+  <si>
+    <t>1059</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1059/010-2026-jucineide_e_anelise-asfalto_av.parana.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando informações a respeito das condições do asfalto da Avenida Paraná, nas proximidades do Barracão da feira do Produtor, estendendo-se até o jardim Itália, abrangendo as Ruas São Mateus e Irati, as quais se encontram em estado precário de conservação, apresentando diversos buracos ao longo de sua extensão.</t>
+  </si>
+  <si>
+    <t>1065</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>Micheli</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1065/011-2026-micheli-sala_de_bercario.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja realizado estudo de viabilidade técnica, administrativa e orçamentária para a implantação de uma sala de berçário no Distrito de Santa Felicidade, vinculada à rede municipal de educação infantil.</t>
+  </si>
+  <si>
+    <t>1062</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1062/012-2026-alcides-sinalizacao_tartarugas.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando ao senhor prefeito e ao setor competente, que torne a fixar no asfalto as tartarugas nas rotatórias da avenida Curitiba, nos seguintes locais: perto do Correio, próximo à loja Gonçalves, próximo ao poço Zabini, próximo à loja do Nino, próximo ao Banco Sicoob e próximo ao poço do Satoshi.</t>
+  </si>
+  <si>
+    <t>1063</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1063/013-2026-micheli-castrapet.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que determine, junto ao setor competente, que o Município busque informações e providencie, junto à Secretaria do Desenvolvimento Sustentável (SEDEST), o cadastramento do Município para participação nos próximos ciclos do Programa Permanente de Esterilização de Cães e Gatos – Castrapet.</t>
+  </si>
+  <si>
+    <t>1064</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>Vanderlei</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1064/014-2026-vanderlei-quebra-molas.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando ao prefeito municipal que determine, com a máxima urgência, junto à Secretaria competente, a implantação de quebra-molas (redutores de velocidade) e sinalização vertical e horizontal adequada na Rua Irati, especialmente no trecho novo que compreende o percurso do Jardim Itália até a Assemuta.</t>
+  </si>
+  <si>
+    <t>1067</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1067/015-2026-vanderlei-cobertura_fixa_rampa.pdf</t>
+  </si>
+  <si>
+    <t>solicitando para que determine junto à Secretaria competente a realização de estudo técnico e posterior instalação de cobertura fixa na área comum da rampa dos pescadores, localizada na área turística do Rio Ivaí, neste Município.</t>
+  </si>
+  <si>
+    <t>1068</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>Micheli, Vanderlei, Devair, Jucelino, Alcides, João César</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1068/016-2026-edis-mao_unica.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando em caráter de urgência, que sejam adotadas as providências necessárias junto aos órgãos competentes de trânsito do município para viabilizar a transformação em mão única do trecho da Rua Paranaguá correspondente ao quarteirão onde está localizada a Escola Campo Sales, nº 1130.</t>
+  </si>
+  <si>
+    <t>1069</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Solicitando que seja realizado calçamento na área externa do CRAS, especialmente no espaço localizado sob os pés de manga, onde já existem bancos. O objetivo é melhorar o aproveitamento desse espaço, permitindo que as atividades como aula de pinturas, bem como outras atividades, possam ser realizadas também ao ar livre.</t>
+  </si>
+  <si>
+    <t>1070</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Solicitando que seja providenciado um bebedouro industrial para capela mortuária, bem como um ar condicionado maior.</t>
+  </si>
+  <si>
+    <t>1071</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>Solicitando que seja colocado cascalho ou resíduos de construção, no aterro da Água do Facão.</t>
+  </si>
+  <si>
+    <t>1164</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>Micheli, Devair, Vanderlei</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1164/020-2026-devair_micheli_vanderlei-calcadas_av._curitiba.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que determine à Secretaria Municipal competente a reutilização das pedras retiradas da calçada da Avenida Curitiba, destinando-as para a manutenção e reposição em pontos do centro da cidade onde há falta de pedras nas calçadas.</t>
+  </si>
+  <si>
+    <t>1165</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1165/021-2026-ar_condicionado-casa_da_cultura.pdf</t>
+  </si>
+  <si>
+    <t>solicitando que determine ao setor competente da administração municipal a instalação de aparelhos de ar-condicionado mais potentes na Casa de Cultura do Município.</t>
+  </si>
+  <si>
+    <t>1166</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>Micheli e Vanderlei</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1166/022-2026-vanderlei_e_micheli-cemei_pedro_neia.pdf</t>
+  </si>
+  <si>
+    <t>solicitando que, por meio do setor competente da administração, seja providenciada a aquisição de novos colchões (colchonetes) para descanso das crianças, bem como de brinquedos educativos destinados às crianças de 0 a 3 anos, para o CEMEI Pedro Néia.</t>
+  </si>
+  <si>
+    <t>1167</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1167/023-2026-micheli-professora_de_danca.pdf</t>
+  </si>
+  <si>
+    <t>solicitando que, por meio da Secretaria competente, seja providenciada a contratação de uma professora de dança para ofertar aulas semanais às mulheres do município.</t>
+  </si>
+  <si>
+    <t>1168</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1168/024-2026-micheli-conselho_mun._dos_direitos_das_mulheres.pdf</t>
+  </si>
+  <si>
+    <t>solicitando que sejam adotadas as providências necessárias para a criação e implantação do Conselho Municipal dos Direitos da Mulher no município.</t>
+  </si>
+  <si>
+    <t>1169</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1169/025-2026-alcides_-_necroterio-troca_de_lampadas.pdf</t>
+  </si>
+  <si>
+    <t>solicitando  ao senhor Prefeito Municipal Ronald Smarzaro as seguintes providências:_x000D_
+_x000D_
+- reforma da calçada do necrotério do cemitério com pintura;_x000D_
+- troca das lâmpadas para Led, as localizadas na rua em frente a casa do “zé do rolo”.</t>
+  </si>
+  <si>
+    <t>1170</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1170/026-2026-jucineide-barracao_da_feira.pdf</t>
+  </si>
+  <si>
+    <t>solicitando ao setor competente para que termine de fechar a lateral do barracão da feira do produtor e coloque canos nas saídas de água do telhado.</t>
+  </si>
+  <si>
+    <t>1177</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>Solicitando que seja providenciada a divulgação do Hino Municipal de Tapira, especialmente por meio do site oficial da Prefeitura, com a disponibilização de sua letra e, se possível, de sua versão em áudio.</t>
+  </si>
+  <si>
+    <t>1178</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>Jucelino</t>
+  </si>
+  <si>
+    <t>Solicitando que seja encaminhado ao Excelentíssimo Senhor Prefeito Municipal, com a cópia para Secretaria de Obras e Secretaria de Turismo, a seguinte indicação: Que o Executivo Municipal através de seus órgãos competentes, realize obras de revitalização, manutenção e melhoria de infraestrutura no Portal de entrada da Cidade (Cristo), pintura do monumento, melhoria no paisagismo e limpeza da área do entorno. E também instalação de nova iluminação cênica (led)para maior visibilidade noturna e segurança.</t>
+  </si>
+  <si>
+    <t>1181</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>Solicitando que seja realizado estudo de viabilidade para a construção de estacionamento no canteiro central da Avenida Curitiba, especificamente no trecho que faz frente à Arena Vibe / Beach Tennis, no Município de Tapira.</t>
+  </si>
+  <si>
     <t>1041</t>
   </si>
   <si>
-    <t>2026</t>
-[...1 lines deleted...]
-  <si>
     <t>1243</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Ronald Rogério Lopes Smarzaro</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1041/projeto_de_lei_1243-2026-altera_a_redacao_do_art._37_da_lei_1.054-2023.pdf</t>
-[...2 lines deleted...]
-    <t>Altera o Art. 37 da Lei 1.054/2023 e dá outras providências.</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1041/projeto_de_lei_1243-2026-plano_diretor.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Art. 37 da Lei 1.192/2024 e dá outras providências.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1038/projeto_de_lei_1244-2026-aumento_real.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1038/projeto_de_lei_1244-2026-aumento_real.pdf</t>
   </si>
   <si>
     <t>Concede a recomposição salarial e aumento real dos vencimentos dos servidores públicos do Poder Executivo e dá outras providências.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1039/projeto_de_lei_1245-2026-recomposicao__e_aumento_real.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1039/projeto_de_lei_1245-2026-recomposicao__e_aumento_real.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a recomposição inflacionária e aumento real do salário mínimo municipal e dá outras providências, alterando as disposições da Lei Municipal N°1.126/2025.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
-    <t>https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1040/projeto_de_lei_1246-2026-regime_proprio-parcelamento.pdf</t>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1040/projeto_de_lei_1246-2026-regime_proprio-parcelamento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento de débitos previdenciários do Município de Tapira, Estado do Paraná com seu Regime Próprio de Previdência Social RPPS.</t>
+  </si>
+  <si>
+    <t>1042</t>
+  </si>
+  <si>
+    <t>1247</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1042/projeto_de_lei_1247-2026-coripa.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a ratificar sua participação no Consórcio Intermunicipal Para Conservação do Remanescente do Rio Paraná e Áreas de Influência – CORIPA, acrescentando o reingresso do município de Alto Paraíso e ingresso do município de Tapira, bem como a alteração de endereço da sede do Consórcio.</t>
+  </si>
+  <si>
+    <t>1048</t>
+  </si>
+  <si>
+    <t>1248</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1048/projeto_de_lei_1248-2026-correto.pdf</t>
+  </si>
+  <si>
+    <t>Altera parcialmente o Artigo 3º inciso III e artigo 4º da Lei 1124/2025 e da outra providência.</t>
+  </si>
+  <si>
+    <t>1174</t>
+  </si>
+  <si>
+    <t>1249</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1174/projeto_de_lei_1249-2026-osni_-_bratac.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre autorização para celebrar contrato de locação com a Osny de Souza Avila e, dá outras providências.</t>
+  </si>
+  <si>
+    <t>1175</t>
+  </si>
+  <si>
+    <t>1250</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1175/projeto_de_lei_1250-2026-alex.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre autorização para celebrar contrato de locação com Alex Knierim dos Reis e, dá outras providências.</t>
+  </si>
+  <si>
+    <t>1171</t>
+  </si>
+  <si>
+    <t>PRE</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>Vanderlei Vieira Mendes e Devair dos Santos</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1171/projeto_de_resolucao_001-2026-acesso_a_informacao.pdf</t>
+  </si>
+  <si>
+    <t>Regulamenta a Lei nº 12.527, de 18 de novembro de 2011, no âmbito do Poder Legislativo Municipal de Tapira/PR, dispondo sobre os procedimentos e normas de acesso à informação, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1047</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>Anelise Prado Lopes e Jucineide Ap. de Brito da Silva</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1047/requerimento_001-2026-anelise_e_jucineide-informacoes_poco_artesiano.pdf</t>
+  </si>
+  <si>
+    <t>Esclarecimentos quanto a manutenção e otimização do funcionamento do poço artesiano da comunidade Três Figueiras.</t>
+  </si>
+  <si>
+    <t>1055</t>
+  </si>
+  <si>
+    <t>Requerem que seja encaminhado expediente ao Excelentíssimo Senhor Prefeito Municipal, solicitando informações, a respeito das condições do asfalto das ruas do Jardim Itália e também da Avenida Paraná, nas proximidades do barracão da feira do produtor, a qual se encontram em estado precário de conservação, apresentando diversos buracos. Diante do exposto, requeremos:_x000D_
+1.	Informações sobre a existência de planejamento para recuperação ou recapeamento da mencionada rua;_x000D_
+2.	Caso haja previsão, que seja informada a data estimada para início das obras;_x000D_
+3.	Não havendo planejamento, que sejam adotadas, com a maior brevidade possível, as providências necessárias para realização de operação tapa-buracos ou recapeamento asfáltico.</t>
+  </si>
+  <si>
+    <t>1056</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1056/requerimento_003-2026-anelise_e_jucineide.pdf</t>
+  </si>
+  <si>
+    <t>Requerem que seja encaminhado expediente ao Excelentíssimo Senhor Prefeito Municipal, solicitando as seguintes informações:_x000D_
+1.	Qual o motivo pelo qual a coleta de lixo domiciliar em alguns setores do município está sendo realizada apenas 01 (uma) vez por semana, enquanto em outros setores ocorre 02 (duas) vezes por semana?_x000D_
+2.	Existe estudo técnico que justifique a diferenciação na frequência da coleta entre os setores?_x000D_
+3.	Há previsão para adequação e uniformização da coleta, garantindo que todos os setores sejam atendidos com a mesma periodicidade?_x000D_
+4.	Quais critérios estão sendo adotados pela Secretaria responsável para definir a frequência da coleta em cada localidade? _x000D_
+Obs.: Lei N°251/2010 - artigo 4°</t>
+  </si>
+  <si>
+    <t>1060</t>
+  </si>
+  <si>
+    <t>As nobres vereadoras solicitam ao prefeito municipal, informações quanto a limpeza de terrenos dentro do perímetro urbano.</t>
+  </si>
+  <si>
+    <t>1066</t>
+  </si>
+  <si>
+    <t>CJR - Comissão de Justiça e Redação</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1066/requerimento_05-2026-comissao.pdf</t>
+  </si>
+  <si>
+    <t>A Comissão de Justiça e Redação, no uso de suas atribuições legais e regimentais, vem, respeitosamente, à presença de Vossa Excelência, requerer que seja encaminhado o presente ao Excelentíssimo Senhor Prefeito Municipal, nos seguintes termos: Requer-se que o Chefe do Poder Executivo Municipal preste esclarecimentos formais acerca do não encaminhamento à Câmara Municipal dos documentos exigidos pela Emenda Aditiva nº 01/2025, realizada em 13 de maio de 2025, ao Projeto de Lei nº 1.212/2025.</t>
+  </si>
+  <si>
+    <t>1074</t>
+  </si>
+  <si>
+    <t>As vereadoras solicitam ao prefeito municipal, informações a respeito da limpeza de terrenos na área urbana do município de Tapira-PR: _x000D_
+1. Extrato de notificações dos últimos 30 (trinta) dias; _x000D_
+2. Se houve incidência de multa. Se sim, qual o valor arrecadado;_x000D_
+3. Esclarecimento quanto aos prazos e métodos utilizados, desde a primeira notificação até a aplicação da multa. _x000D_
+4. Se as notificações são realizadas apenas mediante denúncias, ou se há patrulhamento e fiscalização em loco por parte do setor responsável, e qual a periodicidade desta fiscalização.</t>
+  </si>
+  <si>
+    <t>1043</t>
+  </si>
+  <si>
+    <t>PLL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Legislativo</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1043/projeto_legislativo_001-2026.pdf</t>
+  </si>
+  <si>
+    <t>Concede recomposição salarial dos vencimentos dos Servidores Públicos do Poder Legislativo, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1044</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>OF</t>
+  </si>
+  <si>
+    <t>Ofício</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1044/of.037-2026-prefeitura.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de realização de alteração de rito para apreciação e aprovação dos seguintes Projetos de Leis: N°1243/2026, N°1244/2026, N°1245/2026 e_x000D_
+N°1246/2026.</t>
+  </si>
+  <si>
+    <t>1075</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1075/oficio_063-2026.pdf</t>
+  </si>
+  <si>
+    <t>Ofício recebido do Prefeito em resposta a diversos pedidos dos vereadores.</t>
+  </si>
+  <si>
+    <t>1176</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1176/of.072-2026-resposta_ao_oficio_018_da_camara.pdf</t>
+  </si>
+  <si>
+    <t>Resposta ao Oficio N°018/2026 desta câmara referente o Requerimento 05/2026 dos vereadores Alcides, Jucelino e Micheli.</t>
+  </si>
+  <si>
+    <t>1045</t>
+  </si>
+  <si>
+    <t>ORP</t>
+  </si>
+  <si>
+    <t>Ofício recebido de parlamentar</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1045/oficio_n002-2026-devolucao_da_camara.docx</t>
+  </si>
+  <si>
+    <t>Solicitação de esclarecimentos do prefeito municipal de Tapira, Ronald R. Lopes Smarzaro.</t>
+  </si>
+  <si>
+    <t>1073</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1073/alcenir-oficio_2n-2026-gsoguima.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Orçamentária destinada por meio do Fundo Municipal de Assistência Social  ao Lar São Francisco de Assis do Município de Tapira, o recurso no valor de 100.000,00 (cem mil reais).</t>
+  </si>
+  <si>
+    <t>1172</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1172/oficio_no_6i_-2026-gsoguima_saude_-_custeio_pap_-_tapira.pdf</t>
+  </si>
+  <si>
+    <t>Ofício N°61/2026/GSOGUIMA - Informando sobre recurso no valor de 200.000,00 (duzentos mil reais)</t>
+  </si>
+  <si>
+    <t>1173</t>
+  </si>
+  <si>
+    <t>ELO</t>
+  </si>
+  <si>
+    <t>Emenda da Lei Orgânica</t>
+  </si>
+  <si>
+    <t>Alcenir, Alcides, Anelise, Devair, João César, Jucelino, Jucineide, Micheli, Vanderlei</t>
+  </si>
+  <si>
+    <t>Revisa, altera, acrescenta e revoga dispositivos da Lei Orgânica do Município de Tapira e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1112</t>
+  </si>
+  <si>
+    <t>L</t>
+  </si>
+  <si>
+    <t>LEIS</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1112/lei_1172-2026_-_recomposicao_salarial.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE A RECOMPOSIÇÃO SALARIAL_x000D_
+AUMENTO REAL DOS VENCIMENTOS DOS_x000D_
+SERVIDORES PÚBLICOS DO PODER EXECUTIVO E DÁ_x000D_
+OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1113</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1113/lei_1173-2026_-_salario_minimo_municipal.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A RECOMPOSIÇÃO_x000D_
+INFLACIONÁRIA E AUMENTO REAL DO SALÁRIO_x000D_
+MÍNIMO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS,_x000D_
+ALTERANDO AS DISPOSIÇÕES DA LEI MUNICIPAL N._x000D_
+1.126/2025.</t>
+  </si>
+  <si>
+    <t>1114</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1114/lei_1174-2026_-_parcelamento_tapiraprev.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O PARCELAMENTO DE_x000D_
+DÉBITOS PREVIDENCIÁRIOS DO MUNICÍPIO DE_x000D_
+TAPIRA, ESTADO DO PARANÁ COM SEU REGIMЕ_x000D_
+PRÓPRIO DE PREVIDÊNCIA SOCIAL RPPS.</t>
+  </si>
+  <si>
+    <t>1115</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1115/lei_1175-2026_-_recomposicao_legislativo.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE RECOMPOSIÇÃO SALARIAL DOS_x000D_
+VENCIMENTOS DOS SERVIDORES PÚBLICOS DO_x000D_
+PODER LEGISLATIVO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1116</t>
+  </si>
+  <si>
+    <t>1076</t>
+  </si>
+  <si>
+    <t>P</t>
+  </si>
+  <si>
+    <t>PORTARIAS</t>
+  </si>
+  <si>
+    <t>Conceder férias ao servidor JOEL ALBERTO ZARELLI, ocupante de cargo de Procurador Jurídico, do quadro de provimento efetivo da Câmara Municipal de Tapira, o gozo de 20 (vinte) dias de férias, a partir de 12 de janeiro de 2026, encerrando-se em 31 de janeiro de 2026, bem como a conversão de 10 (dez) dias em pecúnia, conforme previsão legal, referentes ao período aquisitivo de outubro de 2024 a outubro de 2025.</t>
+  </si>
+  <si>
+    <t>1077</t>
+  </si>
+  <si>
+    <t>Fica estabelecido recesso no âmbito da Câmara Municipal de Tapira, nos dias 16, 17 e 18 de fevereiro de 2026, (segunda-feira, terça-feira de Carnaval e quarta-feira de Cinzas).</t>
+  </si>
+  <si>
+    <t>1078</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1078/portaria_003-giancarlo.pdf</t>
+  </si>
+  <si>
+    <t>Nomear o servidor efetivo Giancarlo da Silva Chiodi, cpf nº 047******96, para exercer o cargo de Diretor do Departamento de Administração e Finanças, nos termos do art. 7º da Resolução nº 001/2005, gratificando-se em 30% (trinta por cento) sobre o vencimento base do servidor.</t>
+  </si>
+  <si>
+    <t>1143</t>
+  </si>
+  <si>
+    <t>OEP</t>
+  </si>
+  <si>
+    <t>ofícios EXPEDIDOS prefeito</t>
+  </si>
+  <si>
+    <t>Encaminhar Indicação dos vereadores.</t>
+  </si>
+  <si>
+    <t>1144</t>
+  </si>
+  <si>
+    <t>1145</t>
+  </si>
+  <si>
+    <t>Encaminhar Ofício de parlamentar.</t>
+  </si>
+  <si>
+    <t>1146</t>
+  </si>
+  <si>
+    <t>Encaminhar Requerimento dos vereadores.</t>
+  </si>
+  <si>
+    <t>1147</t>
+  </si>
+  <si>
+    <t>Encaminhar Projetos de Leis aprovados.</t>
+  </si>
+  <si>
+    <t>1148</t>
+  </si>
+  <si>
+    <t>Audiências Públicas da Câmara e Prefeitura.</t>
+  </si>
+  <si>
+    <t>1149</t>
+  </si>
+  <si>
+    <t>1150</t>
+  </si>
+  <si>
+    <t>1151</t>
+  </si>
+  <si>
+    <t>1152</t>
+  </si>
+  <si>
+    <t>1153</t>
+  </si>
+  <si>
+    <t>1154</t>
+  </si>
+  <si>
+    <t>1155</t>
+  </si>
+  <si>
+    <t>1156</t>
+  </si>
+  <si>
+    <t>1157</t>
+  </si>
+  <si>
+    <t>1158</t>
+  </si>
+  <si>
+    <t>1159</t>
+  </si>
+  <si>
+    <t>1160</t>
+  </si>
+  <si>
+    <t>1161</t>
+  </si>
+  <si>
+    <t>Encaminhar requerimento dos vereadores.</t>
+  </si>
+  <si>
+    <t>1162</t>
+  </si>
+  <si>
+    <t>Devolução de Projeto.</t>
+  </si>
+  <si>
+    <t>1163</t>
+  </si>
+  <si>
+    <t>Projeto aprovado.</t>
+  </si>
+  <si>
+    <t>1179</t>
+  </si>
+  <si>
+    <t>http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1179/oficio_022-2026-indicacoes.pdf</t>
+  </si>
+  <si>
+    <t>Encaminhar cópia de indicações</t>
+  </si>
+  <si>
+    <t>1180</t>
+  </si>
+  <si>
+    <t>Encaminhar ao TCE-PR a prestação de contas do Poder Legislativo de Tapira.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -441,68 +1249,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1041/projeto_de_lei_1243-2026-altera_a_redacao_do_art._37_da_lei_1.054-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1038/projeto_de_lei_1244-2026-aumento_real.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1039/projeto_de_lei_1245-2026-recomposicao__e_aumento_real.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1040/projeto_de_lei_1246-2026-regime_proprio-parcelamento.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1046/indicacao_01-2026-alcenir-uniformes.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1049/02-2026-devair-pintura-santa_felicidade.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1050/03-2026-devair-paver-gleba_quatro.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1051/04-2026-alcenir-quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1052/05-2026-alcenir-calcamento_e_remocao_tocos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1053/06-2026-alcenir-ouro_verde_alto.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1054/07-2026-jucineide-refletor_no_bosque_e_areia.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1057/08-2026-devair-_iluminacao-distrito.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1058/09-2026-alcides-quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1059/010-2026-jucineide_e_anelise-asfalto_av.parana.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1065/011-2026-micheli-sala_de_bercario.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1062/012-2026-alcides-sinalizacao_tartarugas.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1063/013-2026-micheli-castrapet.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1064/014-2026-vanderlei-quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1067/015-2026-vanderlei-cobertura_fixa_rampa.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1068/016-2026-edis-mao_unica.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1164/020-2026-devair_micheli_vanderlei-calcadas_av._curitiba.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1165/021-2026-ar_condicionado-casa_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1166/022-2026-vanderlei_e_micheli-cemei_pedro_neia.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1167/023-2026-micheli-professora_de_danca.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1168/024-2026-micheli-conselho_mun._dos_direitos_das_mulheres.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1169/025-2026-alcides_-_necroterio-troca_de_lampadas.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1170/026-2026-jucineide-barracao_da_feira.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1041/projeto_de_lei_1243-2026-plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1038/projeto_de_lei_1244-2026-aumento_real.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1039/projeto_de_lei_1245-2026-recomposicao__e_aumento_real.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1040/projeto_de_lei_1246-2026-regime_proprio-parcelamento.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1042/projeto_de_lei_1247-2026-coripa.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1048/projeto_de_lei_1248-2026-correto.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1174/projeto_de_lei_1249-2026-osni_-_bratac.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1175/projeto_de_lei_1250-2026-alex.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1171/projeto_de_resolucao_001-2026-acesso_a_informacao.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1047/requerimento_001-2026-anelise_e_jucineide-informacoes_poco_artesiano.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1056/requerimento_003-2026-anelise_e_jucineide.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1066/requerimento_05-2026-comissao.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1043/projeto_legislativo_001-2026.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1044/of.037-2026-prefeitura.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1075/oficio_063-2026.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1176/of.072-2026-resposta_ao_oficio_018_da_camara.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1045/oficio_n002-2026-devolucao_da_camara.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1073/alcenir-oficio_2n-2026-gsoguima.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1172/oficio_no_6i_-2026-gsoguima_saude_-_custeio_pap_-_tapira.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1112/lei_1172-2026_-_recomposicao_salarial.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1113/lei_1173-2026_-_salario_minimo_municipal.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1114/lei_1174-2026_-_parcelamento_tapiraprev.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1115/lei_1175-2026_-_recomposicao_legislativo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1078/portaria_003-giancarlo.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/sapl/public/materialegislativa/2026/1179/oficio_022-2026-indicacoes.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tapira.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="28.5703125" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="151.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="74.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="138.42578125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -530,117 +1338,2169 @@
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H6" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>39</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H8" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>42</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>43</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>18</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="H9" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>47</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>48</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="H10" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>51</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>52</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>39</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="H11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>55</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>56</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>57</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="H12" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>60</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>61</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>48</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H13" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>64</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>65</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H14" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>68</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>69</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>70</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="H15" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>73</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>74</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>70</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="H16" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>77</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>78</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>79</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="H17" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>82</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>83</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" t="s">
+        <v>39</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H18" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>86</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>87</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>39</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H19" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>89</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>90</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
+        <v>18</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H20" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>92</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>93</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" t="s">
+        <v>94</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="H21" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>97</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>98</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>70</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="H22" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>101</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>102</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>103</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H23" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>106</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>107</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>57</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="H24" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>110</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>111</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" t="s">
+        <v>57</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="H25" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>114</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>115</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" t="s">
+        <v>48</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="H26" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>118</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>119</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>12</v>
+      </c>
+      <c r="F27" t="s">
+        <v>39</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="H27" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>122</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>123</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" t="s">
+        <v>57</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H28" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>125</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>126</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>127</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H29" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>129</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>130</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>103</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H30" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>132</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>133</v>
+      </c>
+      <c r="D31" t="s">
+        <v>134</v>
+      </c>
+      <c r="E31" t="s">
+        <v>135</v>
+      </c>
+      <c r="F31" t="s">
+        <v>136</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="H31" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>139</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>140</v>
+      </c>
+      <c r="D32" t="s">
+        <v>134</v>
+      </c>
+      <c r="E32" t="s">
+        <v>135</v>
+      </c>
+      <c r="F32" t="s">
+        <v>136</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="H32" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>143</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>144</v>
+      </c>
+      <c r="D33" t="s">
+        <v>134</v>
+      </c>
+      <c r="E33" t="s">
+        <v>135</v>
+      </c>
+      <c r="F33" t="s">
+        <v>136</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="H33" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>147</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>148</v>
+      </c>
+      <c r="D34" t="s">
+        <v>134</v>
+      </c>
+      <c r="E34" t="s">
+        <v>135</v>
+      </c>
+      <c r="F34" t="s">
+        <v>136</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="H34" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>151</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>152</v>
+      </c>
+      <c r="D35" t="s">
+        <v>134</v>
+      </c>
+      <c r="E35" t="s">
+        <v>135</v>
+      </c>
+      <c r="F35" t="s">
+        <v>136</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="H35" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>155</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>156</v>
+      </c>
+      <c r="D36" t="s">
+        <v>134</v>
+      </c>
+      <c r="E36" t="s">
+        <v>135</v>
+      </c>
+      <c r="F36" t="s">
+        <v>136</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="H36" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>159</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>160</v>
+      </c>
+      <c r="D37" t="s">
+        <v>134</v>
+      </c>
+      <c r="E37" t="s">
+        <v>135</v>
+      </c>
+      <c r="F37" t="s">
+        <v>136</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H37" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>163</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>164</v>
+      </c>
+      <c r="D38" t="s">
+        <v>134</v>
+      </c>
+      <c r="E38" t="s">
+        <v>135</v>
+      </c>
+      <c r="F38" t="s">
+        <v>136</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H38" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>167</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>10</v>
+      </c>
+      <c r="D39" t="s">
+        <v>168</v>
+      </c>
+      <c r="E39" t="s">
+        <v>169</v>
+      </c>
+      <c r="F39" t="s">
+        <v>170</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="H39" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>173</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>10</v>
+      </c>
+      <c r="D40" t="s">
+        <v>174</v>
+      </c>
+      <c r="E40" t="s">
+        <v>175</v>
+      </c>
+      <c r="F40" t="s">
+        <v>176</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="H40" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>179</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>17</v>
+      </c>
+      <c r="D41" t="s">
+        <v>174</v>
+      </c>
+      <c r="E41" t="s">
+        <v>175</v>
+      </c>
+      <c r="F41" t="s">
+        <v>176</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H41" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>181</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>22</v>
+      </c>
+      <c r="D42" t="s">
+        <v>174</v>
+      </c>
+      <c r="E42" t="s">
+        <v>175</v>
+      </c>
+      <c r="F42" t="s">
+        <v>176</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="H42" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>184</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
         <v>26</v>
       </c>
-      <c r="H5" t="s">
-        <v>27</v>
+      <c r="D43" t="s">
+        <v>174</v>
+      </c>
+      <c r="E43" t="s">
+        <v>175</v>
+      </c>
+      <c r="F43" t="s">
+        <v>176</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H43" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>186</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>30</v>
+      </c>
+      <c r="D44" t="s">
+        <v>174</v>
+      </c>
+      <c r="E44" t="s">
+        <v>175</v>
+      </c>
+      <c r="F44" t="s">
+        <v>187</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H44" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>190</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>34</v>
+      </c>
+      <c r="D45" t="s">
+        <v>174</v>
+      </c>
+      <c r="E45" t="s">
+        <v>175</v>
+      </c>
+      <c r="F45" t="s">
+        <v>176</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H45" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>192</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>10</v>
+      </c>
+      <c r="D46" t="s">
+        <v>193</v>
+      </c>
+      <c r="E46" t="s">
+        <v>194</v>
+      </c>
+      <c r="F46" t="s">
+        <v>170</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="H46" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>197</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>198</v>
+      </c>
+      <c r="D47" t="s">
+        <v>199</v>
+      </c>
+      <c r="E47" t="s">
+        <v>200</v>
+      </c>
+      <c r="F47" t="s">
+        <v>136</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="H47" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>203</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>204</v>
+      </c>
+      <c r="D48" t="s">
+        <v>199</v>
+      </c>
+      <c r="E48" t="s">
+        <v>200</v>
+      </c>
+      <c r="F48" t="s">
+        <v>136</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="H48" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>207</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>208</v>
+      </c>
+      <c r="D49" t="s">
+        <v>199</v>
+      </c>
+      <c r="E49" t="s">
+        <v>200</v>
+      </c>
+      <c r="F49" t="s">
+        <v>136</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="H49" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>211</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D50" t="s">
+        <v>212</v>
+      </c>
+      <c r="E50" t="s">
+        <v>213</v>
+      </c>
+      <c r="F50" t="s">
+        <v>176</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="H50" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>216</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>22</v>
+      </c>
+      <c r="D51" t="s">
+        <v>212</v>
+      </c>
+      <c r="E51" t="s">
+        <v>213</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H51" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>219</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>220</v>
+      </c>
+      <c r="D52" t="s">
+        <v>212</v>
+      </c>
+      <c r="E52" t="s">
+        <v>213</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="H52" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>223</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>34</v>
+      </c>
+      <c r="D53" t="s">
+        <v>224</v>
+      </c>
+      <c r="E53" t="s">
+        <v>225</v>
+      </c>
+      <c r="F53" t="s">
+        <v>226</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H53" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>228</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>219</v>
+      </c>
+      <c r="D54" t="s">
+        <v>229</v>
+      </c>
+      <c r="E54" t="s">
+        <v>230</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="H54" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>233</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>223</v>
+      </c>
+      <c r="D55" t="s">
+        <v>229</v>
+      </c>
+      <c r="E55" t="s">
+        <v>230</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="H55" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>236</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>159</v>
+      </c>
+      <c r="D56" t="s">
+        <v>229</v>
+      </c>
+      <c r="E56" t="s">
+        <v>230</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="H56" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>239</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>163</v>
+      </c>
+      <c r="D57" t="s">
+        <v>229</v>
+      </c>
+      <c r="E57" t="s">
+        <v>230</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="H57" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>242</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>207</v>
+      </c>
+      <c r="D58" t="s">
+        <v>229</v>
+      </c>
+      <c r="E58" t="s">
+        <v>230</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H58" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>243</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>10</v>
+      </c>
+      <c r="D59" t="s">
+        <v>244</v>
+      </c>
+      <c r="E59" t="s">
+        <v>245</v>
+      </c>
+      <c r="F59" t="s">
+        <v>70</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H59" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>247</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>17</v>
+      </c>
+      <c r="D60" t="s">
+        <v>244</v>
+      </c>
+      <c r="E60" t="s">
+        <v>245</v>
+      </c>
+      <c r="F60" t="s">
+        <v>70</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H60" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>249</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>22</v>
+      </c>
+      <c r="D61" t="s">
+        <v>244</v>
+      </c>
+      <c r="E61" t="s">
+        <v>245</v>
+      </c>
+      <c r="F61" t="s">
+        <v>70</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="H61" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>252</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>10</v>
+      </c>
+      <c r="D62" t="s">
+        <v>253</v>
+      </c>
+      <c r="E62" t="s">
+        <v>254</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H62" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>256</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>17</v>
+      </c>
+      <c r="D63" t="s">
+        <v>253</v>
+      </c>
+      <c r="E63" t="s">
+        <v>254</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H63" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>257</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>22</v>
+      </c>
+      <c r="D64" t="s">
+        <v>253</v>
+      </c>
+      <c r="E64" t="s">
+        <v>254</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H64" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>259</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>26</v>
+      </c>
+      <c r="D65" t="s">
+        <v>253</v>
+      </c>
+      <c r="E65" t="s">
+        <v>254</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H65" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>261</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>30</v>
+      </c>
+      <c r="D66" t="s">
+        <v>253</v>
+      </c>
+      <c r="E66" t="s">
+        <v>254</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H66" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>263</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>34</v>
+      </c>
+      <c r="D67" t="s">
+        <v>253</v>
+      </c>
+      <c r="E67" t="s">
+        <v>254</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H67" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>265</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>38</v>
+      </c>
+      <c r="D68" t="s">
+        <v>253</v>
+      </c>
+      <c r="E68" t="s">
+        <v>254</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H68" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>266</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>43</v>
+      </c>
+      <c r="D69" t="s">
+        <v>253</v>
+      </c>
+      <c r="E69" t="s">
+        <v>254</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H69" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>267</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>47</v>
+      </c>
+      <c r="D70" t="s">
+        <v>253</v>
+      </c>
+      <c r="E70" t="s">
+        <v>254</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H70" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>268</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>52</v>
+      </c>
+      <c r="D71" t="s">
+        <v>253</v>
+      </c>
+      <c r="E71" t="s">
+        <v>254</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H71" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>269</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>56</v>
+      </c>
+      <c r="D72" t="s">
+        <v>253</v>
+      </c>
+      <c r="E72" t="s">
+        <v>254</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H72" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>270</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>61</v>
+      </c>
+      <c r="D73" t="s">
+        <v>253</v>
+      </c>
+      <c r="E73" t="s">
+        <v>254</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H73" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>271</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>65</v>
+      </c>
+      <c r="D74" t="s">
+        <v>253</v>
+      </c>
+      <c r="E74" t="s">
+        <v>254</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H74" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>272</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>69</v>
+      </c>
+      <c r="D75" t="s">
+        <v>253</v>
+      </c>
+      <c r="E75" t="s">
+        <v>254</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H75" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>273</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>74</v>
+      </c>
+      <c r="D76" t="s">
+        <v>253</v>
+      </c>
+      <c r="E76" t="s">
+        <v>254</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H76" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>274</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>78</v>
+      </c>
+      <c r="D77" t="s">
+        <v>253</v>
+      </c>
+      <c r="E77" t="s">
+        <v>254</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H77" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>275</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>83</v>
+      </c>
+      <c r="D78" t="s">
+        <v>253</v>
+      </c>
+      <c r="E78" t="s">
+        <v>254</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H78" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>276</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>87</v>
+      </c>
+      <c r="D79" t="s">
+        <v>253</v>
+      </c>
+      <c r="E79" t="s">
+        <v>254</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H79" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>277</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>90</v>
+      </c>
+      <c r="D80" t="s">
+        <v>253</v>
+      </c>
+      <c r="E80" t="s">
+        <v>254</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H80" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>279</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>93</v>
+      </c>
+      <c r="D81" t="s">
+        <v>253</v>
+      </c>
+      <c r="E81" t="s">
+        <v>254</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H81" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>281</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>98</v>
+      </c>
+      <c r="D82" t="s">
+        <v>253</v>
+      </c>
+      <c r="E82" t="s">
+        <v>254</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H82" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>283</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>102</v>
+      </c>
+      <c r="D83" t="s">
+        <v>253</v>
+      </c>
+      <c r="E83" t="s">
+        <v>254</v>
+      </c>
+      <c r="F83" t="s">
+        <v>70</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="H83" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>286</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>107</v>
+      </c>
+      <c r="D84" t="s">
+        <v>253</v>
+      </c>
+      <c r="E84" t="s">
+        <v>254</v>
+      </c>
+      <c r="F84" t="s">
+        <v>70</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H84" t="s">
+        <v>287</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>