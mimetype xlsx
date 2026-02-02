--- v0 (2025-10-14)
+++ v1 (2026-02-02)
@@ -81,94 +81,94 @@
 - Construção de quebra-molas na Rua Irati, esquina com a Rua Antonina, próximo a casa da Sr.ª. Antoninha Dutra Resende Brito. _x000D_
 - Construção de quebra-molas na Avenida Rio Grande do Sul, n°338 (entrada da cidade, vindo de Nova Olímpia).</t>
   </si>
   <si>
     <t>Indicação nº 4 de 2025</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, a instalação de iluminação pública na Rua Londrina, esquina com a Rua Piraquara (n°775).</t>
   </si>
   <si>
     <t>Indicação nº 5 de 2025</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, iluminação na Rua Guarapuava n° 1.363.</t>
   </si>
   <si>
     <t>Indicação nº 6 de 2025</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, reforma do antigo prédio da capela mortuária e em seguida transferir para os funcionários do Conselho Tutelar Municipal trabalharem.</t>
   </si>
   <si>
     <t>Indicação nº 7 de 2025</t>
   </si>
   <si>
-    <t>Alcenir Antonio Piloto</t>
+    <t>Alcenir</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal a implantação de um quebra molas no cruzamento da Rua Adão de Oliveira com a Avenida Curitiba.</t>
   </si>
   <si>
     <t>Indicação nº 8 de 2025</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal para que viabilize junto ao DER, a implantação de uma alça de acesso  na PR 576 - próxima ao KM 72.</t>
   </si>
   <si>
     <t>Indicação nº 9 de 2025</t>
   </si>
   <si>
-    <t>Jucelino da Conceição Alcântara</t>
+    <t>Jucelino</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito Municipal Ronald Smazaro, solicitando por intermédio do setor competente para que estudem a viabilidade técnica legal junto ao secretário de esportes Hugo Assis, da construção de um banheiro com acessibilidade no Ginásio de Esportes Alnei Cezar e que também seja construída uma plataforma com rampa de chegada para cadeirantes, para que assim eles possam ter um espaço reservado para assistir aos jogos.</t>
   </si>
   <si>
     <t>Indicação nº 10 de 2025</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Ronald Smarzaro, que por intermédio do setor competente para que estudem a viabilidade técnica legal, da elaboração de revitalização do Cemitério do Distrito de Santa Felicidade. E também fazer manutenção da cobertura do postinho de saúde do Distrito de Santa Felicidade, pois nos dias de chuvas causa muito transtorno para os colaboradores daquele setor.</t>
   </si>
   <si>
     <t>Indicação nº 11 de 2025</t>
   </si>
   <si>
-    <t>Devair dos Santos</t>
+    <t>Devair</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Ronald Smarzaro,  as seguintes providências:_x000D_
 - Reforma completa no campo sintético;_x000D_
 - Revitalização da Praça do Distrito de Gleba Quatro;_x000D_
 - Reforma da quadra de Santa Felicidade; _x000D_
 - Manutenção das estradas rurais.</t>
   </si>
   <si>
     <t>Indicação nº 12 de 2025</t>
   </si>
   <si>
-    <t>Micheli de Lima Rodrigues</t>
+    <t>Micheli</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Ronald Smarzaro,  que seja realizado pelo departamento de tributação a comunicação aos munícipes residentes no Distrito de Santa Felicidade, que este departamento possui mapa atualizado e numerado deste distrito, possibilitando aos mesmos identificar suas residências com a numeração predial oficial do município, conforme croqui em anexo. _x000D_
 Sugere-se que seja feita a comunicação por carro de som preferencialmente dias de semana, após as 18h e finais de semana, na intenção de que todos os moradores do referido distrito tenham conhecimento e possam regularizar seus imóveis.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 1190 de 2025</t>
   </si>
   <si>
     <t>Ronald Rogério Lopes Smarzaro - Prefeito</t>
   </si>
   <si>
     <t>Regulamenta o pagamento de diárias no âmbito do Poder Executivo e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 1191 de 2025</t>
   </si>
   <si>
     <t>Concede a recomposição salarial e aumento real dos vencimentos dos servidores públicos do Poder Executivo e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 1192 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a recomposição inflacionária e aumento real do salário mínimo municipal e dá outras providências, alterando as disposições da lei municipal n.º 1.081/2024.</t>