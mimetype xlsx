--- v0 (2025-10-11)
+++ v1 (2026-02-02)
@@ -60,51 +60,51 @@
   <si>
     <t>Ronald Rogério Lopes Smarzaro - Prefeito</t>
   </si>
   <si>
     <t>Regulamenta o pagamento de diárias no âmbito do Poder Executivo e dá outras providências.</t>
   </si>
   <si>
     <t>Proposição aprovada em 1º turno</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 1191 de 2025</t>
   </si>
   <si>
     <t>Concede a recomposição salarial e aumento real dos vencimentos dos servidores públicos do Poder Executivo e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 1192 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a recomposição inflacionária e aumento real do salário mínimo municipal e dá outras providências, alterando as disposições da lei municipal n.º 1.081/2024.</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 1 de 2025</t>
   </si>
   <si>
-    <t>Micheli de Lima Rodrigues</t>
+    <t>Micheli</t>
   </si>
   <si>
     <t>Institui a Procuradoria da Mulher no âmbito da Câmara Municipal de Tapira e dá outras providencias.</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 2 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a utilização de veículos oficiais pelos órgãos da Câmara Municipal de Tapira.</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 1 de 2025</t>
   </si>
   <si>
     <t>Estabelece normas para o pagamento de diárias no âmbito do Poder Legislativo do Município de Tapira e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 2 de 2025</t>
   </si>
   <si>
     <t>Concede recomposição salarial dos vencimentos dos Servidores Públicos do Poder Legislativo, e dá outras providências.</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
@@ -114,129 +114,129 @@
   <si>
     <t>Institui junta médica oficial do Município de Tapira, regulamenta o atestado médico e/ou declaração para acompanhamento de familiar dos servidores públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>Aguardando leitura do Expediente em sessão</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 1195 de 2025</t>
   </si>
   <si>
     <t>Autoriza leilão de bens inservíveis do município e dá outras providências.</t>
   </si>
   <si>
     <t>Indicação nº 19 de 2025</t>
   </si>
   <si>
     <t>Micheli e Vanderlei - Vereador</t>
   </si>
   <si>
     <t>Solicitam ao Senhor Prefeito Municipal, Ronald, solicitando a aquisição de Playgrounds Temáticos Inclusivos, para nosso município.</t>
   </si>
   <si>
     <t>Indicação nº 20 de 2025</t>
   </si>
   <si>
-    <t>Jucelino da Conceição Alcântara</t>
+    <t>Jucelino</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito Municipal Ronald Smarzaro, que por intermédio de assessoria jurídica e os demais setores competentes, através de convênio e parcerias públicas privadas para disponibilizar sinal público de internet através do sistema de wifi, nas praças públicas do município (Praça Central, Distritos de Ouro Verde, Santa Felicidade Gleba Quatro).</t>
   </si>
   <si>
     <t>Indicação nº 21 de 2025</t>
   </si>
   <si>
-    <t>Alcides Masquietto</t>
+    <t>Alcides</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito Municipal Ronald Smarzaro, a construção de um portal na entrada da cidade, na Avenida Rio Grande do Sul (saída para a cidade de Nova Olímpia). Pois este portal vai trazer uma grande beleza em nosso município.</t>
   </si>
   <si>
     <t>Indicação nº 22 de 2025</t>
   </si>
   <si>
     <t>Solicitando que o senhor prefeito tome as devidas providências para que volte  a colocar novamente as tartarugas nas rotatórias da avenida Curitiba, nos seguintes locais: perto do Correio, próximo à loja Gonçalves, próximo ao poço Zabini, próximo à loja do Nino, próximo ao Banco Sicoob e próximo ao poço do Satoshi. Na gestão passada, foi indicado por mim e foram colocadas, mas o pessoal que fizeram o recape do asfalto, retiraram, e é muito importante que sejam colocadas novamente, para que sejam evitados acidentes.</t>
   </si>
   <si>
     <t>Indicação nº 23 de 2025</t>
   </si>
   <si>
     <t>Pede ao senhor Prefeito Municipal, que sejam adquiridos esterco de frango e distribuídos aos produtores de Bicho da Seda.</t>
   </si>
   <si>
     <t>Indicação nº 24 de 2025</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito Municipal Ronald, calçamento do canteiro da Avenida Porto Alegre, próximo a casa do Raimundo Viana até a Cocamar.</t>
   </si>
   <si>
     <t>Indicação nº 25 de 2025</t>
   </si>
   <si>
     <t>Solicitando que peça aos seus deputados, emenda para construção de uma via de asfalto da saída da cidade até a Vila Rural, (sentido a Nova Olímpia).</t>
   </si>
   <si>
     <t>Indicação nº 26 de 2025</t>
   </si>
   <si>
     <t>Solicitando ao senhor Prefeito Municipal a execução do trevo próximo ao local onde a empresa Cocamar irá construir. Nesta estrada já está funcionando uma cerâmica, uma farinheira e vários barracões de frango, sendo assim há um grande fluxo de caminhões.</t>
   </si>
   <si>
     <t>Indicação nº 27 de 2025</t>
   </si>
   <si>
     <t>Alcides e Devair - vereador</t>
   </si>
   <si>
     <t>Solicitam ao senhor Prefeito Municipal, providências no cadastro das matas do município para que assim receba o ICMS Ecológico.</t>
   </si>
   <si>
     <t>Indicação nº 28 de 2025</t>
   </si>
   <si>
-    <t>Alcenir Antonio Piloto</t>
+    <t>Alcenir</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, que viabilize junto à Receita Federal ou outro órgão do Governo Estadual, a doação de um veículo utilitário, tipo Fiorino, Saveiro, Montana, ou similar  para doação à Associação dos Separadores de materiais recicláveis de Tapira-ASEMART.</t>
   </si>
   <si>
     <t>Indicação nº 29 de 2025</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, que viabilize o fornecimento de uniformes adequados para os garis e para o pessoal que trabalha com a varrição que atuam no município.</t>
   </si>
   <si>
     <t>Indicação nº 30 de 2025</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, que viabilize reforma e melhora das condições do Parquinho municipal. Localizado próximo a feira dos trabalhadores e praça da Igreja, na Av. Paraná.</t>
   </si>
   <si>
     <t>Indicação nº 31 de 2025</t>
   </si>
   <si>
-    <t>Jucineide Aparecida Brito da Silva - Vereadora</t>
+    <t>Jucineide Aparecida Brito da Silva - Parlamentar</t>
   </si>
   <si>
     <t>Solicitando rebaixamento de dois quebra-molas existentes na Rua Castro, entre a Avenida Curitiba e a Rua Maria Carraro de Aguiar.</t>
   </si>
   <si>
     <t>Indicação nº 32 de 2025</t>
   </si>
   <si>
     <t>Solicitando a sinalização por meio de placas em casa esquina, dos nomes das ruas, ou substituir tal pedido por escrever das ruas nos postes. Isso facilitará a localização, principalmente pelos novos motoristas da saúde que precisam ir até as casas dos pacientes.</t>
   </si>
   <si>
     <t>Indicação nº 33 de 2025</t>
   </si>
   <si>
     <t>Solicitando asfalto na Rua Piraquara, no trecho da rua em frente a UBS até a Avenida Rio Grande do Sul e no trecho da Rua Londrina, também até a Avenida Rio Grande do Sul.</t>
   </si>
   <si>
     <t>Indicação nº 34 de 2025</t>
   </si>
   <si>
     <t>João César de Moraes Perin - Vereador</t>
   </si>
   <si>
     <t>Solicitando a instalação de Ecopontos, cercados de alambrado e com cobertura, para armazenar o lixo das residências próximas, até o dia da coleta, nos seguintes locais: - na curva próximo a casa do “Calói”, no final da estrada da Água do Avião e outra no Ouro Verde. E se possível que adquira umas a mais, caso apareçam outros locais que se fizer necessário a instalação.</t>
   </si>
@@ -561,51 +561,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="36.42578125" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="41.42578125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="43" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="41" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">