--- v0 (2025-10-12)
+++ v1 (2026-02-02)
@@ -36,141 +36,141 @@
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Indicação nº 35 de 2025</t>
   </si>
   <si>
-    <t>Anelise Prado Lopes</t>
+    <t>Anelise</t>
   </si>
   <si>
     <t>Instalação de câmeras de segurança em áreas públicas, exemplo: praça, entradas, da cidade e distritos, cemitério, ginásio de esportes, avenidas, parquinhos, campo sintético. Com gravação, armazenamento e manutenção junto ao órgão competente.</t>
   </si>
   <si>
     <t>Aguardando leitura do Expediente em sessão</t>
   </si>
   <si>
     <t>Indicação nº 36 de 2025</t>
   </si>
   <si>
     <t>Todos os Vereadores - vereador</t>
   </si>
   <si>
     <t>Apresentar a proposta para a realização de um torneio regional de pesca no Rio Ivaí com o objetivo de promover o esporte e lazer e, assim como o turismo na nossa cidade de Tapira.</t>
   </si>
   <si>
     <t>Indicação nº 37 de 2025</t>
   </si>
   <si>
-    <t>Jucelino da Conceição Alcântara</t>
+    <t>Jucelino</t>
   </si>
   <si>
     <t>Que por intermédio do setor competente, um estudo para criação de um plano municipal com parceria entre corpo de bombeiros e defesa civil para dar treinamento contínuo e capacitação, para alguns dos servidores do quadro municipal com foco em salvamento e combate ao incêndio.</t>
   </si>
   <si>
     <t>Indicação nº 38 de 2025</t>
   </si>
   <si>
     <t>Que por intermédio do setor competente, a viabilidade de fazer manutenção e substituição dos meios fios das ruas de nossa cidade. E também uma rotatória no canteiro da Avenida Paraná, saída para o distrito de Ouro Verde, dando acesso a rua Paranaguá e também um acostamento dando acesso a rua Castro.</t>
   </si>
   <si>
     <t>Indicação nº 39 de 2025</t>
   </si>
   <si>
     <t>Jucineide Aparecida de Brito da Silva - Vereadora</t>
   </si>
   <si>
     <t>Solicitando um estudo para ver a possibilidade de colocar um adicional de insalubridade ou periculosidade para as funcionárias públicas de serviços gerais, que trabalham na cozinha e limpeza.</t>
   </si>
   <si>
     <t>Indicação nº 40 de 2025</t>
   </si>
   <si>
     <t>Solicitando uma readequação no Bosque “Leonardo de Oliveira da Cruz”, com reposição de areia na quadra e construção de um parquinho.</t>
   </si>
   <si>
     <t>Indicação nº 41 de 2025</t>
   </si>
   <si>
     <t>Construção de uma capela mortuária no Distrito de Ouro Verde Alto.</t>
   </si>
   <si>
     <t>Indicação nº 42 de 2025</t>
   </si>
   <si>
     <t>João César de Moraes Perin - Vereador</t>
   </si>
   <si>
     <t>Solicitando asfalto no trecho da Rua Antônio Hermínio de Aguiar, entre a Rua Londrina e a Rua Jataizinho.</t>
   </si>
   <si>
     <t>Indicação nº 43 de 2025</t>
   </si>
   <si>
-    <t>Micheli de Lima Rodrigues</t>
+    <t>Micheli</t>
   </si>
   <si>
     <t>Instalação e monitoramento de câmeras de segurança em pontos estratégicos da Unidade de Pronto Atendimento de Tapira-Pr, assim como de um segurança, principalmente nos plantões noturnos.</t>
   </si>
   <si>
     <t>Indicação nº 44 de 2025</t>
   </si>
   <si>
     <t>Micheli e Vanderlei - Vereador</t>
   </si>
   <si>
     <t>Criação de um banco de dados municipal (uma plataforma), com o cadastro de todas os MEIS do Município, aderindo ao Programa Contrata + Brasil, onde a prefeitura poderá contratar os microempreendedores Individuais que prestem serviços básicos, como manutenções por exemplo.</t>
   </si>
   <si>
     <t>Indicação nº 45 de 2025</t>
   </si>
   <si>
     <t>Solicitando um estudo detalhado da frota de veículos do município e da logística de utilização dos mesmos, assim como seja feita a avaliação da viabilidade técnica e financeira da implementação de forma estratégica e gradativa de um Plano de Mobilidade Elétrica para o Município de Tapira-Pr.</t>
   </si>
   <si>
     <t>Indicação nº 46 de 2025</t>
   </si>
   <si>
-    <t>Devair dos Santos</t>
+    <t>Devair</t>
   </si>
   <si>
     <t>Solicitando reforma do posto de saúde do Distrito de Gleba 4.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 1197 de 2025</t>
   </si>
   <si>
     <t>Ronald Rogério Lopes Smarzaro - Prefeito</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 7.107.403,99 (sete milhões cento e sete mil quatrocentos e três reais e noventa e nove centavos)</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 1198 de 2025</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 902.684,28 (novecentos e dois mil seiscentos e oitenta e quatro reais e vinte e oito centavos)</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 1199 de 2025</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 46.960,68 (quarenta e seis mil novecentos e sessenta reais e sessenta e oito centavos)</t>
   </si>