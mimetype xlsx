--- v0 (2025-10-11)
+++ v1 (2026-02-02)
@@ -81,63 +81,63 @@
   <si>
     <t>Projeto de Lei Ordinária nº 1198 de 2025</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 902.684,28 (novecentos e dois mil seiscentos e oitenta e quatro reais e vinte e oito centavos)</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 1199 de 2025</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 46.960,68 (quarenta e seis mil novecentos e sessenta reais e sessenta e oito centavos)</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 1201 de 2025</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 52.000,00 (cinqüenta e dois mil reais)</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Indicação nº 56 de 2025</t>
   </si>
   <si>
-    <t>Jucelino da Conceição Alcântara</t>
+    <t>Jucelino</t>
   </si>
   <si>
     <t>Solicitando por intermédio do setor competente a possibilidade, dentro das normas legais, uma escola de aprendizagem para ministrar cursos diversos, dentro do projeto menor aprendiz, gratuito, para os nossos jovens Tapirenses.</t>
   </si>
   <si>
     <t>Aguardando leitura do Expediente em sessão</t>
   </si>
   <si>
     <t>Ofício recebido de parlamentar nº 33 de 2025</t>
   </si>
   <si>
-    <t>Vanderlei Vieira Mendes</t>
+    <t>Vanderlei</t>
   </si>
   <si>
     <t>Requerer a Secretaria de Agricultura do Município de Tapira a relação de associações estabelecidas neste município bem como a relação de comissão de cada uma das associações.</t>
   </si>
   <si>
     <t>Ofício recebido de parlamentar nº 39 de 2025</t>
   </si>
   <si>
     <t>Requerer ao Prefeito Municipal informações sobre quais conselhos estão estabelecidos no município e qual a relação de integrantes de cada Conselho.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 1202 de 2025</t>
   </si>
   <si>
     <t>Altera a Redação do Art. 40 da Lei N.º 1.029/2023.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">