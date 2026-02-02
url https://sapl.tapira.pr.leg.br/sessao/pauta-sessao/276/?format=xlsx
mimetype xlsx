--- v0 (2025-10-12)
+++ v1 (2026-02-02)
@@ -84,72 +84,72 @@
   <si>
     <t>Autoriza crédito especial na importância de até 902.684,28 (novecentos e dois mil seiscentos e oitenta e quatro reais e vinte e oito centavos)</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 1199 de 2025</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 46.960,68 (quarenta e seis mil novecentos e sessenta reais e sessenta e oito centavos)</t>
   </si>
   <si>
     <t>Aguardando discussão e votação</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 1201 de 2025</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 52.000,00 (cinqüenta e dois mil reais)</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Indicação nº 57 de 2025</t>
   </si>
   <si>
-    <t>Anelise Prado Lopes</t>
+    <t>Anelise</t>
   </si>
   <si>
     <t>Solicitando ao prefeito municipal a criação de página ativa da PREFEITURA MUNICIPAL nas redes sociais (Facebook e Instagram) objetivando informar a comunidade de forma gratuita, mais abrangente e eficaz a respeito de diversos assuntos de interesse público, visto que praticamente toda a população tem acesso a mesma.</t>
   </si>
   <si>
     <t>Aguardando leitura do Expediente em sessão</t>
   </si>
   <si>
     <t>Indicação nº 58 de 2025</t>
   </si>
   <si>
-    <t>Jucelino da Conceição Alcântara</t>
+    <t>Jucelino</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal, por intermédio do setor competente a possibilidade, de que seja colocada uma placa com os dizeres: “SEJA BEM-VINDO” nos seguintes locais: Jardim Itália; Jardim Vitória; Jardim Sol Nascente.</t>
   </si>
   <si>
     <t>Indicação nº 59 de 2025</t>
   </si>
   <si>
-    <t>Alcenir Antonio Piloto</t>
+    <t>Alcenir</t>
   </si>
   <si>
     <t>Tapa buracos na seguintes ruas: _x000D_
 - Av. Paraná entre a Rua Lapa e a Rua São Mateus;_x000D_
 - Rua Bocaiuva entre a Rua Lapa e a Av. Curitiba;_x000D_
 - Rua São Mateus nos trechos entre a R. Antônio Herminio de Aguiar e Av. Porto Alegre;_x000D_
 - Rua São Mateus nos trechos entre a Rua Colombo e a Rua Almirante Tamandaré;_x000D_
 - Rua Maria Carraro de Aguiar entre a Rua Piraquara e a Rua Bocaiuva;_x000D_
 - Rua Piraquara entre a Rua Rio Negro e a Rua Lapa.</t>
   </si>
   <si>
     <t>Ofício nº 145 de 2025</t>
   </si>
   <si>
     <t>LOHAIDE CRISTINE SOUZA - Diretora de Gabinete da Presidência</t>
   </si>
   <si>
     <t>Ofício recebido do TCE-PR  informando a emissão do Parecer Prévio n° 189952/24, proferido pelo TCE-PR do Poder Executivo do Município de Tapira, exercício financeiro de 2023.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
 </sst>
 </file>
 