--- v0 (2025-10-10)
+++ v1 (2026-02-02)
@@ -36,87 +36,87 @@
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 3 de 2025</t>
   </si>
   <si>
-    <t>Vanderlei Vieira Mendes</t>
+    <t>Vanderlei</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário do Município de Tapira ao Sr. Daniel Bernardino da Silva.</t>
   </si>
   <si>
     <t>Aguardando leitura do Expediente em sessão</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 1203 de 2025</t>
   </si>
   <si>
     <t>Ronald Rogério Lopes Smarzaro - Prefeito</t>
   </si>
   <si>
     <t>Projeto de Lei N° 1.203/2025 - Ementa: Dispõe sobre a permissão de uso de bem público de propriedade do Poder Executivo a título gratuito e dá outras providências.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 1204 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para celebrar contrato de locação com OSNY  ANTÔNIO DE SOUZA AVILA e, dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 1205 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para celebrar contrato de locação com ALEX KNIERIM DOS REIS e, dá outras providências.</t>
   </si>
   <si>
     <t>Requerimento nº 1 de 2025</t>
   </si>
   <si>
-    <t>Anelise Prado Lopes</t>
+    <t>Anelise</t>
   </si>
   <si>
     <t>Requer as seguintes  informações a respeito da captação de imagens e divulgações que estão ocorrendo por servidor do Município: - Há interesse do Executivo na criação das redes sociais da Prefeitura Municipal? Com uma página própria, com objetivo de divulgação de informações à população, assim como de prestação de esclarecimentos? -Quantidade de horas disponíveis para captação de dados para o município, por meio do servidor já designado? -Esse mesmo servidor alimentará a página do Município, ou seja, será responsável por administrar os conteúdos postados? -Qual material a Prefeitura municipal está disponibilizando para esse servidor? -O material poderá ser utilizado fora das horas destinadas a captação de imagens e/ou áudios para o Município? -O que é feito com essa captação atualmente? Para onde é enviado e onde é (caso seja) postado? -Como é feito o tratamento dessa captação e a preparação das artes, é o próprio servidor o responsável? CONTINUA...</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>