--- v0 (2025-10-12)
+++ v1 (2026-02-02)
@@ -36,96 +36,96 @@
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 3 de 2025</t>
   </si>
   <si>
-    <t>Vanderlei Vieira Mendes</t>
+    <t>Vanderlei</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário do Município de Tapira ao Sr. Daniel Bernardino da Silva.</t>
   </si>
   <si>
     <t>Aguardando discussão e votação</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Ofício nº 7 de 2025</t>
   </si>
   <si>
     <t>Tiago Cabrera de Oliveira - Secretário da Agricultura</t>
   </si>
   <si>
     <t>Ofício N°07/2025 recebido do Secretário Municipal de Agricultura, Pecuária e Meio Ambiente, em resposta ao Ofício 033/2025 desta Casa de Leis no qual solicita a relação das Associações estabelecidas neste município de Tapira.</t>
   </si>
   <si>
     <t>Aguardando leitura do Expediente em sessão</t>
   </si>
   <si>
     <t>Ofício nº 88 de 2025</t>
   </si>
   <si>
     <t>Ronald Rogério Lopes Smarzaro - Prefeito</t>
   </si>
   <si>
     <t>Ofício N°088/2025 recebido da prefeitura municipal referente o encaminhamento de documentos Contábeis do exercício de 2024.</t>
   </si>
   <si>
     <t>Ofício recebido de parlamentar nº 6 de 2025</t>
   </si>
   <si>
-    <t>Devair dos Santos</t>
+    <t>Devair</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal para que coloque um rastreador em toda a frota do nosso município.</t>
   </si>
   <si>
     <t>Indicação nº 60 de 2025</t>
   </si>
   <si>
-    <t>Micheli de Lima Rodrigues</t>
+    <t>Micheli</t>
   </si>
   <si>
     <t>Solicitando sinalização das estradas rurais do município de Tapira-Pr, dos seguintes tipo: 1 - Placas de identificação de estrada; 2 - Placas de direção e indicação de distância; 3-Áreas de advertência e perigo.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 1200 de 2025</t>
   </si>
   <si>
     <t>Altera a Lei 755/2017 e seus anexos, insere novo organograma e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 1207 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a cessão de direito real de uso de imóvel de propriedade do município de Tapira à câmara municipal de Tapira para a edificação da nova sede do Poder Legislativo, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>