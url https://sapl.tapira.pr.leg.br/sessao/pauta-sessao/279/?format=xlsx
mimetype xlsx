--- v0 (2025-10-12)
+++ v1 (2026-02-02)
@@ -36,51 +36,51 @@
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 3 de 2025</t>
   </si>
   <si>
-    <t>Vanderlei Vieira Mendes</t>
+    <t>Vanderlei</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário do Município de Tapira ao Sr. Daniel Bernardino da Silva.</t>
   </si>
   <si>
     <t>Proposição aprovada em 1º turno</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Ofício nº 89 de 2025</t>
   </si>
   <si>
     <t>Ronald Rogério Lopes Smarzaro - Prefeito</t>
   </si>
   <si>
     <t>Ofício N°089/2025 recebido da prefeitura em resposta aos ofícios desta câmara: n°004; 012/2025; 018/2025; 021/2025; 026/2025; 034/2025; 038/2025.</t>
   </si>
   <si>
     <t>Aguardando leitura do Expediente em sessão</t>
   </si>
   <si>
     <t>Ofício nº 90 de 2025</t>
   </si>
@@ -96,51 +96,51 @@
   <si>
     <t>Solicitam a elaboração de um calendário físico, com a imagem do cartão postal da Cidade de Tapira (nosso Cristo) e o mapa da cidade dividido em cores para identificar os setores, calendário este a ser entregue aos munícipes, com a identificação de dias e meses da coleta de galhos e entulhos em cada setor. Assim como, orientação para que enquanto não for o período de cada setor, o mesmo poderá se valer da caçamba. O calendário também pode trazer toda a agenda de campanhas e programas que acontecerá no decorrer do ano, como por exemplo, semana do outubro rosa, Novembro Azul, dias identificados com campanha de vacinação, coletas de preventivos, e demais informações que possam ser identificadas e que sua agenda aconteça de forma anual.</t>
   </si>
   <si>
     <t>Indicação nº 62 de 2025</t>
   </si>
   <si>
     <t>Alcides e Devair - vereador</t>
   </si>
   <si>
     <t>Solicitando ao prefeito para que termine a instalação do poço artesiano da localidade Água da Fortuna, que só está faltando a instalação dos canos, pois a referida comunidade está sofrendo pela falta de água.</t>
   </si>
   <si>
     <t>Indicação nº 63 de 2025</t>
   </si>
   <si>
     <t>João César de Moraes Perin - Vereador</t>
   </si>
   <si>
     <t>Solicitando que os dois quebra-molas existentes na Avenida Rio Grande do Sul, no final da Vila Operária, sejam refeitos, pois estão muito rebaixados, e as pessoas ao passar com seus veículos não diminuem a velocidade.</t>
   </si>
   <si>
     <t>Indicação nº 64 de 2025</t>
   </si>
   <si>
-    <t>Alcenir Antonio Piloto</t>
+    <t>Alcenir</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, que viabilize a melhora da iluminação na entrada da cidade, Av. Paraná, sentido Ouro Verde e Douradina – PR – 576.</t>
   </si>
   <si>
     <t>Relatório nº 1 de 2025</t>
   </si>
   <si>
     <t>Relatório dos trabalhos realizados nesta Casa de Leis nos primeiros 100 dias desta Legislatura, ressaltando o empenho de todos nós vereadores e vereadoras que têm contribuído para o melhor de nosso município.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
     <t>Indicação nº 65 de 2025</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Prefeito Municipal, que viabilize a instalação de placas de sinalização de trânsito, proibindo o tráfego de caminhões com cargas vivas no centro da cidade.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">