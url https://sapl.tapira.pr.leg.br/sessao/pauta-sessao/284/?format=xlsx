--- v0 (2025-10-12)
+++ v1 (2026-02-02)
@@ -73,99 +73,99 @@
     <t>Dispõe sobre a Conferência Municipal de Saúde e dá outras providências e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 1212 de 2025</t>
   </si>
   <si>
     <t>Autoriza o Município de Tapira a ingressar no consórcio intermunicipal para conservação do remanescente do rio Paraná e áreas de influência – CORIPA e dá outras providências.</t>
   </si>
   <si>
     <t>Emenda nº 1 de 2025</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
     <t>Emenda Aditiva:_x000D_
 Acrescenta o Artigo 4° ao Projeto de Lei N°1.212/2025</t>
   </si>
   <si>
     <t>Aguardando discussão e votação</t>
   </si>
   <si>
     <t>Requerimento nº 3 de 2025</t>
   </si>
   <si>
-    <t>Jucineide Aparecida Brito da Silva - Vereadora</t>
+    <t>Jucineide Aparecida Brito da Silva - Parlamentar</t>
   </si>
   <si>
     <t>Requer à Mesa Diretora, após deliberação do Plenário, que seja oficiado o Excelentíssimo Senhor Prefeito Municipal, para que este, no prazo legal, encaminhe informações o cumprimento do art. 40 da lei nº 1057/2023 que "Dispõe sobre o Código de Postura”.</t>
   </si>
   <si>
     <t>Moção nº 1 de 2025</t>
   </si>
   <si>
     <t>Os 9 Vereadores - Vereadores</t>
   </si>
   <si>
     <t>A Câmara Municipal de Tapira, Estado do Paraná, por iniciativa de todos os vereadores, manifestam, por meio desta moção, seu apoio irrestrito às Associações de Pais e Amigos dos Excepcionais – APAEs e seu repúdio à Ação Direta de Inconstitucionalidade nº 7796, atualmente em trâmite no Supremo Tribunal Federal (STF), que visa impedir o repasse de recursos públicos a essas instituições.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Edital de Audiência Pública da Câmara nº 2 de 2025</t>
   </si>
   <si>
-    <t>Vanderlei Vieira Mendes</t>
+    <t>Vanderlei</t>
   </si>
   <si>
     <t>Convoca, para efeitos de transparência na gestão fiscal, Audiência Pública da Câmara Municipal de Tapira, para demonstrar e avaliar o cumprimento das metas fiscais do 1º Quadrimestre de 2025, a ser realizada no dia vinte e nove de maio de dois mil e vinte e cinco, a partir das nove horas, nesta Câmara Municipal de Tapira.</t>
   </si>
   <si>
     <t>Aguardando leitura do Expediente em sessão</t>
   </si>
   <si>
     <t>Indicação nº 76 de 2025</t>
   </si>
   <si>
     <t>Micheli e Vanderlei - Vereador</t>
   </si>
   <si>
     <t>Solicitam que envie ofício à Secretaria de Trabalho, Qualificação e Renda do Governo do Paraná, solicitando que, através do Projeto “Qualifica Paraná 2025” sejam enviadas ao Município de Tapira-Pr as Carretas do Conhecimento, nas seguintes especialidades:_x000D_
 1- Soldagem _x000D_
 2- Informática_x000D_
 3- Instalação Elétrica</t>
   </si>
   <si>
     <t>Indicação nº 77 de 2025</t>
   </si>
   <si>
-    <t>Jucelino da Conceição Alcântara</t>
+    <t>Jucelino</t>
   </si>
   <si>
     <t>Solicita por intermédio do setor competente a viabilidade de aumentar mais uma sala no CMEI Pedro Néia para atender a demanda da fila de espera do berçário.</t>
   </si>
   <si>
     <t>Edital de Audiência Pública da Prefeitura nº 2 de 2025</t>
   </si>
   <si>
     <t>Edital de Audiência Pública da Prefeitura no dia 29 de maio de 2025 a partir das 09h00 a ser realizada na Comissão de Economia, Finanças e Fiscalização da Câmara Municipal de Tapira</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
@@ -475,51 +475,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="48.140625" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="41.42578125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="43" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="41" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">