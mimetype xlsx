--- v0 (2025-10-12)
+++ v1 (2026-02-02)
@@ -51,51 +51,51 @@
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 1214 de 2025</t>
   </si>
   <si>
     <t>Ronald Rogério Lopes Smarzaro - Prefeito</t>
   </si>
   <si>
     <t>Dispõe sobre a permissão de uso de bem público de propriedade do Poder Executivo a título gratuito e dá outras providências.</t>
   </si>
   <si>
     <t>Proposição aprovada em 1º turno</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Indicação nº 85 de 2025</t>
   </si>
   <si>
-    <t>Alcides Masquietto</t>
+    <t>Alcides</t>
   </si>
   <si>
     <t>Reiterar o pedido onde solicitei a instalação de sinalização de tachões de trânsito ou tachões refletivos, chamadas de “tartarugas”, entre os canteiros da Avenida Curitiba. Na gestão passada, foi indicado por mim e foram colocadas, mas o pessoal que fizeram o recape do asfalto, retiraram, e é muito importante que sejam colocadas novamente, pois estes dispositivos de sinalização horizontal, servem para delimitar espaços, indicar divisão da pista, e sinalizar as áreas de perigo.</t>
   </si>
   <si>
     <t>Aguardando leitura do Expediente em sessão</t>
   </si>
   <si>
     <t>Indicação nº 86 de 2025</t>
   </si>
   <si>
     <t>Micheli, Vanderlei, Devair, Jucelino, Alcides, João César - Vereadores</t>
   </si>
   <si>
     <t>Solicitam ao Senhor Prefeito Municipal,  que requeira junto à Secretaria da Justiça e Cidadania a Unidade Técnica do Projeto Paraná em Ação - UTPA, com objetivo de promover em nosso Município a feira de Serviços Paraná em Ação, em parceria com o município, oportunizando a população realizar de forma gratuita serviços públicos de estrema importância.</t>
   </si>
   <si>
     <t>Indicação nº 87 de 2025</t>
   </si>
   <si>
     <t>Solicita por intermédio do setor competente a viabilidade de adquirir carteiras escolares para o CMEI Claudio Ivantes, e que seja realizado uma pintura interna e externa do prédio, aproveitando as férias escolares do mês de julho. Solicito ainda que seja pintado uma faixa no asfalto delimitando os lugares dos ônibus.</t>
   </si>
 </sst>
 </file>
 