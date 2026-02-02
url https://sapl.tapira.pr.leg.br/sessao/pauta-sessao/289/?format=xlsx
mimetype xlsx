--- v0 (2025-10-11)
+++ v1 (2026-02-02)
@@ -60,87 +60,87 @@
   <si>
     <t>Ronald Rogério Lopes Smarzaro - Prefeito</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária para o exercício de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>Proposição aprovada em 1º turno</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 4 de 2025</t>
   </si>
   <si>
     <t>Os 9 Vereadores - Vereadores</t>
   </si>
   <si>
     <t>Declara a Festa de São João como Patrimônio Cultural Imaterial do Município de Tapira-Pr e estabelece normas para sua realização.</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Ofício nº 3 de 2025</t>
   </si>
   <si>
-    <t>Jucineide Aparecida Brito da Silva - Vereadora</t>
+    <t>Jucineide Aparecida Brito da Silva - Parlamentar</t>
   </si>
   <si>
     <t>Devolvendo o Projeto de Lei N°1.200/2025 - Súmula: Altera a Lei 755/2017 e seus anexos, insere novo organograma e dá outras providências, o qual havia solicitado Vista em sessão ordinária do dia 09-06-2025.</t>
   </si>
   <si>
     <t>Aguardando leitura do Expediente em sessão</t>
   </si>
   <si>
     <t>Convite nº 3 de 2025</t>
   </si>
   <si>
     <t>XIII Conferência Municipal de Assistência Social - Tema: 20 anos do SUAS: construção, proteção social e resistência. Dia 01 de julho às 8 hs - Local: ASSEMUTA.</t>
   </si>
   <si>
     <t>Indicação nº 97 de 2025</t>
   </si>
   <si>
     <t>Em análise a resposta do Prefeito Municipal, por intermédio do Ofício N°130/2025 referente minha Indicação N°067/2025, para uma melhor compreensão, solicito que envie a esta Casa de Leis para análise cópia dos seguintes laudos técnicos, dos servidores públicos municipais de serviços gerais, que trabalham na cozinha e limpeza:_x000D_
 - PGR - Programa de Gerenciamento de Riscos;_x000D_
 - PCMSO - Programa de Controle Médico Ocupacional - NR 07 e NR 32;_x000D_
 - LIP - Laudo de Insalubridade, Laudo de Periculosidade, pôr engenheiro de segurança do trabalho;_x000D_
 - LTCAT - Laudo Técnico das Condições do Ambiente do Trabalho;_x000D_
 - Gestão de exames de periódicos;_x000D_
 - ESO – Atestado de Saúde Ocupacional.</t>
   </si>
   <si>
     <t>Indicação nº 98 de 2025</t>
   </si>
   <si>
     <t>Solicitando um estudo para ver a possibilidade da substituição da nomenclatura de MOTORISTA para CONDUTOR DE AMBULÂNCIA, para aqueles servidores de tal função.</t>
   </si>
   <si>
     <t>Indicação nº 99 de 2025</t>
   </si>
   <si>
-    <t>Alcenir Antonio Piloto</t>
+    <t>Alcenir</t>
   </si>
   <si>
     <t>Que viabilize a construção de um banheiro público, no canteiro da Rua Rio Negro, nas proximidades do “Espetinho do Rios”.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 1217 de 2025</t>
   </si>
   <si>
     <t>Ratifica as alterações realizadas no Protocolo de Intenções e Estatuto/Contrato do Consórcio Intermunicipal de Saúde – Cisa/Amerios 12ª Regional de Saúde, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
@@ -450,51 +450,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="36.42578125" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="41.42578125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="43" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="41" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">