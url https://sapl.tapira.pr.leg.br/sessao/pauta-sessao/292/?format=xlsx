--- v0 (2025-10-11)
+++ v1 (2026-02-02)
@@ -72,51 +72,51 @@
   <si>
     <t>Autoriza crédito especial na importância de até 9.500,00 (nove mil quinhentos reais)</t>
   </si>
   <si>
     <t>Indicação nº 100 de 2025</t>
   </si>
   <si>
     <t>Anelise Prado Lopes e Jucineide Ap. de Brito da Silva - parlamentar</t>
   </si>
   <si>
     <t>Solicitam lixeiras educativas em todas as escolas municipais.</t>
   </si>
   <si>
     <t>Indicação nº 101 de 2025</t>
   </si>
   <si>
     <t>Micheli, Vanderlei, Devair, Jucelino, Alcides, João César - Vereadores</t>
   </si>
   <si>
     <t>Solicitam a criação de Programa de Recuperação Fiscal – REFIS, destinado à regularização de débitos de IPTU no âmbito do Município de Tapira-Pr, com o objetivo de oferecer condições especiais de parcelamento e desconto para contribuintes em débito com o referido tributo.</t>
   </si>
   <si>
     <t>Indicação nº 102 de 2025</t>
   </si>
   <si>
-    <t>Alcides Masquietto</t>
+    <t>Alcides</t>
   </si>
   <si>
     <t>Solicitando que veja a possibilidade de colocar grama sintética no parquinho, localizado próximo ao barracão da feira do produtor.</t>
   </si>
   <si>
     <t>Indicação nº 103 de 2025</t>
   </si>
   <si>
     <t>Solicitam asfalto na estrada que dá acesso às propriedades do programa Banco da Terra (assentamento).</t>
   </si>
   <si>
     <t>Indicação nº 104 de 2025</t>
   </si>
   <si>
     <t>Solicitam um caminhão coletor de lixo, para ser utilizado na coleta domiciliar. Bem como a aquisição de uma esteira, prensa e balança para a Associação dos Separadores de Materiais Recicláveis de Tapira – ASERTA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>