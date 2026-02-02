--- v0 (2025-10-10)
+++ v1 (2026-02-02)
@@ -58,78 +58,78 @@
     <t>Projeto de Lei Ordinária nº 1225 de 2025</t>
   </si>
   <si>
     <t>Ronald Rogério Lopes Smarzaro - Prefeito</t>
   </si>
   <si>
     <t>Súmula: Autoriza crédito especial na importância de até 35.000,00 (trinta e cinco mil reais).</t>
   </si>
   <si>
     <t>Aguardando leitura do Expediente em sessão</t>
   </si>
   <si>
     <t>Indicação nº 115 de 2025</t>
   </si>
   <si>
     <t>João César de Moraes Perin - Vereador</t>
   </si>
   <si>
     <t>Solicitando que o prefeito municipal analise a possibilidade de adquirir para o Asilo um contentor de lixo orgânico para armazenar as fraldas usadas, pois o caminhão de lixo passa somente uma vez por semana e este contentor servirá para evitar odores desagradáveis._x000D_
 E que também seja realizada uma limpeza e aterro ao redor do muro do lado de fora do Asilo.</t>
   </si>
   <si>
     <t>Indicação nº 116 de 2025</t>
   </si>
   <si>
-    <t>Anelise Prado Lopes</t>
+    <t>Anelise</t>
   </si>
   <si>
     <t>Solicita o cumprimento da LEI 1.057/2023, mais precisamente do artigo 7º inciso VI e do artigo 8º, que trata sobre as queimadas em quintais e uso de fogo para fins de limpeza. Adequar com setores competentes quanto a fiscalização para evitar essa ação, inclusive com plantões em horários noturnos e finais de semana, pois é quando há maior incidências das queimadas.</t>
   </si>
   <si>
     <t>Indicação nº 117 de 2025</t>
   </si>
   <si>
     <t>Micheli, Vanderlei, Devair, Jucelino, Alcides, João César - Vereadores</t>
   </si>
   <si>
     <t>Solicitam a possibilidade da aquisição de mais toneladas de calcário, para serem distribuídas aos proprietários de áreas rurais do município de Tapira.</t>
   </si>
   <si>
     <t>Indicação nº 118 de 2025</t>
   </si>
   <si>
     <t>Alcenir, Anelise, Jucineide - Vereadores</t>
   </si>
   <si>
     <t>Solicitam a possibilidade da contratação de um Biólogo para atuar no município de Tapira. E que também sejam chamados do concurso da prefeitura, os motoristas, pois os maquinários estão quebrando com muita frequência.</t>
   </si>
   <si>
     <t>Indicação nº 119 de 2025</t>
   </si>
   <si>
-    <t>Jucineide Aparecida Brito da Silva - Vereadora</t>
+    <t>Jucineide Aparecida Brito da Silva - Parlamentar</t>
   </si>
   <si>
     <t>Solicita que seja instalado corrimão no banheiro do prédio da fisioterapia.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>