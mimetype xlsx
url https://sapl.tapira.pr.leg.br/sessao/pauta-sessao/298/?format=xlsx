--- v0 (2025-10-10)
+++ v1 (2026-02-02)
@@ -84,72 +84,72 @@
   <si>
     <t>Indicação nº 120 de 2025</t>
   </si>
   <si>
     <t>Micheli, Vanderlei, Devair, Jucelino, Alcides, João César - Vereadores</t>
   </si>
   <si>
     <t>Solicitando por intermédio do setor competente a viabilidade de instalar um ecoponto, no alto café estrada para ouro verde, em frente à chácara Matusmoto.</t>
   </si>
   <si>
     <t>Aguardando leitura do Expediente em sessão</t>
   </si>
   <si>
     <t>Indicação nº 121 de 2025</t>
   </si>
   <si>
     <t>Alcenir, Anelise, Jucineide - Vereadores</t>
   </si>
   <si>
     <t>Os vereadores solicitam manutenção das calçadas da cidade. Também solicitam que seja feita uma calçada na entrada do cemitério.</t>
   </si>
   <si>
     <t>Indicação nº 122 de 2025</t>
   </si>
   <si>
-    <t>Anelise Prado Lopes</t>
+    <t>Anelise</t>
   </si>
   <si>
     <t>A vereadora solicita ampla divulgação nas redes sociais do município e também via carro de som, a respeito da periodicidade da coleta de folhas, bagens (que independem da caçamba, ou seja, pequenas quantidades). Também solicita à população que evitem queimar esse tipo de lixo.</t>
   </si>
   <si>
     <t>Indicação nº 123 de 2025</t>
   </si>
   <si>
     <t>Solicitando o reforço na divulgação em redes sociais ou outra forma mais inclusiva de informação, seja por panfletagem, cartazes nos órgãos públicos, rádio, inclusive informando a periodicidade, dos atendimentos médicos especialistas que estão atuando em nosso município. Reforçando que há: ortopedista, reumatologista, oftalmologista, pediatra, cardiologista, psiquiatra, endocrinologista, ginecologista e obstetrícia.</t>
   </si>
   <si>
     <t>Indicação nº 124 de 2025</t>
   </si>
   <si>
     <t>Solicitando manutenção da estrada rural da água fria nas proximidades do município de Nova Olímpia e também na região da represa.</t>
   </si>
   <si>
     <t>Indicação nº 125 de 2025</t>
   </si>
   <si>
-    <t>Alcenir Antonio Piloto</t>
+    <t>Alcenir</t>
   </si>
   <si>
     <t>Que viabilize limpeza e instalação de grades de ferro em bocas de lobo do município.</t>
   </si>
   <si>
     <t>Indicação nº 126 de 2025</t>
   </si>
   <si>
     <t>Que viabilize a instalação de um meio fio no acesso do Laticínio Tapira.</t>
   </si>
   <si>
     <t>Indicação nº 127 de 2025</t>
   </si>
   <si>
     <t>Que se viabilize a execução de um novo tapa buracos no município.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 1228 de 2025</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover a alienação de bens móveis inservíveis (veículos e máquinas agrícolas), pertencentes ao patrimônio do Município de Tapira, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>